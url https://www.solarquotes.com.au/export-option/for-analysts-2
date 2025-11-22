--- v0 (2025-10-21)
+++ v1 (2025-11-22)
@@ -627,51 +627,51 @@
   <si>
     <t>9,999 W
 16,500 W
 25,000 W</t>
   </si>
   <si>
     <t>25,000 W
 37,500 W
 62,500 W</t>
   </si>
   <si>
     <t>21,000 W
 21,000 W
 21,000 W</t>
   </si>
   <si>
     <t>546 x 460 x 228 mm</t>
   </si>
   <si>
     <t>21 kg</t>
   </si>
   <si>
     <t>98.4%</t>
   </si>
   <si>
-    <t>Jinko SunTank</t>
+    <t>Jinko Solar SunTank</t>
   </si>
   <si>
     <t xml:space="preserve">JKS-5HLVS-ABI
 JKS-6HLVS-ABI
 </t>
   </si>
   <si>
     <t>$1500
 $1600</t>
   </si>
   <si>
     <t>4000W
 4000W</t>
   </si>
   <si>
     <t>10600W
 10600W</t>
   </si>
   <si>
     <t>456 x 565 x188 mm</t>
   </si>
   <si>
     <t>27kg</t>
   </si>
   <si>