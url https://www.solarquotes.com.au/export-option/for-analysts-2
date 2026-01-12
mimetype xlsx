--- v1 (2025-11-22)
+++ v2 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Choose model:</t>
   </si>
   <si>
     <t>Price (Approx. AUD price RRP inc. GST)</t>
   </si>
   <si>
     <t>Nominal AC Power (Inverter size)</t>
   </si>
   <si>
     <t>Max battery output power</t>
   </si>
   <si>
     <t>PV Input Power</t>
   </si>
   <si>
     <t>Max battery charge power</t>
   </si>
   <si>
@@ -65,1058 +65,1041 @@
   <si>
     <t>Single phase or three phase?</t>
   </si>
   <si>
     <t># of MPPT’s</t>
   </si>
   <si>
     <t>Dimensions</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
   <si>
     <t>IP Rating</t>
   </si>
   <si>
     <t>Ambient temperature range</t>
   </si>
   <si>
     <t>Max efficiency</t>
   </si>
   <si>
     <t>Standby consumption</t>
   </si>
   <si>
-    <t>Network connection</t>
-[...1 lines deleted...]
-  <si>
     <t>Product warranty length</t>
   </si>
   <si>
     <t>Compatible with what battery brands?</t>
   </si>
   <si>
     <t>Datasheet Supplied?</t>
   </si>
   <si>
     <t>Warranty Supplied?</t>
   </si>
   <si>
     <t>More information on brand</t>
   </si>
   <si>
-    <t>Delta Hybrid E5</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">RPI E5
+    <t>Sungrow SHRS 5-6 kW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SH5.0RS
+SH6.0RS
 </t>
   </si>
   <si>
-    <t>$3,000</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">5000W
+    <t>$2,400
+$2,600</t>
+  </si>
+  <si>
+    <t>4999W
+6000W</t>
+  </si>
+  <si>
+    <t>12000W
+13000W</t>
+  </si>
+  <si>
+    <t>Yes - Level 3</t>
+  </si>
+  <si>
+    <t>Single phase</t>
+  </si>
+  <si>
+    <t>490 x 340 x 170 mm</t>
+  </si>
+  <si>
+    <t>18.5 kg</t>
+  </si>
+  <si>
+    <t>IP65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-25 to 60°C </t>
+  </si>
+  <si>
+    <t>97.7%</t>
+  </si>
+  <si>
+    <t>10 years</t>
+  </si>
+  <si>
+    <t>Sungrow</t>
+  </si>
+  <si>
+    <t>Sungrow SHRS 8-10 kW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SH8.0RS
+SH10.0RS
 </t>
   </si>
   <si>
-    <t>3600W</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">TBD
+    <t>$3,400
+$3,600</t>
+  </si>
+  <si>
+    <t>8000W
+9999W</t>
+  </si>
+  <si>
+    <t>10000W
+10000W</t>
+  </si>
+  <si>
+    <t>16000W
+20000W</t>
+  </si>
+  <si>
+    <t>605 x 435 x 181 mm</t>
+  </si>
+  <si>
+    <t>29 kg</t>
+  </si>
+  <si>
+    <t>97.4%</t>
+  </si>
+  <si>
+    <t>Sungrow SH-RT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SH5.0RT
+SH6.0RT
+SH8.0RT
+SH10.0RT
 </t>
   </si>
   <si>
-    <t>Yes</t>
-[...33 lines deleted...]
-H10E
+    <t>$3,800
+$3900
+$4250
+$4620</t>
+  </si>
+  <si>
+    <t>5000W
+6000W
+8000W
+10000W</t>
+  </si>
+  <si>
+    <t>6000W
+7200W
+10600W
+10600W</t>
+  </si>
+  <si>
+    <t>7500W
+9000W
+12000W
+15000W</t>
+  </si>
+  <si>
+    <t>7500W
+9000W
+10600W
+10600W</t>
+  </si>
+  <si>
+    <t>Level 3 - 3.3kW per phase</t>
+  </si>
+  <si>
+    <t>Three phase</t>
+  </si>
+  <si>
+    <t>46 cm x 54 cm x 17cm</t>
+  </si>
+  <si>
+    <t>27kg</t>
+  </si>
+  <si>
+    <t>98.0%</t>
+  </si>
+  <si>
+    <t>Sungrow, others TBD</t>
+  </si>
+  <si>
+    <t>Sungrow SH-T</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SH15T
+SH20T
+SH25T
 </t>
   </si>
   <si>
-    <t>$2,400
-[...34 lines deleted...]
-    <t>Delta</t>
+    <t>$5,570
+$6900
+$8600</t>
+  </si>
+  <si>
+    <t>15000W
+20000W
+25000W</t>
+  </si>
+  <si>
+    <t>30000W
+40000W
+50000W</t>
+  </si>
+  <si>
+    <t>30000W
+30000W
+25000W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Level 3 </t>
+  </si>
+  <si>
+    <t>620 mm x 480 mm x 245 mm</t>
+  </si>
+  <si>
+    <t>38kg</t>
+  </si>
+  <si>
+    <t>98.1%</t>
   </si>
   <si>
     <t>Fronius Gen24 PLUS SYMO</t>
   </si>
   <si>
     <t xml:space="preserve">Symo GEN24 5.0 Plus
 Symo GEN24 6.0 Plus
 Symo GEN24 8.0 Plus
 Symo GEN24 10.0 Plus
 </t>
   </si>
   <si>
     <t>$3,630
 $4,200
 $4900
 $5200</t>
   </si>
   <si>
-    <t>5000W
-[...4 lines deleted...]
-  <si>
     <t>5220W
 6220W
 8260W
 10300W</t>
   </si>
   <si>
     <t>Level 3</t>
   </si>
   <si>
-    <t>Three phase</t>
-[...1 lines deleted...]
-  <si>
     <t>595 x 529 x 180 mm</t>
   </si>
   <si>
     <t>24kg</t>
   </si>
   <si>
     <t>IP66</t>
   </si>
   <si>
     <t>-25 - 60 °C</t>
   </si>
   <si>
     <t>97.8%</t>
   </si>
   <si>
     <t>&lt; 10W</t>
-  </si>
-[...1 lines deleted...]
-    <t>WLAN / 2x Ethernet LAN</t>
   </si>
   <si>
     <t>5+5 years</t>
   </si>
   <si>
     <t>BYD B-Box</t>
   </si>
   <si>
     <t>Fronius Gen24 PLUS PRIMO</t>
   </si>
   <si>
     <t xml:space="preserve">Primo GEN24 5.0 Plus
 Primo GEN24 6.0 Plus
 </t>
   </si>
   <si>
     <t>$3,300
 $3,700</t>
   </si>
   <si>
     <t>5000W
 6000W</t>
   </si>
   <si>
     <t>5170W
 6200W</t>
   </si>
   <si>
-    <t>Single phase</t>
-[...1 lines deleted...]
-  <si>
     <t>530 x 474 x 165 mm</t>
   </si>
   <si>
     <t xml:space="preserve">16.6 kg </t>
   </si>
   <si>
-    <t>GE H Series</t>
-[...74 lines deleted...]
-    <t>WiFi/RS485/CAN</t>
+    <t>97.2%</t>
   </si>
   <si>
     <t>GoodWe EHB Series</t>
   </si>
   <si>
     <t xml:space="preserve">GW5K-EHB-AU-G11
 GW8.6K-EHB-AU-G11
 GW9.99K-EHB-AU-G11
 </t>
   </si>
   <si>
     <t>$2,400
 $2,800
 $3,000</t>
   </si>
   <si>
     <t>5000W
 8600W
 10000W</t>
   </si>
   <si>
     <t>10000W
 17200W
 20000W</t>
   </si>
   <si>
-    <t>Yes - Level 3</t>
-[...1 lines deleted...]
-  <si>
     <t>415 × 791 × 180 mm</t>
   </si>
   <si>
     <t>33 kg</t>
+  </si>
+  <si>
+    <t>IP 65</t>
+  </si>
+  <si>
+    <t>97.6%</t>
+  </si>
+  <si>
+    <t>TBD</t>
+  </si>
+  <si>
+    <t>GoodWe EHA series</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GW5K-EHA-G20
+GW10K-EHA-G20
+</t>
+  </si>
+  <si>
+    <t>$2,000
+$2,800</t>
+  </si>
+  <si>
+    <t>5000W
+9900W</t>
+  </si>
+  <si>
+    <t>5500W
+11000W</t>
+  </si>
+  <si>
+    <t>10000W
+20000W</t>
+  </si>
+  <si>
+    <t>7500W
+13500W</t>
+  </si>
+  <si>
+    <t>2-4</t>
+  </si>
+  <si>
+    <t>516 x 832 x 290 mm</t>
+  </si>
+  <si>
+    <t>48 kg</t>
+  </si>
+  <si>
+    <t>IP 66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-20 to 60°C </t>
+  </si>
+  <si>
+    <t>97.5%</t>
+  </si>
+  <si>
+    <t>Goodwe</t>
   </si>
   <si>
     <t>GoodWe ET G2 Series</t>
   </si>
   <si>
     <t xml:space="preserve">GW6000-ET-20 
 GW8000-ET-20 
 GW9900-ET-20
 GW12K-ET-20 
 GW15K-ET-20
 </t>
   </si>
   <si>
     <t>$2,600
 $2,800
 $3,000
 $3,400
 $3,500</t>
   </si>
   <si>
     <t>6000W
 8000W
 9900W
 12000W
 15000W</t>
   </si>
   <si>
     <t>6600W
 8800W
 11000W
 13200W
 16500W</t>
   </si>
   <si>
     <t>9600W
 12800W
 16000W
 19200W
 24000W</t>
   </si>
   <si>
     <t>9000W
 12000W
 15000W
 18000W
 24000W</t>
   </si>
   <si>
+    <t>Yes</t>
+  </si>
+  <si>
     <t>2-3</t>
   </si>
   <si>
     <t>496 × 460 × 221 mm</t>
   </si>
   <si>
     <t>25 kg</t>
   </si>
   <si>
-    <t>IP 66</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">-35 to 60°C </t>
   </si>
   <si>
     <t>98%</t>
   </si>
   <si>
-    <t>Goodwe</t>
-[...8 lines deleted...]
-GW10KL-ET
+    <t>Solis S6 Series</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S6-EH3P5K-H-AU
+S6-EH3P6K-H-AU
+S6-EH3P8K-H-AU
+S6-EH3P10K-H-AU
 </t>
   </si>
   <si>
-    <t>$2,600
-$2,800
+    <t>$2,500
+$2,700
 $3,000
-$3,400</t>
-[...233 lines deleted...]
-    <t>LG CHEM RESU</t>
+$3500</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W
+8000 W
+10000 W</t>
+  </si>
+  <si>
+    <t>8000 W
+9600 W
+12800 W
+16000 W</t>
+  </si>
+  <si>
+    <t>3/4</t>
+  </si>
+  <si>
+    <t>600 x 500 x 230 mm</t>
+  </si>
+  <si>
+    <t>32.6 kg</t>
+  </si>
+  <si>
+    <t>-25 ~ +60°C</t>
+  </si>
+  <si>
+    <t>97.87 %</t>
+  </si>
+  <si>
+    <t>Many - Solis website has full list</t>
   </si>
   <si>
     <t>Sigenergy Energy Controller (single-phase)</t>
   </si>
   <si>
     <t xml:space="preserve">SigenStor EC 5.0 SP
 SigenStor EC 6.0 SP
 SigenStor EC 8.0 SP
 SigenStor EC 10.0 SP
 SigenStor EC 12.0 SP
 </t>
   </si>
   <si>
     <t>$1770
 $1920
 $3270
 $3500
 $3800</t>
   </si>
   <si>
     <t>5000 W
 6000 W
 8000 W
 10000 W
 12000 W</t>
   </si>
   <si>
     <t xml:space="preserve">5000 W
 6000 W
 8000 W
 10000 W
 12000 W </t>
   </si>
   <si>
     <t>10000 W
 12000 W
 16000 W
 20000 W
 24000 W</t>
   </si>
   <si>
     <t>5000 W
 6000 W
 8000 W
 10000 W 
 12000 W</t>
   </si>
   <si>
-    <t>2-4</t>
-[...1 lines deleted...]
-  <si>
     <t>700 x 300 x 260 mm</t>
   </si>
   <si>
     <t>36 kg</t>
   </si>
   <si>
     <t>-30 - +60°C</t>
-  </si>
-[...4 lines deleted...]
-    <t>WLAN / Fast Ethernet / RS485 / Sigen CommMod (4G/3G/2G)</t>
   </si>
   <si>
     <t>Sigenergy</t>
   </si>
   <si>
     <t>Sigenergy Energy Controller (three-phase)</t>
   </si>
   <si>
     <t xml:space="preserve">SigenStor EC 5.0 TP
 SigenStor EC 10.0 TP
 SigenStor EC 15.0 TP
 SigenStor EC 25.0 TP
 SigenStor EC 30.0 TP
 </t>
   </si>
   <si>
     <t>$3000
 $3500
 $4600
 $6000
 $6700</t>
   </si>
   <si>
     <t>5000 W
 10000 W
 15000 W
 25000 W
 30000 W</t>
   </si>
   <si>
     <t>8000 W
 16000 W
 24000 W
 40000 W
 48000 W</t>
   </si>
   <si>
     <t>5000 W
 10000 W 
 15000 W
 25000 W
 30000 W</t>
   </si>
   <si>
-    <t>SolarEdge Smart Energy Hub (5-6 kW)</t>
-[...3 lines deleted...]
-SE6000H
+    <t>SolaX X1-VAST</t>
+  </si>
+  <si>
+    <t xml:space="preserve">X1-VAST-5K
+X1-VAST-8K
+X1-VAST-10K
 </t>
   </si>
   <si>
-    <t>$2,000
-$2,500</t>
+    <t>$2,300
+$3,000
+$3,300</t>
+  </si>
+  <si>
+    <t>5000W
+8000W
+10000W</t>
+  </si>
+  <si>
+    <t>4999W
+8000W
+10000W</t>
   </si>
   <si>
     <t>10000W
-12000W</t>
-[...30 lines deleted...]
-SE10000H
+16000W
+20000W</t>
+  </si>
+  <si>
+    <t>590 × 400 × 180 mm</t>
+  </si>
+  <si>
+    <t>28 kg</t>
+  </si>
+  <si>
+    <t>-35 to 60°C</t>
+  </si>
+  <si>
+    <t>SolaX</t>
+  </si>
+  <si>
+    <t>SolaX X3-HYBRID G4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">X3-HYBRID-5.0-D
+X3-HYBRID-10.0-D
+X3-HYBRID-15.0-D
 </t>
   </si>
   <si>
-    <t>$3,000
+    <t>$2,400
+$3,200
 $3,500</t>
   </si>
   <si>
-    <t>8250W
-[...7 lines deleted...]
-    <t>16500W
+    <t>5000W
+10000W
+15000W</t>
+  </si>
+  <si>
+    <t>4999W
+1000W
+15000W</t>
+  </si>
+  <si>
+    <t>10000W
+20000W
 20000W</t>
   </si>
   <si>
-    <t>540 x 370 x 185mm</t>
-[...11 lines deleted...]
-S6-EH3P10K-H-AU
+    <t>503 × 199 × 503 mm</t>
+  </si>
+  <si>
+    <t>30 kg</t>
+  </si>
+  <si>
+    <t>Fox-ESS H1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">H1-5.0-E-G2
+H1-6.0-E-G2
 </t>
   </si>
   <si>
-    <t>$2,500
-$2,700
+    <t>$1,800
+$2,100</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W</t>
+  </si>
+  <si>
+    <t>7500 W
+9000 W</t>
+  </si>
+  <si>
+    <t>Yes - level 3</t>
+  </si>
+  <si>
+    <t>434 x 418 x 185 mm</t>
+  </si>
+  <si>
+    <t>22 kg</t>
+  </si>
+  <si>
+    <t>-25 to +60°C</t>
+  </si>
+  <si>
+    <t>&lt; 15 W</t>
+  </si>
+  <si>
+    <t>Fox-ESS</t>
+  </si>
+  <si>
+    <t>Fox-ESS KH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KH-8.0
+KH-10.0
+</t>
+  </si>
+  <si>
+    <t>$2,600
+$3,000</t>
+  </si>
+  <si>
+    <t>8000 W
+10000 W</t>
+  </si>
+  <si>
+    <t>12000 W
+15000 W</t>
+  </si>
+  <si>
+    <t>450 x 527 x 208 mm</t>
+  </si>
+  <si>
+    <t>Fox-ESS H3 Smart</t>
+  </si>
+  <si>
+    <t xml:space="preserve">H3-5.0
+H3-6.0
+H3-8.0
+H3-10.0
+H3-15.0
+</t>
+  </si>
+  <si>
+    <t>$2,800
 $3,000
-$3500</t>
+$3,300
+$3,600
+$4,100</t>
   </si>
   <si>
     <t>5000 W
 6000 W
 8000 W
-10000 W</t>
-[...33 lines deleted...]
-SH6.0RS
+10000 W
+15000 W</t>
+  </si>
+  <si>
+    <t>7500 W
+9000 W
+12000 W
+15000 W
+22500 W</t>
+  </si>
+  <si>
+    <t>449 x 519 x 198 mm</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Single Phase (5-6kW)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IS-HYB-5000-1PH
+IS-HYB-6000-1PH
 </t>
   </si>
   <si>
-    <t>$2,400
+    <t>$1,700
+$2,500</t>
+  </si>
+  <si>
+    <t>5000W
+5000W</t>
+  </si>
+  <si>
+    <t>12,500 W
+15,000 W</t>
+  </si>
+  <si>
+    <t>Level 3 with optional backup box</t>
+  </si>
+  <si>
+    <t>Single Phase</t>
+  </si>
+  <si>
+    <t>365 x 365 x 156 mm</t>
+  </si>
+  <si>
+    <t>12 kg</t>
+  </si>
+  <si>
+    <t>-25°C to 60°C</t>
+  </si>
+  <si>
+    <t>&lt; 2.5W</t>
+  </si>
+  <si>
+    <t>10 years (+2 years parts warranty for units installed up to July 2025)</t>
+  </si>
+  <si>
+    <t>iStore</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Single Phase (10kW)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IS-HYB-10000-1PH
+</t>
+  </si>
+  <si>
+    <t>$2,300</t>
+  </si>
+  <si>
+    <t>10000W</t>
+  </si>
+  <si>
+    <t>9999W</t>
+  </si>
+  <si>
+    <t>25,000 W</t>
+  </si>
+  <si>
+    <t>425 x 376.5 x 150 mm</t>
+  </si>
+  <si>
+    <t>15 kg</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Three Phase (5-6 kW)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IS-HYB-5000-3PH 
+IS-HYB-6000-3PH
+</t>
+  </si>
+  <si>
+    <t>$2,000
 $2,600</t>
   </si>
   <si>
-    <t>4999W
-[...16 lines deleted...]
-    <t xml:space="preserve">WiFi/RS485/CAN
+    <t>Three Phase</t>
+  </si>
+  <si>
+    <t>525 x 470 x 166 mm </t>
+  </si>
+  <si>
+    <t>17 kg</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Three Phase (10-25 kW)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IS-HYB-10000-3PH
+IS-HYB-15000-3PH
+IS-HYB-25000-3PH
 </t>
   </si>
   <si>
-    <t>Sungrow</t>
-[...6 lines deleted...]
-SH10.0RS
+    <t>$2,600
+$3,000
+$3,600</t>
+  </si>
+  <si>
+    <t>9,999 W
+15,000 W
+25,000 W</t>
+  </si>
+  <si>
+    <t>9,999 W
+16,500 W
+25,000 W</t>
+  </si>
+  <si>
+    <t>25,000 W
+37,500 W
+62,500 W</t>
+  </si>
+  <si>
+    <t>21,000 W
+21,000 W
+21,000 W</t>
+  </si>
+  <si>
+    <t>546 x 460 x 228 mm</t>
+  </si>
+  <si>
+    <t>21 kg</t>
+  </si>
+  <si>
+    <t>98.4%</t>
+  </si>
+  <si>
+    <t>SolarEdge Home Hub Universal (single phase)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE5000H-MM 
+SE6000H-MM 
+SE8250H-MM
+SE10000H-MM
 </t>
   </si>
   <si>
-    <t>$3,400
-[...26 lines deleted...]
-SH10.0RT
+    <t>$2,000
+$2,300
+$2,900
+$3,100</t>
+  </si>
+  <si>
+    <t>5000W
+6000W
+8250W
+10000W</t>
+  </si>
+  <si>
+    <t>5000W
+6000W
+7500W
+9000W</t>
+  </si>
+  <si>
+    <t>15000W
+18000W
+22000W
+22000W</t>
+  </si>
+  <si>
+    <t>N/A – Optimiser</t>
+  </si>
+  <si>
+    <t>540 x 370 x 185 mm</t>
+  </si>
+  <si>
+    <t>15kg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-40 to 60°C </t>
+  </si>
+  <si>
+    <t>99.2%</t>
+  </si>
+  <si>
+    <t>12 years</t>
+  </si>
+  <si>
+    <t>SolarEdge</t>
+  </si>
+  <si>
+    <t>SolarEdge Home Hub (three phase)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE10K-RWB48
 </t>
   </si>
   <si>
-    <t>$3,800
-[...37 lines deleted...]
-SH25T
+    <t>$3,000</t>
+  </si>
+  <si>
+    <t>5000W</t>
+  </si>
+  <si>
+    <t>20000W</t>
+  </si>
+  <si>
+    <t>907 x 317 x 192 mm</t>
+  </si>
+  <si>
+    <t>37kg</t>
+  </si>
+  <si>
+    <t>GE H Series</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GEH5.0-1U-10
+GEH8.6-1U-10
+GEH10-1U-10
 </t>
   </si>
   <si>
-    <t>$5,570
-[...28 lines deleted...]
-    <t>98.1%</t>
+    <t>$2,500
+$3,500
+$3,700</t>
+  </si>
+  <si>
+    <t>5000 W
+8600 W
+9600 W</t>
+  </si>
+  <si>
+    <t>5250 W
+9030 W
+10080 W</t>
+  </si>
+  <si>
+    <t>7500 W
+12900 W
+15000 W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yes </t>
+  </si>
+  <si>
+    <t>415 × 791 × 175</t>
+  </si>
+  <si>
+    <t>-35 ~ +60°C</t>
+  </si>
+  <si>
+    <t>5 years</t>
+  </si>
+  <si>
+    <t>BYD, LG, Goodwe</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="double"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1438,59 +1421,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/delta-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/05/H8E-H10E_series_datasheet_rev09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/05/delta-warranty-latest.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/delta-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/ge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/goodwe-es-g2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/goodwe-warranty-2024-11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-et.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/09/GW_EH_Datasheet-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/jinko-suntank-hybrid-inverter.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/jinko-suntank-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/LGES-5048-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/LGES-inverter-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/lg-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sht.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/WD_202404_Term_Sungrow-s-Inverters-10-Year-Limited-Warraty_V4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sht.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/WD_202404_Term_Sungrow-s-Inverters-10-Year-Limited-Warraty_V4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/goodwe-warranty-2024-11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x1-vast-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-hybrid-g4-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H1-G2-DatasheetAU-V1.5-20250702.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-KH-KA-DatasheetAU-V1.6-20251009.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H3-Smart-DatasheetAU-V1.2-20250702.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/04/se-home-hub-inverter-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-solaredge-home-hub-inverter-three-phase-backup-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/ge-review.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AZ27"/>
+  <dimension ref="A1:AZ26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39" customWidth="true" style="1"/>
     <col min="27" max="27" width="39" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="28" max="28" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="29" max="29" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="30" max="30" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="31" max="31" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="32" max="32" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="33" max="33" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="34" max="34" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="35" max="35" width="39" customWidth="true" style="1"/>
@@ -1581,1860 +1564,1714 @@
       </c>
       <c r="N2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="Q2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="R2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="S2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="U2" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="V2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:52">
       <c r="A3" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="D3" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="E3" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="G3" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="I3" s="1" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="J3" s="1">
         <v>2</v>
       </c>
       <c r="K3" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="L3" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="N3" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="L3" s="1" t="s">
+      <c r="O3" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="M3" s="1" t="s">
+      <c r="Q3" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="N3" s="1" t="s">
+      <c r="R3" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="O3" s="1" t="s">
-[...12 lines deleted...]
-        <v>37</v>
+      <c r="S3" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T3" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-datasheet.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U3" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-warranty.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/delta-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="4" spans="1:52">
       <c r="A4" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G4" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="J4" s="1">
         <v>4</v>
       </c>
       <c r="K4" s="1" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="L4" s="1" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="M4" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="N4" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="O4" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q4" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="N4" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R4" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>35</v>
+      </c>
+      <c r="S4" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T4" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/05/H8E-H10E_series_datasheet_rev09.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U4" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/05/delta-warranty-latest.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/delta-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="5" spans="1:52">
       <c r="A5" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>53</v>
-      </c>
-[...22 lines deleted...]
-        <v>59</v>
       </c>
       <c r="J5" s="1">
         <v>2</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="O5" s="1" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="Q5" s="1" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="R5" s="1" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>57</v>
+      </c>
+      <c r="S5" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T5" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U5" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fronius-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="6" spans="1:52">
       <c r="A6" s="1" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="J6" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="L6" s="1" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="M6" s="1" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="N6" s="1" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="O6" s="1" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="Q6" s="1" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="R6" s="1" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>35</v>
+      </c>
+      <c r="S6" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sht.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T6" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/WD_202404_Term_Sungrow-s-Inverters-10-Year-Limited-Warraty_V4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U6" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fronius-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="7" spans="1:52">
       <c r="A7" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J7" s="1">
+        <v>2</v>
+      </c>
+      <c r="K7" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L7" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="O7" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="P7" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="Q7" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="R7" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="E7" s="1" t="s">
-[...39 lines deleted...]
-        <v>88</v>
+      <c r="S7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/ge-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="8" spans="1:52">
       <c r="A8" s="1" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="D8" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="E8" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I8" s="1" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="J8" s="1">
         <v>2</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="M8" s="1" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>96</v>
+        <v>76</v>
       </c>
       <c r="O8" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
+      </c>
+      <c r="P8" s="1" t="s">
+        <v>78</v>
       </c>
       <c r="Q8" s="1" t="s">
-        <v>97</v>
+        <v>79</v>
       </c>
       <c r="R8" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>80</v>
+      </c>
+      <c r="S8" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T8" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/goodwe-es-g2.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U8" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-1.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="9" spans="1:52">
       <c r="A9" s="1" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="J9" s="1">
         <v>4</v>
       </c>
       <c r="K9" s="1" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="M9" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N9" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="O9" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q9" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="N9" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R9" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>98</v>
+      </c>
+      <c r="S9" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T9" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U9" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-2.pdf","Yes")</f>
-[...2 lines deleted...]
-      <c r="V9" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="10" spans="1:52">
       <c r="A10" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J10" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="K10" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="L10" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="D10" s="1" t="s">
+      <c r="M10" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="E10" s="1" t="s">
+      <c r="N10" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="F10" s="1" t="s">
+      <c r="O10" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="G10" s="1" t="s">
+      <c r="Q10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R10" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="H10" s="1" t="s">
-[...30 lines deleted...]
-        <v>119</v>
+      <c r="S10" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T10" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U10" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/12/goodwe-warranty-2024-11.pdf","Yes")</f>
-[...2 lines deleted...]
-      <c r="V10" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="11" spans="1:52">
       <c r="A11" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="I11" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J11" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="K11" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F11" s="1" t="s">
+      <c r="L11" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="G11" s="1" t="s">
-[...11 lines deleted...]
-      <c r="K11" s="1" t="s">
+      <c r="M11" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N11" s="1" t="s">
         <v>124</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
       <c r="O11" s="1" t="s">
         <v>125</v>
       </c>
       <c r="Q11" s="1" t="s">
-        <v>97</v>
+        <v>34</v>
       </c>
       <c r="R11" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>112</v>
+      </c>
+      <c r="S11" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T11" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-et.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/12/goodwe-warranty-2024-11.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U11" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty.pdf","Yes")</f>
-[...2 lines deleted...]
-      <c r="V11" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="12" spans="1:52">
       <c r="A12" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>91</v>
+        <v>128</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>72</v>
+        <v>129</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>72</v>
+        <v>129</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>72</v>
+        <v>129</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>93</v>
+        <v>120</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>53</v>
+      </c>
+      <c r="J12" s="1" t="s">
+        <v>131</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="M12" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="O12" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q12" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="N12" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R12" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>136</v>
+      </c>
+      <c r="S12" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T12" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/09/GW_EH_Datasheet-EN.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U12" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solis-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="13" spans="1:52">
       <c r="A13" s="1" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>72</v>
+        <v>140</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>92</v>
+        <v>141</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>92</v>
+        <v>143</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>28</v>
+      </c>
+      <c r="J13" s="1" t="s">
+        <v>106</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="M13" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="O13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q13" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="N13" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R13" s="1" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>147</v>
+      </c>
+      <c r="S13" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T13" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U13" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="14" spans="1:52">
       <c r="A14" s="1" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B14" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="K14" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="L14" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="M14" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="O14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q14" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R14" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="F14" s="1" t="s">
-[...39 lines deleted...]
-        <v>142</v>
+      <c r="S14" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T14" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U14" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="15" spans="1:52">
       <c r="A15" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>72</v>
+        <v>157</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>72</v>
+        <v>158</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>155</v>
+        <v>28</v>
       </c>
       <c r="J15" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>130</v>
+        <v>161</v>
       </c>
       <c r="M15" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N15" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="O15" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q15" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="N15" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R15" s="1" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>163</v>
+      </c>
+      <c r="S15" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x1-vast-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T15" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U15" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="16" spans="1:52">
       <c r="A16" s="1" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
       <c r="J16" s="1">
         <v>2</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>35</v>
+        <v>162</v>
       </c>
       <c r="O16" s="1" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="Q16" s="1" t="s">
-        <v>140</v>
+        <v>34</v>
       </c>
       <c r="R16" s="1" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>163</v>
+      </c>
+      <c r="S16" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-hybrid-g4-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T16" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U16" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="17" spans="1:52">
       <c r="A17" s="1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>72</v>
+        <v>175</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>30</v>
+        <v>177</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="J17" s="1">
         <v>2</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>174</v>
+        <v>96</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="O17" s="1" t="s">
-        <v>176</v>
+        <v>77</v>
       </c>
       <c r="P17" s="1" t="s">
-        <v>65</v>
+        <v>181</v>
       </c>
       <c r="Q17" s="1" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="R17" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>182</v>
+      </c>
+      <c r="S17" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H1-G2-DatasheetAU-V1.5-20250702.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T17" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/05/jinko-suntank-hybrid-inverter.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U17" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/05/jinko-suntank-warranty.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/panels/jinko-solar-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fox-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="18" spans="1:52">
       <c r="A18" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>30</v>
+        <v>177</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="J18" s="1">
         <v>2</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>174</v>
+        <v>96</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="O18" s="1" t="s">
-        <v>86</v>
+        <v>77</v>
+      </c>
+      <c r="P18" s="1" t="s">
+        <v>181</v>
       </c>
       <c r="Q18" s="1" t="s">
-        <v>187</v>
+        <v>34</v>
       </c>
       <c r="R18" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>182</v>
+      </c>
+      <c r="S18" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-KH-KA-DatasheetAU-V1.6-20251009.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T18" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/LGES-5048-datasheet.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U18" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/LGES-inverter-warranty.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/panels/lg-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fox-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="19" spans="1:52">
       <c r="A19" s="1" t="s">
         <v>189</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>192</v>
       </c>
       <c r="E19" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="F19" s="1" t="s">
+      <c r="G19" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J19" s="1">
+        <v>2</v>
+      </c>
+      <c r="K19" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="G19" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L19" s="1" t="s">
-        <v>198</v>
+        <v>161</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>199</v>
+        <v>180</v>
       </c>
       <c r="O19" s="1" t="s">
-        <v>200</v>
+        <v>56</v>
+      </c>
+      <c r="P19" s="1" t="s">
+        <v>181</v>
       </c>
       <c r="Q19" s="1" t="s">
-        <v>201</v>
+        <v>34</v>
       </c>
       <c r="R19" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>182</v>
+      </c>
+      <c r="S19" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H3-Smart-DatasheetAU-V1.2-20250702.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T19" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U19" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sigenergy-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fox-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="20" spans="1:52">
       <c r="A20" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="J20" s="1">
+        <v>2</v>
+      </c>
+      <c r="K20" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="L20" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="M20" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N20" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="O20" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="P20" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="Q20" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="E20" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="1" t="s">
+      <c r="R20" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="G20" s="1" t="s">
-[...33 lines deleted...]
-        <v>202</v>
+      <c r="S20" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T20" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U20" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sigenergy-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="21" spans="1:52">
       <c r="A21" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" s="1" t="s">
-        <v>72</v>
+        <v>212</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>72</v>
+        <v>211</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>58</v>
+        <v>200</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>201</v>
+      </c>
+      <c r="J21" s="1">
+        <v>3</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>214</v>
       </c>
       <c r="L21" s="1" t="s">
         <v>215</v>
       </c>
       <c r="M21" s="1" t="s">
-        <v>34</v>
+        <v>109</v>
       </c>
       <c r="N21" s="1" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="O21" s="1" t="s">
-        <v>217</v>
+        <v>111</v>
+      </c>
+      <c r="P21" s="1" t="s">
+        <v>205</v>
       </c>
       <c r="Q21" s="1" t="s">
-        <v>218</v>
+        <v>206</v>
       </c>
       <c r="R21" s="1" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>207</v>
+      </c>
+      <c r="S21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solaredge-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="22" spans="1:52">
       <c r="A22" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="J22" s="1">
+        <v>2</v>
+      </c>
+      <c r="K22" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="L22" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M22" s="1" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="O22" s="1" t="s">
-        <v>217</v>
+        <v>111</v>
+      </c>
+      <c r="P22" s="1" t="s">
+        <v>98</v>
       </c>
       <c r="Q22" s="1" t="s">
-        <v>218</v>
+        <v>206</v>
       </c>
       <c r="R22" s="1" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>207</v>
+      </c>
+      <c r="S22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solaredge-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="23" spans="1:52">
       <c r="A23" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="J23" s="1">
+        <v>2</v>
+      </c>
+      <c r="K23" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="L23" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="M23" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N23" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="O23" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...33 lines deleted...]
-        <v>238</v>
+      <c r="P23" s="1" t="s">
+        <v>98</v>
       </c>
       <c r="Q23" s="1" t="s">
-        <v>239</v>
+        <v>206</v>
       </c>
       <c r="R23" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>240</v>
+        <v>207</v>
+      </c>
+      <c r="S23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solis-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="24" spans="1:52">
       <c r="A24" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="J24" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="K24" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="L24" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="M24" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N24" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="O24" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="Q24" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="R24" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="E24" s="1" t="s">
-[...39 lines deleted...]
-        <v>250</v>
+      <c r="S24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/04/se-home-hub-inverter-datasheet-aus.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="25" spans="1:52">
       <c r="A25" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="J25" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="K25" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="L25" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M25" s="1" t="s">
-        <v>174</v>
+        <v>96</v>
       </c>
       <c r="N25" s="1" t="s">
-        <v>96</v>
+        <v>241</v>
       </c>
       <c r="O25" s="1" t="s">
-        <v>258</v>
+        <v>125</v>
       </c>
       <c r="Q25" s="1" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="R25" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>244</v>
+      </c>
+      <c r="S25" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-solaredge-home-hub-inverter-three-phase-backup-datasheet-aus.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T25" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U25" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="26" spans="1:52">
       <c r="A26" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J26" s="1">
+        <v>4</v>
+      </c>
+      <c r="K26" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="L26" s="1">
+        <v>32.3</v>
+      </c>
+      <c r="M26" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N26" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="O26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q26" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="1" t="s">
+      <c r="R26" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="F26" s="1" t="s">
-[...36 lines deleted...]
-        <v>267</v>
+      <c r="S26" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T26" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U26" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty.pdf","Yes")</f>
-[...71 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/ge-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
-    <hyperlink ref="T3" r:id="rId_hyperlink_2" tooltip="Yes" display="Yes"/>
-[...73 lines deleted...]
-    <hyperlink ref="V27" r:id="rId_hyperlink_76" tooltip="Here" display="Here"/>
+    <hyperlink ref="S3" r:id="rId_hyperlink_2" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T3" r:id="rId_hyperlink_3" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U3" r:id="rId_hyperlink_4" tooltip="Here" display="Here"/>
+    <hyperlink ref="S4" r:id="rId_hyperlink_5" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T4" r:id="rId_hyperlink_6" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U4" r:id="rId_hyperlink_7" tooltip="Here" display="Here"/>
+    <hyperlink ref="S5" r:id="rId_hyperlink_8" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T5" r:id="rId_hyperlink_9" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U5" r:id="rId_hyperlink_10" tooltip="Here" display="Here"/>
+    <hyperlink ref="S6" r:id="rId_hyperlink_11" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T6" r:id="rId_hyperlink_12" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U6" r:id="rId_hyperlink_13" tooltip="Here" display="Here"/>
+    <hyperlink ref="S7" r:id="rId_hyperlink_14" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T7" r:id="rId_hyperlink_15" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U7" r:id="rId_hyperlink_16" tooltip="Here" display="Here"/>
+    <hyperlink ref="S8" r:id="rId_hyperlink_17" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T8" r:id="rId_hyperlink_18" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U8" r:id="rId_hyperlink_19" tooltip="Here" display="Here"/>
+    <hyperlink ref="S9" r:id="rId_hyperlink_20" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T9" r:id="rId_hyperlink_21" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U9" r:id="rId_hyperlink_22" tooltip="Here" display="Here"/>
+    <hyperlink ref="S10" r:id="rId_hyperlink_23" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T10" r:id="rId_hyperlink_24" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U10" r:id="rId_hyperlink_25" tooltip="Here" display="Here"/>
+    <hyperlink ref="S11" r:id="rId_hyperlink_26" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T11" r:id="rId_hyperlink_27" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U11" r:id="rId_hyperlink_28" tooltip="Here" display="Here"/>
+    <hyperlink ref="S12" r:id="rId_hyperlink_29" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T12" r:id="rId_hyperlink_30" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U12" r:id="rId_hyperlink_31" tooltip="Here" display="Here"/>
+    <hyperlink ref="S13" r:id="rId_hyperlink_32" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T13" r:id="rId_hyperlink_33" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U13" r:id="rId_hyperlink_34" tooltip="Here" display="Here"/>
+    <hyperlink ref="S14" r:id="rId_hyperlink_35" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T14" r:id="rId_hyperlink_36" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U14" r:id="rId_hyperlink_37" tooltip="Here" display="Here"/>
+    <hyperlink ref="S15" r:id="rId_hyperlink_38" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T15" r:id="rId_hyperlink_39" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U15" r:id="rId_hyperlink_40" tooltip="Here" display="Here"/>
+    <hyperlink ref="S16" r:id="rId_hyperlink_41" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T16" r:id="rId_hyperlink_42" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U16" r:id="rId_hyperlink_43" tooltip="Here" display="Here"/>
+    <hyperlink ref="S17" r:id="rId_hyperlink_44" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T17" r:id="rId_hyperlink_45" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U17" r:id="rId_hyperlink_46" tooltip="Here" display="Here"/>
+    <hyperlink ref="S18" r:id="rId_hyperlink_47" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T18" r:id="rId_hyperlink_48" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U18" r:id="rId_hyperlink_49" tooltip="Here" display="Here"/>
+    <hyperlink ref="S19" r:id="rId_hyperlink_50" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T19" r:id="rId_hyperlink_51" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U19" r:id="rId_hyperlink_52" tooltip="Here" display="Here"/>
+    <hyperlink ref="S20" r:id="rId_hyperlink_53" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T20" r:id="rId_hyperlink_54" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U20" r:id="rId_hyperlink_55" tooltip="Here" display="Here"/>
+    <hyperlink ref="S21" r:id="rId_hyperlink_56" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T21" r:id="rId_hyperlink_57" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U21" r:id="rId_hyperlink_58" tooltip="Here" display="Here"/>
+    <hyperlink ref="S22" r:id="rId_hyperlink_59" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T22" r:id="rId_hyperlink_60" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U22" r:id="rId_hyperlink_61" tooltip="Here" display="Here"/>
+    <hyperlink ref="S23" r:id="rId_hyperlink_62" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T23" r:id="rId_hyperlink_63" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U23" r:id="rId_hyperlink_64" tooltip="Here" display="Here"/>
+    <hyperlink ref="S24" r:id="rId_hyperlink_65" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T24" r:id="rId_hyperlink_66" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U24" r:id="rId_hyperlink_67" tooltip="Here" display="Here"/>
+    <hyperlink ref="S25" r:id="rId_hyperlink_68" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T25" r:id="rId_hyperlink_69" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U25" r:id="rId_hyperlink_70" tooltip="Here" display="Here"/>
+    <hyperlink ref="S26" r:id="rId_hyperlink_71" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T26" r:id="rId_hyperlink_72" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U26" r:id="rId_hyperlink_73" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>