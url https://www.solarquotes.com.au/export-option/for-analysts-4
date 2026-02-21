--- v3 (2026-01-23)
+++ v4 (2026-02-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="868">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="886">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Price incl. federal rebate, excl. installation (AUD RRP, incl. GST)</t>
   </si>
   <si>
     <t>In Depth Analysis</t>
   </si>
   <si>
     <t>Battery Type</t>
   </si>
   <si>
     <t>All-In-One Unit?</t>
   </si>
   <si>
     <t>Nominal Storage</t>
   </si>
   <si>
     <t>Usable Storage Capacity</t>
   </si>
   <si>
@@ -1682,78 +1682,90 @@
   <si>
     <t>290 kg</t>
   </si>
   <si>
     <t xml:space="preserve">600 × 380 × 1495 mm </t>
   </si>
   <si>
     <t>65,400</t>
   </si>
   <si>
     <t>$0.10 (+ inverter cost)</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 28.8</t>
   </si>
   <si>
     <t>324 kg</t>
   </si>
   <si>
     <t xml:space="preserve">600 × 380 × 1651 mm </t>
   </si>
   <si>
     <t>73,600</t>
   </si>
   <si>
+    <t>Goodwe ESA 15 kWh</t>
+  </si>
+  <si>
+    <t>$5,300</t>
+  </si>
+  <si>
+    <t>15.36 kWh</t>
+  </si>
+  <si>
+    <t>170 kg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45,000 </t>
+  </si>
+  <si>
     <t>ESY Sunhome HM6-10</t>
   </si>
   <si>
     <t>$4,000</t>
   </si>
   <si>
     <t>9.73 kWh</t>
   </si>
   <si>
     <t>143 kg</t>
   </si>
   <si>
     <t>600 x 305 x 998 mm</t>
   </si>
   <si>
     <t>Indoor/outdoor (IP66)</t>
   </si>
   <si>
     <t>-25°C-60°C</t>
   </si>
   <si>
     <t>35,514</t>
   </si>
   <si>
     <t>ESY Sunhome HM6-15</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.36 kWh</t>
   </si>
   <si>
     <t>14.59 kWh</t>
   </si>
   <si>
     <t>193 kg</t>
   </si>
   <si>
     <t>600 x 305 x 1218 mm</t>
   </si>
   <si>
     <t>53,235</t>
   </si>
   <si>
     <t>ESY Sunhome HM6-20</t>
   </si>
   <si>
     <t>20.48 kWh</t>
   </si>
   <si>
     <t>19.46 kWh</t>
   </si>
   <si>
     <t>600 x 305 x 1438 mm</t>
   </si>
@@ -2146,105 +2158,249 @@
   <si>
     <t>279.5 kg</t>
   </si>
   <si>
     <t>708 x 170 x 1730 mm, 708 x 170 x 1320mm</t>
   </si>
   <si>
     <t>91,250</t>
   </si>
   <si>
     <t>SOFAR PowerAll (30 kWh)</t>
   </si>
   <si>
     <t>30.27 kWh</t>
   </si>
   <si>
     <t>28.5 kWh</t>
   </si>
   <si>
     <t>330.5 kg</t>
   </si>
   <si>
     <t>109,500</t>
   </si>
   <si>
+    <t>SolaX TSYS-HS51 10.2 kWh</t>
+  </si>
+  <si>
+    <t>$3,900</t>
+  </si>
+  <si>
+    <t>10.2 kWh</t>
+  </si>
+  <si>
+    <t>6.1 kW</t>
+  </si>
+  <si>
+    <t>115 kg</t>
+  </si>
+  <si>
+    <t>600 × 621 × 376 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IP66 </t>
+  </si>
+  <si>
+    <t>-20 to +53°C</t>
+  </si>
+  <si>
+    <t>SolaX</t>
+  </si>
+  <si>
+    <t>31,800</t>
+  </si>
+  <si>
+    <t>$0.12 (+ inverter cost) </t>
+  </si>
+  <si>
+    <t>SolaX TSYS-HS51 15.3 kWh</t>
+  </si>
+  <si>
+    <t>15.3 kWh</t>
+  </si>
+  <si>
+    <t>9.2 kW</t>
+  </si>
+  <si>
+    <t>161 kg</t>
+  </si>
+  <si>
+    <t>600 × 789 × 376 mm</t>
+  </si>
+  <si>
+    <t>45,300</t>
+  </si>
+  <si>
+    <t>$0.11 (+ inverter cost) </t>
+  </si>
+  <si>
+    <t>SolaX TSYS-HS51 20.4 kWh</t>
+  </si>
+  <si>
+    <t>20.4 kWh</t>
+  </si>
+  <si>
+    <t>12.3 kW</t>
+  </si>
+  <si>
+    <t>207 kg</t>
+  </si>
+  <si>
+    <t>600 × 957 × 376 mm</t>
+  </si>
+  <si>
+    <t>60,400</t>
+  </si>
+  <si>
+    <t>$0.10 (+ inverter cost) </t>
+  </si>
+  <si>
+    <t>SolaX TSYS-HS51 25.5 kWh</t>
+  </si>
+  <si>
+    <t>$7,500</t>
+  </si>
+  <si>
+    <t>25.5 kWh</t>
+  </si>
+  <si>
+    <t>15.4 kW</t>
+  </si>
+  <si>
+    <t>253 kg</t>
+  </si>
+  <si>
+    <t>600 × 1125 × 376 mm</t>
+  </si>
+  <si>
+    <t>75,500</t>
+  </si>
+  <si>
+    <t>SolaX TSYS-HS51 30.7 kWh</t>
+  </si>
+  <si>
+    <t>30.7 kWh</t>
+  </si>
+  <si>
+    <t>18.4 kW</t>
+  </si>
+  <si>
+    <t>299 kg</t>
+  </si>
+  <si>
+    <t>600 × 1293 × 376 mm</t>
+  </si>
+  <si>
+    <t>90,600</t>
+  </si>
+  <si>
+    <t>SolaX TSYS-HS51 35.8 kWh</t>
+  </si>
+  <si>
+    <t>35.8 kWh</t>
+  </si>
+  <si>
+    <t>21.5 kW</t>
+  </si>
+  <si>
+    <t>345 kg</t>
+  </si>
+  <si>
+    <t>600 × 1461 × 376 mm</t>
+  </si>
+  <si>
+    <t>105,700</t>
+  </si>
+  <si>
+    <t>SolaX TSYS-HS51 40.9 kWh</t>
+  </si>
+  <si>
+    <t>$10,900</t>
+  </si>
+  <si>
+    <t>40.9 kWh</t>
+  </si>
+  <si>
+    <t>24.6 kW</t>
+  </si>
+  <si>
+    <t>391 kg</t>
+  </si>
+  <si>
+    <t>600 × 1629 × 376 mm</t>
+  </si>
+  <si>
+    <t>120,800</t>
+  </si>
+  <si>
+    <t>$0.09 (+ inverter cost) </t>
+  </si>
+  <si>
     <t>SolaX X1 10.2</t>
   </si>
   <si>
-    <t>10.2 kWh</t>
-[...1 lines deleted...]
-  <si>
     <t>9.2 kWh</t>
   </si>
   <si>
     <t>Up to 8kW</t>
   </si>
   <si>
     <t>134.2 kg</t>
   </si>
   <si>
     <t>730 × 1226 × 210 mm</t>
   </si>
   <si>
     <t>Indoor/Outdoor (IP66)</t>
   </si>
   <si>
     <t>-30 to 55°C</t>
   </si>
   <si>
-    <t>31,800</t>
-[...1 lines deleted...]
-  <si>
     <t>$0.20</t>
   </si>
   <si>
     <t>SolaX X1 15.3</t>
   </si>
   <si>
-    <t>15.3 kWh</t>
-[...1 lines deleted...]
-  <si>
     <t>13.8 kWh</t>
   </si>
   <si>
     <t>181.2 kg</t>
   </si>
   <si>
     <t>730 × 1544 × 210 mm</t>
   </si>
   <si>
     <t>47,700</t>
   </si>
   <si>
     <t>SolaX X1 20.4</t>
   </si>
   <si>
     <t>$10,800</t>
-  </si>
-[...1 lines deleted...]
-    <t>20.4 kWh</t>
   </si>
   <si>
     <t>18.4 kWh</t>
   </si>
   <si>
     <t>228.2 kg</t>
   </si>
   <si>
     <t>730 × 1862 × 210 mm</t>
   </si>
   <si>
     <t>63,600</t>
   </si>
   <si>
     <t>SolaX X3 10.2</t>
   </si>
   <si>
     <t>Up to 15kW</t>
   </si>
   <si>
     <t>147.2 kg</t>
   </si>
   <si>
     <t>730 × 1281 × 209.5 mm</t>
   </si>
@@ -2270,271 +2426,169 @@
     <t>7730 × 1917 × 209.5 mm</t>
   </si>
   <si>
     <t>SolaX X3 25.6</t>
   </si>
   <si>
     <t>$12,200</t>
   </si>
   <si>
     <t>23 kWh</t>
   </si>
   <si>
     <t>730 × 1281 × 209.5 mm /
 730 × 1120.5 × 150 mm</t>
   </si>
   <si>
     <t>79,500</t>
   </si>
   <si>
     <t>SolaX X3 30.7</t>
   </si>
   <si>
     <t>$14,100</t>
   </si>
   <si>
-    <t>30.7 kWh</t>
-[...1 lines deleted...]
-  <si>
     <t>27.6 kWh</t>
   </si>
   <si>
     <t>340 kg</t>
   </si>
   <si>
     <t>730 × 1599 × 209.5 mm /
 730 × 1120.5 × 150 mm</t>
   </si>
   <si>
     <t>95,400</t>
   </si>
   <si>
-    <t>SolaX TSYS-HS51 10.2 kWh</t>
-[...139 lines deleted...]
-  <si>
     <t>Bluetti EP760 9.9</t>
   </si>
   <si>
     <t>$6,000</t>
   </si>
   <si>
     <t>Lithium-ion (LiFEPO4)</t>
   </si>
   <si>
     <t>9.92 kWh</t>
   </si>
   <si>
     <t>8.9 kWh</t>
   </si>
   <si>
     <t>160 kg</t>
   </si>
   <si>
     <t>636 x 325 x 1046 mm</t>
   </si>
   <si>
     <t>-20℃~50℃</t>
   </si>
   <si>
     <t>32,485</t>
   </si>
   <si>
-    <t>FranklinWH aPower X-01-AU</t>
-[...2 lines deleted...]
-    <t>$7,900 (including FranklinWH aGate)</t>
+    <t>FranklinWH aPower X-01-AU (13.6 kWh)</t>
+  </si>
+  <si>
+    <t>$10,000 (including FranklinWH aGate)</t>
   </si>
   <si>
     <t>Kind of. Includes AC battery inverter but requires solar inverter.</t>
   </si>
   <si>
     <t>13.6 kWh</t>
   </si>
   <si>
     <t>Multi-Source Orchestration, supports generator &amp; V2L integration, reinforcing energy security and resiliency.
 Adaptive Load Control
 Reliable Black Start with Frequency shifting function enabled</t>
   </si>
   <si>
     <t>5kW steady, 10kW peak (10 seconds)</t>
   </si>
   <si>
     <t>185 kg</t>
   </si>
   <si>
     <t>750 x 1150 x 290 mm</t>
   </si>
   <si>
     <t xml:space="preserve">Yes </t>
   </si>
   <si>
     <t>Indoor/Outdoor (IP67 (Battery and power converter system),
 IP56 (Wiring compartment)</t>
   </si>
   <si>
     <t>12 years</t>
   </si>
   <si>
     <t>43,000</t>
+  </si>
+  <si>
+    <t>$0.23 (+ inverter cost)</t>
+  </si>
+  <si>
+    <t>FranklinWH aPower X-01-AU (27.2 kWh)</t>
+  </si>
+  <si>
+    <t>$18,000 (including FranklinWH aGate)</t>
+  </si>
+  <si>
+    <t>27.2 kWh</t>
+  </si>
+  <si>
+    <t>370 kg</t>
+  </si>
+  <si>
+    <t>750 x 1150 x 290 mm x2</t>
+  </si>
+  <si>
+    <t>86,000</t>
+  </si>
+  <si>
+    <t>FranklinWH aPower X-01-AU (40.8 kWh)</t>
+  </si>
+  <si>
+    <t>$26,000 (including FranklinWH aGate)</t>
+  </si>
+  <si>
+    <t>45 kWh</t>
+  </si>
+  <si>
+    <t>40.8 kWh</t>
+  </si>
+  <si>
+    <t>555 kg</t>
+  </si>
+  <si>
+    <t>750 x 1150 x 290 mm x3</t>
+  </si>
+  <si>
+    <t>129,000</t>
   </si>
   <si>
     <t>PowerPlus Energy Whispr 12.7</t>
   </si>
   <si>
     <t>$9,500</t>
   </si>
   <si>
     <t>13.37 kWh</t>
   </si>
   <si>
     <t>12.70 kWh</t>
   </si>
   <si>
     <t>Expandable up to 53.5kWh, true 3-phase backup.</t>
   </si>
   <si>
     <t>7kW</t>
   </si>
   <si>
     <t>191kg</t>
   </si>
   <si>
     <t>1540 x 750 x 210 mm</t>
   </si>
@@ -2988,59 +3042,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-3-Datasheet-AU-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-Warranty-AU-NZ-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/IQ-Battery-5P-DS-EN-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/2024-06-25-Enphase-Energy-Limited-Warranty-IQ-Battery-5P-and-SC-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/enphase-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-home-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-home-battery-10K1PS0B-x2-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-energy-bank-battery-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-lynx-home-f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-3-Datasheet-AU-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-Warranty-AU-NZ-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/IQ-Battery-5P-DS-EN-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/2024-06-25-Enphase-Energy-Limited-Warranty-IQ-Battery-5P-and-SC-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/enphase-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-home-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-home-battery-10K1PS0B-x2-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-energy-bank-battery-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-lynx-home-f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AZ129"/>
+  <dimension ref="A1:AZ132"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39" customWidth="true" style="1"/>
     <col min="27" max="27" width="39" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="28" max="28" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="29" max="29" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="30" max="30" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="31" max="31" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="32" max="32" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="33" max="33" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="34" max="34" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="35" max="35" width="39" customWidth="true" style="1"/>
@@ -8620,3348 +8674,3555 @@
         <v>551</v>
       </c>
       <c r="U81" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="82" spans="1:52">
       <c r="A82" s="1" t="s">
         <v>556</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>557</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D82" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>352</v>
+        <v>558</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>558</v>
+        <v>246</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>118</v>
+        <v>485</v>
       </c>
       <c r="J82" s="1" t="s">
         <v>559</v>
       </c>
       <c r="K82" s="1" t="s">
-        <v>560</v>
+        <v>487</v>
       </c>
       <c r="L82" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M82" s="1" t="s">
-        <v>561</v>
+        <v>488</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>562</v>
+        <v>489</v>
       </c>
       <c r="O82" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P82" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q82" s="1" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="R82" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S82" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T82" s="1" t="s">
         <v>505</v>
       </c>
       <c r="U82" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="83" spans="1:52">
       <c r="A83" s="1" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>419</v>
+        <v>562</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D83" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>565</v>
+        <v>352</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J83" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="K83" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="L83" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="M83" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="N83" s="1" t="s">
         <v>567</v>
-      </c>
-[...10 lines deleted...]
-        <v>562</v>
       </c>
       <c r="O83" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P83" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q83" s="1" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="R83" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S83" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T83" s="1" t="s">
-        <v>278</v>
+        <v>505</v>
       </c>
       <c r="U83" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="84" spans="1:52">
       <c r="A84" s="1" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D84" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>571</v>
+        <v>558</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J84" s="1" t="s">
-        <v>302</v>
+        <v>571</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="L84" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M84" s="1" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="O84" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P84" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q84" s="1" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="R84" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S84" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T84" s="1" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="U84" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="85" spans="1:52">
       <c r="A85" s="1" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>576</v>
+        <v>424</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D85" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J85" s="1" t="s">
-        <v>579</v>
+        <v>302</v>
       </c>
       <c r="K85" s="1" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="L85" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M85" s="1" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="N85" s="1" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="O85" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P85" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q85" s="1" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="R85" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S85" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T85" s="1" t="s">
-        <v>582</v>
+        <v>286</v>
       </c>
       <c r="U85" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="86" spans="1:52">
       <c r="A86" s="1" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>477</v>
+        <v>580</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D86" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J86" s="1" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="L86" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M86" s="1" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="O86" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P86" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q86" s="1" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="R86" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S86" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T86" s="1" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="U86" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="87" spans="1:52">
       <c r="A87" s="1" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>590</v>
+        <v>477</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D87" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>246</v>
+        <v>588</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>246</v>
+        <v>589</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I87" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="K87" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="J87" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L87" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M87" s="1" t="s">
-        <v>488</v>
+        <v>566</v>
       </c>
       <c r="N87" s="1" t="s">
-        <v>594</v>
+        <v>567</v>
       </c>
       <c r="O87" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P87" s="1" t="s">
-        <v>595</v>
+        <v>112</v>
       </c>
       <c r="Q87" s="1" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="R87" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S87" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T87" s="1" t="s">
-        <v>151</v>
+        <v>586</v>
       </c>
       <c r="U87" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="88" spans="1:52">
       <c r="A88" s="1" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>499</v>
+        <v>594</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D88" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>70</v>
+        <v>246</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>70</v>
+        <v>246</v>
       </c>
       <c r="H88" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="L88" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M88" s="1" t="s">
         <v>488</v>
       </c>
       <c r="N88" s="1" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="O88" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P88" s="1" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="Q88" s="1" t="s">
-        <v>75</v>
+        <v>600</v>
       </c>
       <c r="R88" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S88" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T88" s="1" t="s">
-        <v>600</v>
+        <v>151</v>
       </c>
       <c r="U88" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="89" spans="1:52">
       <c r="A89" s="1" t="s">
         <v>601</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>602</v>
+        <v>499</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D89" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="J89" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="K89" s="1" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="L89" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M89" s="1" t="s">
         <v>488</v>
       </c>
       <c r="N89" s="1" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="O89" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P89" s="1" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="Q89" s="1" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="R89" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S89" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T89" s="1" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="U89" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="90" spans="1:52">
       <c r="A90" s="1" t="s">
         <v>605</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>606</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D90" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="H90" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="J90" s="1" t="s">
         <v>607</v>
       </c>
       <c r="K90" s="1" t="s">
         <v>608</v>
       </c>
       <c r="L90" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M90" s="1" t="s">
         <v>488</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="O90" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P90" s="1" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="Q90" s="1" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="R90" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S90" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T90" s="1" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="U90" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="91" spans="1:52">
       <c r="A91" s="1" t="s">
         <v>609</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>328</v>
+        <v>610</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D91" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>236</v>
+        <v>86</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>236</v>
+        <v>86</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="J91" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="L91" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M91" s="1" t="s">
         <v>488</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="O91" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P91" s="1" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="Q91" s="1" t="s">
-        <v>612</v>
+        <v>89</v>
       </c>
       <c r="R91" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S91" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T91" s="1" t="s">
-        <v>172</v>
+        <v>604</v>
       </c>
       <c r="U91" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="92" spans="1:52">
       <c r="A92" s="1" t="s">
         <v>613</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>614</v>
-[...3 lines deleted...]
-        <v>Yes, review here.</v>
+        <v>328</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>181</v>
       </c>
       <c r="D92" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>236</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>236</v>
       </c>
       <c r="H92" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="J92" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="K92" s="1" t="s">
         <v>615</v>
-      </c>
-[...7 lines deleted...]
-        <v>617</v>
       </c>
       <c r="L92" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M92" s="1" t="s">
         <v>488</v>
       </c>
       <c r="N92" s="1" t="s">
-        <v>618</v>
+        <v>598</v>
       </c>
       <c r="O92" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P92" s="1" t="s">
-        <v>619</v>
+        <v>599</v>
       </c>
       <c r="Q92" s="1" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="R92" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S92" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T92" s="1" t="s">
-        <v>621</v>
+        <v>172</v>
       </c>
       <c r="U92" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="93" spans="1:52">
       <c r="A93" s="1" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
       <c r="C93" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="D93" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="L93" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M93" s="1" t="s">
         <v>488</v>
       </c>
       <c r="N93" s="1" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="O93" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P93" s="1" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="Q93" s="1" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="R93" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S93" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T93" s="1" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="U93" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="94" spans="1:52">
       <c r="A94" s="1" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C94" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="D94" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>86</v>
+        <v>246</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>86</v>
+        <v>246</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="L94" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M94" s="1" t="s">
         <v>488</v>
       </c>
       <c r="N94" s="1" t="s">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="O94" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P94" s="1" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="Q94" s="1" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="R94" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S94" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T94" s="1" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="U94" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="95" spans="1:52">
       <c r="A95" s="1" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>635</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>633</v>
+      </c>
+      <c r="C95" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/","Yes, review here.")</f>
+        <v>Yes, review here.</v>
       </c>
       <c r="D95" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F95" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="J95" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="K95" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="L95" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="M95" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="N95" s="1" t="s">
         <v>636</v>
-      </c>
-[...22 lines deleted...]
-        <v>640</v>
       </c>
       <c r="O95" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P95" s="1" t="s">
-        <v>306</v>
+        <v>623</v>
       </c>
       <c r="Q95" s="1" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="R95" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
-        <v>Fronius Reserva datasheet</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="S95" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
-        <v>Fronius Reserva warranty</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="T95" s="1" t="s">
-        <v>308</v>
+        <v>631</v>
       </c>
       <c r="U95" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="96" spans="1:52">
       <c r="A96" s="1" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>228</v>
+        <v>639</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D96" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F96" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="J96" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="K96" s="1" t="s">
         <v>643</v>
-      </c>
-[...13 lines deleted...]
-        <v>647</v>
       </c>
       <c r="L96" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M96" s="1" t="s">
         <v>186</v>
       </c>
       <c r="N96" s="1" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="O96" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P96" s="1" t="s">
         <v>306</v>
       </c>
       <c r="Q96" s="1" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="R96" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
         <v>Fronius Reserva datasheet</v>
       </c>
       <c r="S96" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
         <v>Fronius Reserva warranty</v>
       </c>
       <c r="T96" s="1" t="s">
-        <v>532</v>
+        <v>308</v>
       </c>
       <c r="U96" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="97" spans="1:52">
       <c r="A97" s="1" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>408</v>
+        <v>228</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D97" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F97" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="J97" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="G97" s="1" t="s">
+      <c r="K97" s="1" t="s">
         <v>651</v>
-      </c>
-[...10 lines deleted...]
-        <v>653</v>
       </c>
       <c r="L97" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M97" s="1" t="s">
         <v>186</v>
       </c>
       <c r="N97" s="1" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="O97" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P97" s="1" t="s">
         <v>306</v>
       </c>
       <c r="Q97" s="1" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="R97" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
         <v>Fronius Reserva datasheet</v>
       </c>
       <c r="S97" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
         <v>Fronius Reserva warranty</v>
       </c>
       <c r="T97" s="1" t="s">
         <v>532</v>
       </c>
       <c r="U97" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="98" spans="1:52">
       <c r="A98" s="1" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>656</v>
+        <v>408</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D98" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F98" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="J98" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="K98" s="1" t="s">
         <v>657</v>
-      </c>
-[...13 lines deleted...]
-        <v>660</v>
       </c>
       <c r="L98" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M98" s="1" t="s">
         <v>186</v>
       </c>
       <c r="N98" s="1" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="O98" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P98" s="1" t="s">
         <v>306</v>
       </c>
       <c r="Q98" s="1" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="R98" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
         <v>Fronius Reserva datasheet</v>
       </c>
       <c r="S98" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
         <v>Fronius Reserva warranty</v>
       </c>
       <c r="T98" s="1" t="s">
         <v>532</v>
       </c>
       <c r="U98" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="99" spans="1:52">
       <c r="A99" s="1" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>251</v>
+        <v>660</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>68</v>
+        <v>181</v>
       </c>
       <c r="D99" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>352</v>
+        <v>661</v>
       </c>
       <c r="G99" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="J99" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="H99" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J99" s="1" t="s">
+      <c r="K99" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="K99" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L99" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M99" s="1" t="s">
-        <v>666</v>
+        <v>186</v>
       </c>
       <c r="N99" s="1" t="s">
-        <v>667</v>
+        <v>644</v>
       </c>
       <c r="O99" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P99" s="1" t="s">
-        <v>112</v>
+        <v>306</v>
       </c>
       <c r="Q99" s="1" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="R99" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf","Yes")</f>
-        <v>Yes</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
+        <v>Fronius Reserva datasheet</v>
       </c>
       <c r="S99" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf","Yes")</f>
-        <v>Yes</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
+        <v>Fronius Reserva warranty</v>
       </c>
       <c r="T99" s="1" t="s">
-        <v>122</v>
+        <v>532</v>
       </c>
       <c r="U99" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="100" spans="1:52">
       <c r="A100" s="1" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>46</v>
+        <v>251</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D100" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>571</v>
+        <v>352</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="H100" s="1" t="s">
         <v>378</v>
       </c>
       <c r="I100" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="J100" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="K100" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="L100" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="M100" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="N100" s="1" t="s">
         <v>671</v>
-      </c>
-[...13 lines deleted...]
-        <v>667</v>
       </c>
       <c r="O100" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P100" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q100" s="1" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="R100" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S100" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T100" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U100" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="101" spans="1:52">
       <c r="A101" s="1" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>408</v>
+        <v>46</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D101" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>676</v>
+        <v>575</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>378</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="L101" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M101" s="1" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="N101" s="1" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="O101" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P101" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q101" s="1" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="R101" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S101" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T101" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U101" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="102" spans="1:52">
       <c r="A102" s="1" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>682</v>
+        <v>408</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D102" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>352</v>
+        <v>680</v>
       </c>
       <c r="G102" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="J102" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="H102" s="1" t="s">
+      <c r="K102" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="I102" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L102" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="M102" s="1" t="s">
-        <v>186</v>
+        <v>670</v>
       </c>
       <c r="N102" s="1" t="s">
-        <v>305</v>
+        <v>671</v>
       </c>
       <c r="O102" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P102" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q102" s="1" t="s">
-        <v>687</v>
+        <v>678</v>
       </c>
       <c r="R102" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S102" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T102" s="1" t="s">
-        <v>249</v>
+        <v>122</v>
       </c>
       <c r="U102" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="103" spans="1:52">
       <c r="A103" s="1" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>448</v>
+        <v>686</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D103" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>565</v>
+        <v>352</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J103" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="K103" s="1" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
       <c r="L103" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M103" s="1" t="s">
         <v>186</v>
       </c>
       <c r="N103" s="1" t="s">
         <v>305</v>
       </c>
       <c r="O103" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P103" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q103" s="1" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="R103" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S103" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T103" s="1" t="s">
-        <v>582</v>
+        <v>249</v>
       </c>
       <c r="U103" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="104" spans="1:52">
       <c r="A104" s="1" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>694</v>
+        <v>448</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D104" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>571</v>
+        <v>558</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="K104" s="1" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="L104" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M104" s="1" t="s">
         <v>186</v>
       </c>
       <c r="N104" s="1" t="s">
         <v>305</v>
       </c>
       <c r="O104" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P104" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q104" s="1" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="R104" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S104" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T104" s="1" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="U104" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="105" spans="1:52">
       <c r="A105" s="1" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D105" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>54</v>
+        <v>575</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J105" s="1" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="K105" s="1" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="L105" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M105" s="1" t="s">
         <v>186</v>
       </c>
       <c r="N105" s="1" t="s">
         <v>305</v>
       </c>
       <c r="O105" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P105" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q105" s="1" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="R105" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S105" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T105" s="1" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="U105" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="106" spans="1:52">
       <c r="A106" s="1" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>256</v>
+        <v>704</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D106" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>706</v>
+        <v>54</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J106" s="1" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="L106" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M106" s="1" t="s">
         <v>186</v>
       </c>
       <c r="N106" s="1" t="s">
         <v>305</v>
       </c>
       <c r="O106" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P106" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q106" s="1" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="R106" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S106" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T106" s="1" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="U106" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="107" spans="1:52">
       <c r="A107" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D107" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F107" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="B107" s="1" t="s">
-[...12 lines deleted...]
-      <c r="F107" s="1" t="s">
+      <c r="G107" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="G107" s="1" t="s">
+      <c r="H107" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="J107" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="H107" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K107" s="1" t="s">
-        <v>715</v>
+        <v>707</v>
       </c>
       <c r="L107" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M107" s="1" t="s">
-        <v>716</v>
+        <v>186</v>
       </c>
       <c r="N107" s="1" t="s">
-        <v>717</v>
+        <v>305</v>
       </c>
       <c r="O107" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P107" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q107" s="1" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="R107" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S107" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T107" s="1" t="s">
-        <v>719</v>
+        <v>586</v>
       </c>
       <c r="U107" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="108" spans="1:52">
       <c r="A108" s="1" t="s">
-        <v>720</v>
+        <v>714</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>310</v>
+        <v>715</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D108" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>722</v>
+        <v>716</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="L108" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M108" s="1" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="N108" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="O108" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P108" s="1" t="s">
-        <v>112</v>
+        <v>722</v>
       </c>
       <c r="Q108" s="1" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="R108" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S108" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T108" s="1" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="U108" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="109" spans="1:52">
       <c r="A109" s="1" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>727</v>
+        <v>704</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D109" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="H109" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>713</v>
+        <v>727</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="K109" s="1" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="L109" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M109" s="1" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="N109" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="O109" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P109" s="1" t="s">
-        <v>112</v>
+        <v>722</v>
       </c>
       <c r="Q109" s="1" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="R109" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S109" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T109" s="1" t="s">
-        <v>719</v>
+        <v>731</v>
       </c>
       <c r="U109" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="110" spans="1:52">
       <c r="A110" s="1" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>228</v>
+        <v>334</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D110" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>711</v>
+        <v>733</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>712</v>
+        <v>733</v>
       </c>
       <c r="H110" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>734</v>
       </c>
       <c r="J110" s="1" t="s">
         <v>735</v>
       </c>
       <c r="K110" s="1" t="s">
         <v>736</v>
       </c>
       <c r="L110" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M110" s="1" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="N110" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="O110" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P110" s="1" t="s">
-        <v>112</v>
+        <v>722</v>
       </c>
       <c r="Q110" s="1" t="s">
-        <v>718</v>
+        <v>737</v>
       </c>
       <c r="R110" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S110" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T110" s="1" t="s">
-        <v>172</v>
+        <v>738</v>
       </c>
       <c r="U110" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="111" spans="1:52">
       <c r="A111" s="1" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D111" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>721</v>
+        <v>741</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>722</v>
+        <v>741</v>
       </c>
       <c r="H111" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="J111" s="1" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="L111" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M111" s="1" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="N111" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="O111" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P111" s="1" t="s">
-        <v>112</v>
+        <v>722</v>
       </c>
       <c r="Q111" s="1" t="s">
-        <v>725</v>
+        <v>745</v>
       </c>
       <c r="R111" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S111" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T111" s="1" t="s">
-        <v>719</v>
+        <v>738</v>
       </c>
       <c r="U111" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="112" spans="1:52">
       <c r="A112" s="1" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>78</v>
+        <v>310</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D112" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>728</v>
+        <v>747</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>729</v>
+        <v>747</v>
       </c>
       <c r="H112" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>734</v>
+        <v>748</v>
       </c>
       <c r="J112" s="1" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="L112" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M112" s="1" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="N112" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="O112" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P112" s="1" t="s">
-        <v>112</v>
+        <v>722</v>
       </c>
       <c r="Q112" s="1" t="s">
-        <v>732</v>
+        <v>751</v>
       </c>
       <c r="R112" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S112" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T112" s="1" t="s">
-        <v>169</v>
+        <v>738</v>
       </c>
       <c r="U112" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="113" spans="1:52">
       <c r="A113" s="1" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>745</v>
+        <v>316</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D113" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>54</v>
+        <v>753</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>734</v>
+        <v>754</v>
       </c>
       <c r="J113" s="1" t="s">
-        <v>579</v>
+        <v>755</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="L113" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M113" s="1" t="s">
-        <v>561</v>
+        <v>720</v>
       </c>
       <c r="N113" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="O113" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P113" s="1" t="s">
-        <v>112</v>
+        <v>722</v>
       </c>
       <c r="Q113" s="1" t="s">
-        <v>748</v>
+        <v>757</v>
       </c>
       <c r="R113" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S113" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T113" s="1" t="s">
-        <v>131</v>
+        <v>738</v>
       </c>
       <c r="U113" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="114" spans="1:52">
       <c r="A114" s="1" t="s">
-        <v>749</v>
+        <v>758</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>750</v>
+        <v>759</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D114" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>752</v>
+        <v>760</v>
       </c>
       <c r="H114" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>734</v>
+        <v>761</v>
       </c>
       <c r="J114" s="1" t="s">
-        <v>753</v>
+        <v>762</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="L114" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M114" s="1" t="s">
-        <v>561</v>
+        <v>720</v>
       </c>
       <c r="N114" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="O114" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P114" s="1" t="s">
-        <v>112</v>
+        <v>722</v>
       </c>
       <c r="Q114" s="1" t="s">
-        <v>755</v>
+        <v>764</v>
       </c>
       <c r="R114" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S114" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T114" s="1" t="s">
-        <v>122</v>
+        <v>765</v>
       </c>
       <c r="U114" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="115" spans="1:52">
       <c r="A115" s="1" t="s">
-        <v>756</v>
+        <v>766</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>757</v>
+        <v>334</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D115" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>711</v>
+        <v>767</v>
       </c>
       <c r="H115" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>758</v>
+        <v>768</v>
       </c>
       <c r="J115" s="1" t="s">
-        <v>759</v>
+        <v>769</v>
       </c>
       <c r="K115" s="1" t="s">
-        <v>760</v>
+        <v>770</v>
       </c>
       <c r="L115" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M115" s="1" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="N115" s="1" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="O115" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P115" s="1" t="s">
-        <v>763</v>
+        <v>112</v>
       </c>
       <c r="Q115" s="1" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="R115" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S115" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T115" s="1" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="U115" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="116" spans="1:52">
       <c r="A116" s="1" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>700</v>
+        <v>310</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D116" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>721</v>
+        <v>775</v>
       </c>
       <c r="H116" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="J116" s="1" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="K116" s="1" t="s">
-        <v>768</v>
+        <v>777</v>
       </c>
       <c r="L116" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M116" s="1" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="N116" s="1" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="O116" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P116" s="1" t="s">
-        <v>763</v>
+        <v>112</v>
       </c>
       <c r="Q116" s="1" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
       <c r="R116" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S116" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T116" s="1" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="U116" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="117" spans="1:52">
       <c r="A117" s="1" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>334</v>
+        <v>780</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D117" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>728</v>
+        <v>781</v>
       </c>
       <c r="H117" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="J117" s="1" t="s">
-        <v>773</v>
+        <v>782</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>774</v>
+        <v>783</v>
       </c>
       <c r="L117" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M117" s="1" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="N117" s="1" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="O117" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P117" s="1" t="s">
-        <v>763</v>
+        <v>112</v>
       </c>
       <c r="Q117" s="1" t="s">
-        <v>775</v>
+        <v>784</v>
       </c>
       <c r="R117" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S117" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T117" s="1" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="U117" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="118" spans="1:52">
       <c r="A118" s="1" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>778</v>
+        <v>228</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D118" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>779</v>
+        <v>716</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>779</v>
+        <v>767</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="J118" s="1" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="L118" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M118" s="1" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="N118" s="1" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="O118" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P118" s="1" t="s">
-        <v>763</v>
+        <v>112</v>
       </c>
       <c r="Q118" s="1" t="s">
-        <v>783</v>
+        <v>723</v>
       </c>
       <c r="R118" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S118" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T118" s="1" t="s">
-        <v>776</v>
+        <v>172</v>
       </c>
       <c r="U118" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="119" spans="1:52">
       <c r="A119" s="1" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>310</v>
+        <v>790</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D119" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>751</v>
+        <v>726</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>751</v>
+        <v>775</v>
       </c>
       <c r="H119" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="J119" s="1" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="L119" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M119" s="1" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="N119" s="1" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="O119" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P119" s="1" t="s">
-        <v>763</v>
+        <v>112</v>
       </c>
       <c r="Q119" s="1" t="s">
-        <v>788</v>
+        <v>778</v>
       </c>
       <c r="R119" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S119" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T119" s="1" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="U119" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="120" spans="1:52">
       <c r="A120" s="1" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>316</v>
+        <v>78</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D120" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>790</v>
+        <v>733</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>790</v>
+        <v>781</v>
       </c>
       <c r="H120" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>791</v>
+        <v>786</v>
       </c>
       <c r="J120" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="L120" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M120" s="1" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="N120" s="1" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="O120" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P120" s="1" t="s">
-        <v>763</v>
+        <v>112</v>
       </c>
       <c r="Q120" s="1" t="s">
-        <v>794</v>
+        <v>784</v>
       </c>
       <c r="R120" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S120" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T120" s="1" t="s">
-        <v>776</v>
+        <v>169</v>
       </c>
       <c r="U120" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="121" spans="1:52">
       <c r="A121" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D121" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>797</v>
+        <v>54</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="H121" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>798</v>
+        <v>786</v>
       </c>
       <c r="J121" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="K121" s="1" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
       <c r="L121" s="1" t="s">
         <v>24</v>
       </c>
       <c r="M121" s="1" t="s">
-        <v>761</v>
+        <v>566</v>
       </c>
       <c r="N121" s="1" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="O121" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P121" s="1" t="s">
-        <v>763</v>
+        <v>112</v>
       </c>
       <c r="Q121" s="1" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="R121" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S121" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T121" s="1" t="s">
-        <v>802</v>
+        <v>131</v>
       </c>
       <c r="U121" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="122" spans="1:52">
       <c r="A122" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D122" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="E122" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="G122" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="H122" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="J122" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="C122" s="2" t="str">
+      <c r="K122" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="L122" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="M122" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="N122" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="O122" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="P122" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q122" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="R122" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S122" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T122" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="U122" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="123" spans="1:52">
+      <c r="A123" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="C123" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/","Here.")</f>
         <v>Here.</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...11 lines deleted...]
-      <c r="H122" s="1" t="s">
+      <c r="D123" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="H123" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="I122" s="1" t="s">
+      <c r="I123" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="J122" s="1" t="s">
-[...8 lines deleted...]
-      <c r="M122" s="1" t="s">
+      <c r="J123" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="K123" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="L123" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="M123" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="N122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="O122" s="1" t="s">
+      <c r="N123" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="O123" s="1" t="s">
         <v>33</v>
-      </c>
-[...67 lines deleted...]
-        <v>822</v>
       </c>
       <c r="P123" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q123" s="1" t="s">
-        <v>823</v>
+        <v>815</v>
       </c>
       <c r="R123" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S123" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T123" s="1" t="s">
-        <v>345</v>
+        <v>604</v>
       </c>
       <c r="U123" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="124" spans="1:52">
       <c r="A124" s="1" t="s">
-        <v>824</v>
+        <v>816</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>825</v>
-[...3 lines deleted...]
-        <v>Yes, here.</v>
+        <v>817</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>181</v>
       </c>
       <c r="D124" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>30</v>
+        <v>818</v>
       </c>
       <c r="F124" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="H124" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="J124" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="K124" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="L124" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="M124" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="N124" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="O124" s="1" t="s">
         <v>826</v>
-      </c>
-[...25 lines deleted...]
-        <v>33</v>
       </c>
       <c r="P124" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q124" s="1" t="s">
-        <v>834</v>
+        <v>827</v>
       </c>
       <c r="R124" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S124" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T124" s="1" t="s">
-        <v>835</v>
+        <v>828</v>
       </c>
       <c r="U124" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="125" spans="1:52">
       <c r="A125" s="1" t="s">
-        <v>836</v>
+        <v>829</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>837</v>
-[...3 lines deleted...]
-        <v>Yes, here.</v>
+        <v>830</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>181</v>
       </c>
       <c r="D125" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>30</v>
+        <v>818</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>838</v>
+        <v>86</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>839</v>
+        <v>831</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>829</v>
+        <v>821</v>
       </c>
       <c r="J125" s="1" t="s">
-        <v>840</v>
+        <v>832</v>
       </c>
       <c r="K125" s="1" t="s">
-        <v>841</v>
+        <v>833</v>
       </c>
       <c r="L125" s="1" t="s">
-        <v>30</v>
+        <v>824</v>
       </c>
       <c r="M125" s="1" t="s">
-        <v>832</v>
+        <v>825</v>
       </c>
       <c r="N125" s="1" t="s">
-        <v>833</v>
+        <v>74</v>
       </c>
       <c r="O125" s="1" t="s">
-        <v>33</v>
+        <v>826</v>
       </c>
       <c r="P125" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q125" s="1" t="s">
-        <v>842</v>
+        <v>834</v>
       </c>
       <c r="R125" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S125" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T125" s="1" t="s">
-        <v>835</v>
+        <v>631</v>
       </c>
       <c r="U125" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="126" spans="1:52">
       <c r="A126" s="1" t="s">
-        <v>843</v>
+        <v>835</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>844</v>
-[...3 lines deleted...]
-        <v>Yes, here.</v>
+        <v>836</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>181</v>
       </c>
       <c r="D126" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>30</v>
+        <v>818</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>845</v>
+        <v>837</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>846</v>
+        <v>838</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>829</v>
+        <v>821</v>
       </c>
       <c r="J126" s="1" t="s">
-        <v>847</v>
+        <v>839</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>848</v>
+        <v>840</v>
       </c>
       <c r="L126" s="1" t="s">
-        <v>30</v>
+        <v>824</v>
       </c>
       <c r="M126" s="1" t="s">
-        <v>832</v>
+        <v>825</v>
       </c>
       <c r="N126" s="1" t="s">
-        <v>833</v>
+        <v>74</v>
       </c>
       <c r="O126" s="1" t="s">
-        <v>33</v>
+        <v>826</v>
       </c>
       <c r="P126" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q126" s="1" t="s">
-        <v>849</v>
+        <v>841</v>
       </c>
       <c r="R126" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S126" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T126" s="1" t="s">
-        <v>835</v>
+        <v>631</v>
       </c>
       <c r="U126" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="127" spans="1:52">
       <c r="A127" s="1" t="s">
-        <v>850</v>
+        <v>842</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>851</v>
+        <v>843</v>
       </c>
       <c r="C127" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
         <v>Yes, here.</v>
       </c>
       <c r="D127" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>852</v>
+        <v>844</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>853</v>
+        <v>845</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>828</v>
+        <v>846</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>829</v>
+        <v>847</v>
       </c>
       <c r="J127" s="1" t="s">
-        <v>854</v>
+        <v>848</v>
       </c>
       <c r="K127" s="1" t="s">
-        <v>855</v>
+        <v>849</v>
       </c>
       <c r="L127" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M127" s="1" t="s">
-        <v>832</v>
+        <v>850</v>
       </c>
       <c r="N127" s="1" t="s">
-        <v>833</v>
+        <v>851</v>
       </c>
       <c r="O127" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P127" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q127" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="R127" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S127" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T127" s="1" t="s">
-        <v>835</v>
+        <v>853</v>
       </c>
       <c r="U127" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="128" spans="1:52">
       <c r="A128" s="1" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>738</v>
+        <v>855</v>
       </c>
       <c r="C128" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/","Yes, review here.")</f>
-        <v>Yes, review here.</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
+        <v>Yes, here.</v>
       </c>
       <c r="D128" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>814</v>
+        <v>30</v>
       </c>
       <c r="F128" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="J128" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="G128" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H128" s="1" t="s">
+      <c r="K128" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="I128" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L128" s="1" t="s">
-        <v>382</v>
+        <v>30</v>
       </c>
       <c r="M128" s="1" t="s">
-        <v>863</v>
+        <v>850</v>
       </c>
       <c r="N128" s="1" t="s">
-        <v>864</v>
+        <v>851</v>
       </c>
       <c r="O128" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P128" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q128" s="1" t="s">
-        <v>687</v>
+        <v>860</v>
       </c>
       <c r="R128" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S128" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T128" s="1" t="s">
-        <v>297</v>
+        <v>853</v>
       </c>
       <c r="U128" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="129" spans="1:52">
       <c r="A129" s="1" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>862</v>
+      </c>
+      <c r="C129" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
+        <v>Yes, here.</v>
       </c>
       <c r="D129" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>711</v>
+        <v>863</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>390</v>
+        <v>864</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>378</v>
+        <v>846</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>107</v>
+        <v>847</v>
       </c>
       <c r="J129" s="1" t="s">
-        <v>451</v>
+        <v>865</v>
       </c>
       <c r="K129" s="1" t="s">
         <v>866</v>
       </c>
       <c r="L129" s="1" t="s">
-        <v>382</v>
+        <v>30</v>
       </c>
       <c r="M129" s="1" t="s">
-        <v>666</v>
+        <v>850</v>
       </c>
       <c r="N129" s="1" t="s">
-        <v>867</v>
+        <v>851</v>
       </c>
       <c r="O129" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P129" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q129" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="R129" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S129" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T129" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="U129" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="130" spans="1:52">
+      <c r="A130" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="C130" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
+        <v>Yes, here.</v>
+      </c>
+      <c r="D130" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="I130" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="J130" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="K130" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="L130" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="M130" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="N130" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="O130" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="P130" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q130" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="R130" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S130" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T130" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="U130" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="131" spans="1:52">
+      <c r="A131" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="C131" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/","Yes, review here.")</f>
+        <v>Yes, review here.</v>
+      </c>
+      <c r="D131" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H131" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="I131" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="J131" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="K131" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="L131" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="M131" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="N131" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="O131" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="P131" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q131" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="R131" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S131" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T131" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="U131" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="132" spans="1:52">
+      <c r="A132" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D132" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H132" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="I132" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="J132" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="K132" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="L132" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="M132" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="N132" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="O132" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="P132" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q132" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="R129" s="2" t="str">
+      <c r="R132" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="S129" s="2" t="str">
+      <c r="S132" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="T129" s="1" t="s">
+      <c r="T132" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="U129" s="2" t="str">
+      <c r="U132" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="D3" r:id="rId_hyperlink_3" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R3" r:id="rId_hyperlink_4" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S3" r:id="rId_hyperlink_5" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U3" r:id="rId_hyperlink_6" tooltip="Here" display="Here"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_7" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="D4" r:id="rId_hyperlink_8" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R4" r:id="rId_hyperlink_9" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S4" r:id="rId_hyperlink_10" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U4" r:id="rId_hyperlink_11" tooltip="Here" display="Here"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_12" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="D5" r:id="rId_hyperlink_13" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R5" r:id="rId_hyperlink_14" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S5" r:id="rId_hyperlink_15" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U5" r:id="rId_hyperlink_16" tooltip="Here" display="Here"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_17" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="D6" r:id="rId_hyperlink_18" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
@@ -12301,114 +12562,114 @@
     <hyperlink ref="U85" r:id="rId_hyperlink_352" tooltip="Here" display="Here"/>
     <hyperlink ref="D86" r:id="rId_hyperlink_353" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R86" r:id="rId_hyperlink_354" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S86" r:id="rId_hyperlink_355" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U86" r:id="rId_hyperlink_356" tooltip="Here" display="Here"/>
     <hyperlink ref="D87" r:id="rId_hyperlink_357" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R87" r:id="rId_hyperlink_358" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S87" r:id="rId_hyperlink_359" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U87" r:id="rId_hyperlink_360" tooltip="Here" display="Here"/>
     <hyperlink ref="D88" r:id="rId_hyperlink_361" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R88" r:id="rId_hyperlink_362" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S88" r:id="rId_hyperlink_363" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U88" r:id="rId_hyperlink_364" tooltip="Here" display="Here"/>
     <hyperlink ref="D89" r:id="rId_hyperlink_365" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R89" r:id="rId_hyperlink_366" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S89" r:id="rId_hyperlink_367" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U89" r:id="rId_hyperlink_368" tooltip="Here" display="Here"/>
     <hyperlink ref="D90" r:id="rId_hyperlink_369" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R90" r:id="rId_hyperlink_370" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S90" r:id="rId_hyperlink_371" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U90" r:id="rId_hyperlink_372" tooltip="Here" display="Here"/>
     <hyperlink ref="D91" r:id="rId_hyperlink_373" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R91" r:id="rId_hyperlink_374" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S91" r:id="rId_hyperlink_375" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U91" r:id="rId_hyperlink_376" tooltip="Here" display="Here"/>
-    <hyperlink ref="C92" r:id="rId_hyperlink_377" tooltip="Yes, review here." display="Yes, review here."/>
-[...13 lines deleted...]
-    <hyperlink ref="U94" r:id="rId_hyperlink_391" tooltip="Here" display="Here"/>
+    <hyperlink ref="D92" r:id="rId_hyperlink_377" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R92" r:id="rId_hyperlink_378" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S92" r:id="rId_hyperlink_379" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U92" r:id="rId_hyperlink_380" tooltip="Here" display="Here"/>
+    <hyperlink ref="C93" r:id="rId_hyperlink_381" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="D93" r:id="rId_hyperlink_382" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R93" r:id="rId_hyperlink_383" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S93" r:id="rId_hyperlink_384" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U93" r:id="rId_hyperlink_385" tooltip="Here" display="Here"/>
+    <hyperlink ref="C94" r:id="rId_hyperlink_386" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="D94" r:id="rId_hyperlink_387" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R94" r:id="rId_hyperlink_388" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S94" r:id="rId_hyperlink_389" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U94" r:id="rId_hyperlink_390" tooltip="Here" display="Here"/>
+    <hyperlink ref="C95" r:id="rId_hyperlink_391" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="D95" r:id="rId_hyperlink_392" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
-    <hyperlink ref="R95" r:id="rId_hyperlink_393" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
-    <hyperlink ref="S95" r:id="rId_hyperlink_394" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
+    <hyperlink ref="R95" r:id="rId_hyperlink_393" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S95" r:id="rId_hyperlink_394" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U95" r:id="rId_hyperlink_395" tooltip="Here" display="Here"/>
     <hyperlink ref="D96" r:id="rId_hyperlink_396" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R96" r:id="rId_hyperlink_397" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
     <hyperlink ref="S96" r:id="rId_hyperlink_398" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
     <hyperlink ref="U96" r:id="rId_hyperlink_399" tooltip="Here" display="Here"/>
     <hyperlink ref="D97" r:id="rId_hyperlink_400" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R97" r:id="rId_hyperlink_401" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
     <hyperlink ref="S97" r:id="rId_hyperlink_402" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
     <hyperlink ref="U97" r:id="rId_hyperlink_403" tooltip="Here" display="Here"/>
     <hyperlink ref="D98" r:id="rId_hyperlink_404" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R98" r:id="rId_hyperlink_405" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
     <hyperlink ref="S98" r:id="rId_hyperlink_406" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
     <hyperlink ref="U98" r:id="rId_hyperlink_407" tooltip="Here" display="Here"/>
     <hyperlink ref="D99" r:id="rId_hyperlink_408" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
-    <hyperlink ref="R99" r:id="rId_hyperlink_409" tooltip="Yes" display="Yes"/>
-    <hyperlink ref="S99" r:id="rId_hyperlink_410" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R99" r:id="rId_hyperlink_409" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
+    <hyperlink ref="S99" r:id="rId_hyperlink_410" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
     <hyperlink ref="U99" r:id="rId_hyperlink_411" tooltip="Here" display="Here"/>
     <hyperlink ref="D100" r:id="rId_hyperlink_412" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R100" r:id="rId_hyperlink_413" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S100" r:id="rId_hyperlink_414" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U100" r:id="rId_hyperlink_415" tooltip="Here" display="Here"/>
     <hyperlink ref="D101" r:id="rId_hyperlink_416" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R101" r:id="rId_hyperlink_417" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S101" r:id="rId_hyperlink_418" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U101" r:id="rId_hyperlink_419" tooltip="Here" display="Here"/>
     <hyperlink ref="D102" r:id="rId_hyperlink_420" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R102" r:id="rId_hyperlink_421" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S102" r:id="rId_hyperlink_422" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U102" r:id="rId_hyperlink_423" tooltip="Here" display="Here"/>
     <hyperlink ref="D103" r:id="rId_hyperlink_424" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R103" r:id="rId_hyperlink_425" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S103" r:id="rId_hyperlink_426" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U103" r:id="rId_hyperlink_427" tooltip="Here" display="Here"/>
     <hyperlink ref="D104" r:id="rId_hyperlink_428" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R104" r:id="rId_hyperlink_429" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S104" r:id="rId_hyperlink_430" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U104" r:id="rId_hyperlink_431" tooltip="Here" display="Here"/>
     <hyperlink ref="D105" r:id="rId_hyperlink_432" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R105" r:id="rId_hyperlink_433" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S105" r:id="rId_hyperlink_434" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U105" r:id="rId_hyperlink_435" tooltip="Here" display="Here"/>
     <hyperlink ref="D106" r:id="rId_hyperlink_436" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R106" r:id="rId_hyperlink_437" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S106" r:id="rId_hyperlink_438" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U106" r:id="rId_hyperlink_439" tooltip="Here" display="Here"/>
-    <hyperlink ref="D107" r:id="rId_hyperlink_440" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D107" r:id="rId_hyperlink_440" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R107" r:id="rId_hyperlink_441" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S107" r:id="rId_hyperlink_442" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U107" r:id="rId_hyperlink_443" tooltip="Here" display="Here"/>
     <hyperlink ref="D108" r:id="rId_hyperlink_444" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R108" r:id="rId_hyperlink_445" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S108" r:id="rId_hyperlink_446" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U108" r:id="rId_hyperlink_447" tooltip="Here" display="Here"/>
     <hyperlink ref="D109" r:id="rId_hyperlink_448" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R109" r:id="rId_hyperlink_449" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S109" r:id="rId_hyperlink_450" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U109" r:id="rId_hyperlink_451" tooltip="Here" display="Here"/>
     <hyperlink ref="D110" r:id="rId_hyperlink_452" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R110" r:id="rId_hyperlink_453" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S110" r:id="rId_hyperlink_454" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U110" r:id="rId_hyperlink_455" tooltip="Here" display="Here"/>
     <hyperlink ref="D111" r:id="rId_hyperlink_456" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R111" r:id="rId_hyperlink_457" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S111" r:id="rId_hyperlink_458" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U111" r:id="rId_hyperlink_459" tooltip="Here" display="Here"/>
     <hyperlink ref="D112" r:id="rId_hyperlink_460" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R112" r:id="rId_hyperlink_461" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S112" r:id="rId_hyperlink_462" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U112" r:id="rId_hyperlink_463" tooltip="Here" display="Here"/>
     <hyperlink ref="D113" r:id="rId_hyperlink_464" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R113" r:id="rId_hyperlink_465" tooltip="Yes" display="Yes"/>
@@ -12424,87 +12685,99 @@
     <hyperlink ref="U115" r:id="rId_hyperlink_475" tooltip="Here" display="Here"/>
     <hyperlink ref="D116" r:id="rId_hyperlink_476" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R116" r:id="rId_hyperlink_477" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S116" r:id="rId_hyperlink_478" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U116" r:id="rId_hyperlink_479" tooltip="Here" display="Here"/>
     <hyperlink ref="D117" r:id="rId_hyperlink_480" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R117" r:id="rId_hyperlink_481" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S117" r:id="rId_hyperlink_482" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U117" r:id="rId_hyperlink_483" tooltip="Here" display="Here"/>
     <hyperlink ref="D118" r:id="rId_hyperlink_484" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R118" r:id="rId_hyperlink_485" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S118" r:id="rId_hyperlink_486" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U118" r:id="rId_hyperlink_487" tooltip="Here" display="Here"/>
     <hyperlink ref="D119" r:id="rId_hyperlink_488" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R119" r:id="rId_hyperlink_489" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S119" r:id="rId_hyperlink_490" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U119" r:id="rId_hyperlink_491" tooltip="Here" display="Here"/>
     <hyperlink ref="D120" r:id="rId_hyperlink_492" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R120" r:id="rId_hyperlink_493" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S120" r:id="rId_hyperlink_494" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U120" r:id="rId_hyperlink_495" tooltip="Here" display="Here"/>
     <hyperlink ref="D121" r:id="rId_hyperlink_496" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R121" r:id="rId_hyperlink_497" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S121" r:id="rId_hyperlink_498" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U121" r:id="rId_hyperlink_499" tooltip="Here" display="Here"/>
-    <hyperlink ref="C122" r:id="rId_hyperlink_500" tooltip="Here." display="Here."/>
+    <hyperlink ref="D122" r:id="rId_hyperlink_500" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R122" r:id="rId_hyperlink_501" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S122" r:id="rId_hyperlink_502" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U122" r:id="rId_hyperlink_503" tooltip="Here" display="Here"/>
-    <hyperlink ref="D123" r:id="rId_hyperlink_504" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="C123" r:id="rId_hyperlink_504" tooltip="Here." display="Here."/>
     <hyperlink ref="R123" r:id="rId_hyperlink_505" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S123" r:id="rId_hyperlink_506" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U123" r:id="rId_hyperlink_507" tooltip="Here" display="Here"/>
-    <hyperlink ref="C124" r:id="rId_hyperlink_508" tooltip="Yes, here." display="Yes, here."/>
-[...27 lines deleted...]
-    <hyperlink ref="U129" r:id="rId_hyperlink_536" tooltip="Here" display="Here"/>
+    <hyperlink ref="D124" r:id="rId_hyperlink_508" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R124" r:id="rId_hyperlink_509" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S124" r:id="rId_hyperlink_510" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U124" r:id="rId_hyperlink_511" tooltip="Here" display="Here"/>
+    <hyperlink ref="D125" r:id="rId_hyperlink_512" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R125" r:id="rId_hyperlink_513" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S125" r:id="rId_hyperlink_514" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U125" r:id="rId_hyperlink_515" tooltip="Here" display="Here"/>
+    <hyperlink ref="D126" r:id="rId_hyperlink_516" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R126" r:id="rId_hyperlink_517" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S126" r:id="rId_hyperlink_518" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U126" r:id="rId_hyperlink_519" tooltip="Here" display="Here"/>
+    <hyperlink ref="C127" r:id="rId_hyperlink_520" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="D127" r:id="rId_hyperlink_521" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R127" r:id="rId_hyperlink_522" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S127" r:id="rId_hyperlink_523" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U127" r:id="rId_hyperlink_524" tooltip="Here" display="Here"/>
+    <hyperlink ref="C128" r:id="rId_hyperlink_525" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="D128" r:id="rId_hyperlink_526" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R128" r:id="rId_hyperlink_527" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S128" r:id="rId_hyperlink_528" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U128" r:id="rId_hyperlink_529" tooltip="Here" display="Here"/>
+    <hyperlink ref="C129" r:id="rId_hyperlink_530" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="D129" r:id="rId_hyperlink_531" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R129" r:id="rId_hyperlink_532" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S129" r:id="rId_hyperlink_533" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U129" r:id="rId_hyperlink_534" tooltip="Here" display="Here"/>
+    <hyperlink ref="C130" r:id="rId_hyperlink_535" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="D130" r:id="rId_hyperlink_536" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R130" r:id="rId_hyperlink_537" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S130" r:id="rId_hyperlink_538" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U130" r:id="rId_hyperlink_539" tooltip="Here" display="Here"/>
+    <hyperlink ref="C131" r:id="rId_hyperlink_540" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="D131" r:id="rId_hyperlink_541" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R131" r:id="rId_hyperlink_542" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S131" r:id="rId_hyperlink_543" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U131" r:id="rId_hyperlink_544" tooltip="Here" display="Here"/>
+    <hyperlink ref="D132" r:id="rId_hyperlink_545" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R132" r:id="rId_hyperlink_546" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S132" r:id="rId_hyperlink_547" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U132" r:id="rId_hyperlink_548" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>