--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="886">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="885">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Price incl. federal rebate, excl. installation (AUD RRP, incl. GST)</t>
   </si>
   <si>
     <t>In Depth Analysis</t>
   </si>
   <si>
     <t>Battery Type</t>
   </si>
   <si>
     <t>All-In-One Unit?</t>
   </si>
   <si>
     <t>Nominal Storage</t>
   </si>
   <si>
     <t>Usable Storage Capacity</t>
   </si>
   <si>
@@ -2443,53 +2443,50 @@
   </si>
   <si>
     <t>SolaX X3 30.7</t>
   </si>
   <si>
     <t>$14,100</t>
   </si>
   <si>
     <t>27.6 kWh</t>
   </si>
   <si>
     <t>340 kg</t>
   </si>
   <si>
     <t>730 × 1599 × 209.5 mm /
 730 × 1120.5 × 150 mm</t>
   </si>
   <si>
     <t>95,400</t>
   </si>
   <si>
     <t>Bluetti EP760 9.9</t>
   </si>
   <si>
     <t>$6,000</t>
-  </si>
-[...1 lines deleted...]
-    <t>Lithium-ion (LiFEPO4)</t>
   </si>
   <si>
     <t>9.92 kWh</t>
   </si>
   <si>
     <t>8.9 kWh</t>
   </si>
   <si>
     <t>160 kg</t>
   </si>
   <si>
     <t>636 x 325 x 1046 mm</t>
   </si>
   <si>
     <t>-20℃~50℃</t>
   </si>
   <si>
     <t>32,485</t>
   </si>
   <si>
     <t>FranklinWH aPower X-01-AU (13.6 kWh)</t>
   </si>
   <si>
     <t>$10,000 (including FranklinWH aGate)</t>
   </si>
@@ -3042,51 +3039,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-3-Datasheet-AU-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-Warranty-AU-NZ-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/IQ-Battery-5P-DS-EN-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/2024-06-25-Enphase-Energy-Limited-Warranty-IQ-Battery-5P-and-SC-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/enphase-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-home-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-home-battery-10K1PS0B-x2-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-energy-bank-battery-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-lynx-home-f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-3-Datasheet-AU-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-Warranty-AU-NZ-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/IQ-Battery-5P-DS-EN-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/2024-06-25-Enphase-Energy-Limited-Warranty-IQ-Battery-5P-and-SC-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/enphase-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-home-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-home-battery-10K1PS0B-x2-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-energy-bank-battery-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-lynx-home-f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ132"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39" customWidth="true" style="1"/>
     <col min="27" max="27" width="39" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="28" max="28" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="29" max="29" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="30" max="30" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="31" max="31" width="39" customWidth="true" style="1"/>
@@ -6940,52 +6937,52 @@
       </c>
       <c r="S56" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-energy-bank-battery-warranty-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T56" s="1" t="s">
         <v>159</v>
       </c>
       <c r="U56" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="57" spans="1:52">
       <c r="A57" s="1" t="s">
         <v>399</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C57" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/","Yes, overview here.")</f>
         <v>Yes, overview here.</v>
       </c>
       <c r="D57" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>389</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>400</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>400</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>401</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>402</v>
       </c>
       <c r="J57" s="1" t="s">
         <v>403</v>
       </c>
       <c r="K57" s="1" t="s">
         <v>404</v>
       </c>
       <c r="L57" s="1" t="s">
         <v>24</v>
       </c>
@@ -7010,52 +7007,52 @@
       </c>
       <c r="S57" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T57" s="1" t="s">
         <v>354</v>
       </c>
       <c r="U57" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="58" spans="1:52">
       <c r="A58" s="1" t="s">
         <v>407</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>408</v>
       </c>
       <c r="C58" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/","Yes, overview here.")</f>
         <v>Yes, overview here.</v>
       </c>
       <c r="D58" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>389</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>409</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>409</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>401</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>402</v>
       </c>
       <c r="J58" s="1" t="s">
         <v>410</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>411</v>
       </c>
       <c r="L58" s="1" t="s">
         <v>24</v>
       </c>
@@ -7080,52 +7077,52 @@
       </c>
       <c r="S58" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T58" s="1" t="s">
         <v>349</v>
       </c>
       <c r="U58" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="59" spans="1:52">
       <c r="A59" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>133</v>
       </c>
       <c r="C59" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/","Yes, overview here.")</f>
         <v>Yes, overview here.</v>
       </c>
       <c r="D59" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>389</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>414</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>414</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>401</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>402</v>
       </c>
       <c r="J59" s="1" t="s">
         <v>415</v>
       </c>
       <c r="K59" s="1" t="s">
         <v>416</v>
       </c>
       <c r="L59" s="1" t="s">
         <v>24</v>
       </c>
@@ -10464,52 +10461,52 @@
         <v>Yes</v>
       </c>
       <c r="S107" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T107" s="1" t="s">
         <v>586</v>
       </c>
       <c r="U107" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="108" spans="1:52">
       <c r="A108" s="1" t="s">
         <v>714</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>715</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D108" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>716</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>716</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>717</v>
       </c>
       <c r="J108" s="1" t="s">
         <v>718</v>
       </c>
       <c r="K108" s="1" t="s">
         <v>719</v>
       </c>
       <c r="L108" s="1" t="s">
         <v>24</v>
       </c>
@@ -10533,52 +10530,52 @@
         <v>Yes</v>
       </c>
       <c r="S108" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T108" s="1" t="s">
         <v>724</v>
       </c>
       <c r="U108" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="109" spans="1:52">
       <c r="A109" s="1" t="s">
         <v>725</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>704</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D109" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>726</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>726</v>
       </c>
       <c r="H109" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>727</v>
       </c>
       <c r="J109" s="1" t="s">
         <v>728</v>
       </c>
       <c r="K109" s="1" t="s">
         <v>729</v>
       </c>
       <c r="L109" s="1" t="s">
         <v>24</v>
       </c>
@@ -10602,52 +10599,52 @@
         <v>Yes</v>
       </c>
       <c r="S109" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T109" s="1" t="s">
         <v>731</v>
       </c>
       <c r="U109" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="110" spans="1:52">
       <c r="A110" s="1" t="s">
         <v>732</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>334</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D110" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>733</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>733</v>
       </c>
       <c r="H110" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>734</v>
       </c>
       <c r="J110" s="1" t="s">
         <v>735</v>
       </c>
       <c r="K110" s="1" t="s">
         <v>736</v>
       </c>
       <c r="L110" s="1" t="s">
         <v>24</v>
       </c>
@@ -10671,52 +10668,52 @@
         <v>Yes</v>
       </c>
       <c r="S110" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T110" s="1" t="s">
         <v>738</v>
       </c>
       <c r="U110" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="111" spans="1:52">
       <c r="A111" s="1" t="s">
         <v>739</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>740</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D111" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>741</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>741</v>
       </c>
       <c r="H111" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>742</v>
       </c>
       <c r="J111" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K111" s="1" t="s">
         <v>744</v>
       </c>
       <c r="L111" s="1" t="s">
         <v>24</v>
       </c>
@@ -10740,52 +10737,52 @@
         <v>Yes</v>
       </c>
       <c r="S111" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T111" s="1" t="s">
         <v>738</v>
       </c>
       <c r="U111" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="112" spans="1:52">
       <c r="A112" s="1" t="s">
         <v>746</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>310</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D112" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>747</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>747</v>
       </c>
       <c r="H112" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>748</v>
       </c>
       <c r="J112" s="1" t="s">
         <v>749</v>
       </c>
       <c r="K112" s="1" t="s">
         <v>750</v>
       </c>
       <c r="L112" s="1" t="s">
         <v>24</v>
       </c>
@@ -10809,52 +10806,52 @@
         <v>Yes</v>
       </c>
       <c r="S112" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T112" s="1" t="s">
         <v>738</v>
       </c>
       <c r="U112" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="113" spans="1:52">
       <c r="A113" s="1" t="s">
         <v>752</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D113" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>753</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>753</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>754</v>
       </c>
       <c r="J113" s="1" t="s">
         <v>755</v>
       </c>
       <c r="K113" s="1" t="s">
         <v>756</v>
       </c>
       <c r="L113" s="1" t="s">
         <v>24</v>
       </c>
@@ -10878,52 +10875,52 @@
         <v>Yes</v>
       </c>
       <c r="S113" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T113" s="1" t="s">
         <v>738</v>
       </c>
       <c r="U113" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="114" spans="1:52">
       <c r="A114" s="1" t="s">
         <v>758</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>759</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D114" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>760</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>760</v>
       </c>
       <c r="H114" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>761</v>
       </c>
       <c r="J114" s="1" t="s">
         <v>762</v>
       </c>
       <c r="K114" s="1" t="s">
         <v>763</v>
       </c>
       <c r="L114" s="1" t="s">
         <v>24</v>
       </c>
@@ -10947,52 +10944,52 @@
         <v>Yes</v>
       </c>
       <c r="S114" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T114" s="1" t="s">
         <v>765</v>
       </c>
       <c r="U114" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="115" spans="1:52">
       <c r="A115" s="1" t="s">
         <v>766</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>334</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D115" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>716</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>767</v>
       </c>
       <c r="H115" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>768</v>
       </c>
       <c r="J115" s="1" t="s">
         <v>769</v>
       </c>
       <c r="K115" s="1" t="s">
         <v>770</v>
       </c>
       <c r="L115" s="1" t="s">
         <v>24</v>
       </c>
@@ -11016,52 +11013,52 @@
         <v>Yes</v>
       </c>
       <c r="S115" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T115" s="1" t="s">
         <v>773</v>
       </c>
       <c r="U115" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="116" spans="1:52">
       <c r="A116" s="1" t="s">
         <v>774</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>310</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D116" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>726</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>775</v>
       </c>
       <c r="H116" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>768</v>
       </c>
       <c r="J116" s="1" t="s">
         <v>776</v>
       </c>
       <c r="K116" s="1" t="s">
         <v>777</v>
       </c>
       <c r="L116" s="1" t="s">
         <v>24</v>
       </c>
@@ -11085,52 +11082,52 @@
         <v>Yes</v>
       </c>
       <c r="S116" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T116" s="1" t="s">
         <v>773</v>
       </c>
       <c r="U116" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="117" spans="1:52">
       <c r="A117" s="1" t="s">
         <v>779</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>780</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D117" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>733</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>781</v>
       </c>
       <c r="H117" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>768</v>
       </c>
       <c r="J117" s="1" t="s">
         <v>782</v>
       </c>
       <c r="K117" s="1" t="s">
         <v>783</v>
       </c>
       <c r="L117" s="1" t="s">
         <v>24</v>
       </c>
@@ -11154,52 +11151,52 @@
         <v>Yes</v>
       </c>
       <c r="S117" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T117" s="1" t="s">
         <v>773</v>
       </c>
       <c r="U117" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="118" spans="1:52">
       <c r="A118" s="1" t="s">
         <v>785</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D118" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>716</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>767</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>786</v>
       </c>
       <c r="J118" s="1" t="s">
         <v>787</v>
       </c>
       <c r="K118" s="1" t="s">
         <v>788</v>
       </c>
       <c r="L118" s="1" t="s">
         <v>24</v>
       </c>
@@ -11223,52 +11220,52 @@
         <v>Yes</v>
       </c>
       <c r="S118" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T118" s="1" t="s">
         <v>172</v>
       </c>
       <c r="U118" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="119" spans="1:52">
       <c r="A119" s="1" t="s">
         <v>789</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>790</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D119" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>726</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>775</v>
       </c>
       <c r="H119" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>786</v>
       </c>
       <c r="J119" s="1" t="s">
         <v>791</v>
       </c>
       <c r="K119" s="1" t="s">
         <v>792</v>
       </c>
       <c r="L119" s="1" t="s">
         <v>24</v>
       </c>
@@ -11292,52 +11289,52 @@
         <v>Yes</v>
       </c>
       <c r="S119" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T119" s="1" t="s">
         <v>773</v>
       </c>
       <c r="U119" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="120" spans="1:52">
       <c r="A120" s="1" t="s">
         <v>793</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D120" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>733</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>781</v>
       </c>
       <c r="H120" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>786</v>
       </c>
       <c r="J120" s="1" t="s">
         <v>794</v>
       </c>
       <c r="K120" s="1" t="s">
         <v>795</v>
       </c>
       <c r="L120" s="1" t="s">
         <v>24</v>
       </c>
@@ -11361,52 +11358,52 @@
         <v>Yes</v>
       </c>
       <c r="S120" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T120" s="1" t="s">
         <v>169</v>
       </c>
       <c r="U120" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="121" spans="1:52">
       <c r="A121" s="1" t="s">
         <v>796</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>797</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D121" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>798</v>
       </c>
       <c r="H121" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>786</v>
       </c>
       <c r="J121" s="1" t="s">
         <v>583</v>
       </c>
       <c r="K121" s="1" t="s">
         <v>799</v>
       </c>
       <c r="L121" s="1" t="s">
         <v>24</v>
       </c>
@@ -11430,52 +11427,52 @@
         <v>Yes</v>
       </c>
       <c r="S121" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T121" s="1" t="s">
         <v>131</v>
       </c>
       <c r="U121" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="122" spans="1:52">
       <c r="A122" s="1" t="s">
         <v>801</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>802</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D122" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>747</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>803</v>
       </c>
       <c r="H122" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>786</v>
       </c>
       <c r="J122" s="1" t="s">
         <v>804</v>
       </c>
       <c r="K122" s="1" t="s">
         <v>805</v>
       </c>
       <c r="L122" s="1" t="s">
         <v>24</v>
       </c>
@@ -11499,708 +11496,709 @@
         <v>Yes</v>
       </c>
       <c r="S122" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T122" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U122" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="123" spans="1:52">
       <c r="A123" s="1" t="s">
         <v>807</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>808</v>
       </c>
       <c r="C123" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/","Here.")</f>
         <v>Here.</v>
       </c>
-      <c r="D123" s="1" t="s">
+      <c r="D123" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F123" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="E123" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F123" s="1" t="s">
+      <c r="G123" s="1" t="s">
         <v>810</v>
-      </c>
-[...1 lines deleted...]
-        <v>811</v>
       </c>
       <c r="H123" s="1" t="s">
         <v>378</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>301</v>
       </c>
       <c r="J123" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="K123" s="1" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
       <c r="L123" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M123" s="1" t="s">
         <v>240</v>
       </c>
       <c r="N123" s="1" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
       <c r="O123" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P123" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q123" s="1" t="s">
-        <v>815</v>
+        <v>814</v>
       </c>
       <c r="R123" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S123" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T123" s="1" t="s">
         <v>604</v>
       </c>
       <c r="U123" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="124" spans="1:52">
       <c r="A124" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="B124" s="1" t="s">
         <v>816</v>
-      </c>
-[...1 lines deleted...]
-        <v>817</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D124" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>246</v>
       </c>
       <c r="G124" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="H124" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="H124" s="1" t="s">
+      <c r="I124" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="I124" s="1" t="s">
+      <c r="J124" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="J124" s="1" t="s">
+      <c r="K124" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="K124" s="1" t="s">
+      <c r="L124" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="L124" s="1" t="s">
+      <c r="M124" s="1" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
       <c r="N124" s="1" t="s">
         <v>74</v>
       </c>
       <c r="O124" s="1" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="P124" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q124" s="1" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="R124" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S124" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T124" s="1" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
       <c r="U124" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="125" spans="1:52">
       <c r="A125" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="B125" s="1" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D125" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>86</v>
       </c>
       <c r="G125" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="J125" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="H125" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J125" s="1" t="s">
+      <c r="K125" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="K125" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L125" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="M125" s="1" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
       <c r="N125" s="1" t="s">
         <v>74</v>
       </c>
       <c r="O125" s="1" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="P125" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q125" s="1" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="R125" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S125" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T125" s="1" t="s">
         <v>631</v>
       </c>
       <c r="U125" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="126" spans="1:52">
       <c r="A126" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="B126" s="1" t="s">
         <v>835</v>
-      </c>
-[...1 lines deleted...]
-        <v>836</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D126" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="F126" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="G126" s="1" t="s">
+      <c r="H126" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="I126" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="J126" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="H126" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J126" s="1" t="s">
+      <c r="K126" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="K126" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L126" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="M126" s="1" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
       <c r="N126" s="1" t="s">
         <v>74</v>
       </c>
       <c r="O126" s="1" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="P126" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q126" s="1" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="R126" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S126" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T126" s="1" t="s">
         <v>631</v>
       </c>
       <c r="U126" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="127" spans="1:52">
       <c r="A127" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="B127" s="1" t="s">
         <v>842</v>
-      </c>
-[...1 lines deleted...]
-        <v>843</v>
       </c>
       <c r="C127" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
         <v>Yes, here.</v>
       </c>
       <c r="D127" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F127" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="G127" s="1" t="s">
+      <c r="H127" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="H127" s="1" t="s">
+      <c r="I127" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="I127" s="1" t="s">
+      <c r="J127" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="J127" s="1" t="s">
+      <c r="K127" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="K127" s="1" t="s">
+      <c r="L127" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="M127" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="L127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="M127" s="1" t="s">
+      <c r="N127" s="1" t="s">
         <v>850</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
       <c r="O127" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P127" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q127" s="1" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="R127" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S127" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T127" s="1" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="U127" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="128" spans="1:52">
       <c r="A128" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="B128" s="1" t="s">
         <v>854</v>
-      </c>
-[...1 lines deleted...]
-        <v>855</v>
       </c>
       <c r="C128" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
         <v>Yes, here.</v>
       </c>
       <c r="D128" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F128" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="G128" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="G128" s="1" t="s">
+      <c r="H128" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="J128" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="H128" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J128" s="1" t="s">
+      <c r="K128" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="K128" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L128" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M128" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="N128" s="1" t="s">
         <v>850</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
       <c r="O128" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P128" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q128" s="1" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="R128" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S128" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T128" s="1" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="U128" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="129" spans="1:52">
       <c r="A129" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B129" s="1" t="s">
         <v>861</v>
-      </c>
-[...1 lines deleted...]
-        <v>862</v>
       </c>
       <c r="C129" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
         <v>Yes, here.</v>
       </c>
       <c r="D129" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F129" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="G129" s="1" t="s">
+      <c r="H129" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="I129" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="J129" s="1" t="s">
         <v>864</v>
       </c>
-      <c r="H129" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J129" s="1" t="s">
+      <c r="K129" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="K129" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L129" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M129" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="N129" s="1" t="s">
         <v>850</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
       <c r="O129" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P129" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q129" s="1" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="R129" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S129" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T129" s="1" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="U129" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="130" spans="1:52">
       <c r="A130" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="B130" s="1" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
       <c r="C130" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
         <v>Yes, here.</v>
       </c>
       <c r="D130" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F130" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="G130" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="G130" s="1" t="s">
+      <c r="H130" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="I130" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="J130" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="H130" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J130" s="1" t="s">
+      <c r="K130" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="K130" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L130" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M130" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="N130" s="1" t="s">
         <v>850</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
       <c r="O130" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P130" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q130" s="1" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="R130" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S130" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T130" s="1" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="U130" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="131" spans="1:52">
       <c r="A131" s="1" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>790</v>
       </c>
       <c r="C131" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="D131" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>236</v>
       </c>
       <c r="H131" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="I131" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="I131" s="1" t="s">
+      <c r="J131" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="J131" s="1" t="s">
+      <c r="K131" s="1" t="s">
         <v>879</v>
-      </c>
-[...1 lines deleted...]
-        <v>880</v>
       </c>
       <c r="L131" s="1" t="s">
         <v>382</v>
       </c>
       <c r="M131" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="N131" s="1" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>882</v>
       </c>
       <c r="O131" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P131" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q131" s="1" t="s">
         <v>691</v>
       </c>
       <c r="R131" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S131" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T131" s="1" t="s">
         <v>297</v>
       </c>
       <c r="U131" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="132" spans="1:52">
       <c r="A132" s="1" t="s">
-        <v>883</v>
+        <v>882</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>351</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D132" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>716</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>390</v>
       </c>
       <c r="H132" s="1" t="s">
         <v>378</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J132" s="1" t="s">
         <v>451</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="L132" s="1" t="s">
         <v>382</v>
       </c>
       <c r="M132" s="1" t="s">
         <v>670</v>
       </c>
       <c r="N132" s="1" t="s">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="O132" s="1" t="s">
         <v>33</v>
       </c>
       <c r="P132" s="1" t="s">
         <v>112</v>
       </c>
       <c r="Q132" s="1" t="s">
         <v>398</v>
       </c>
       <c r="R132" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S132" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T132" s="1" t="s">
         <v>159</v>
       </c>
       <c r="U132" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html","Here")</f>
         <v>Here</v>
       </c>
@@ -12420,61 +12418,61 @@
     <hyperlink ref="R51" r:id="rId_hyperlink_210" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S51" r:id="rId_hyperlink_211" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U51" r:id="rId_hyperlink_212" tooltip="Here" display="Here"/>
     <hyperlink ref="D52" r:id="rId_hyperlink_213" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R52" r:id="rId_hyperlink_214" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S52" r:id="rId_hyperlink_215" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U52" r:id="rId_hyperlink_216" tooltip="Here" display="Here"/>
     <hyperlink ref="D53" r:id="rId_hyperlink_217" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R53" r:id="rId_hyperlink_218" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S53" r:id="rId_hyperlink_219" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U53" r:id="rId_hyperlink_220" tooltip="Here" display="Here"/>
     <hyperlink ref="D54" r:id="rId_hyperlink_221" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R54" r:id="rId_hyperlink_222" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S54" r:id="rId_hyperlink_223" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U54" r:id="rId_hyperlink_224" tooltip="Here" display="Here"/>
     <hyperlink ref="D55" r:id="rId_hyperlink_225" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R55" r:id="rId_hyperlink_226" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S55" r:id="rId_hyperlink_227" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U55" r:id="rId_hyperlink_228" tooltip="Here" display="Here"/>
     <hyperlink ref="C56" r:id="rId_hyperlink_229" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="D56" r:id="rId_hyperlink_230" tooltip="NMC" display="NMC"/>
     <hyperlink ref="R56" r:id="rId_hyperlink_231" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S56" r:id="rId_hyperlink_232" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U56" r:id="rId_hyperlink_233" tooltip="Here" display="Here"/>
     <hyperlink ref="C57" r:id="rId_hyperlink_234" tooltip="Yes, overview here." display="Yes, overview here."/>
-    <hyperlink ref="D57" r:id="rId_hyperlink_235" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D57" r:id="rId_hyperlink_235" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R57" r:id="rId_hyperlink_236" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S57" r:id="rId_hyperlink_237" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U57" r:id="rId_hyperlink_238" tooltip="Here" display="Here"/>
     <hyperlink ref="C58" r:id="rId_hyperlink_239" tooltip="Yes, overview here." display="Yes, overview here."/>
-    <hyperlink ref="D58" r:id="rId_hyperlink_240" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D58" r:id="rId_hyperlink_240" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R58" r:id="rId_hyperlink_241" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S58" r:id="rId_hyperlink_242" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U58" r:id="rId_hyperlink_243" tooltip="Here" display="Here"/>
     <hyperlink ref="C59" r:id="rId_hyperlink_244" tooltip="Yes, overview here." display="Yes, overview here."/>
-    <hyperlink ref="D59" r:id="rId_hyperlink_245" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D59" r:id="rId_hyperlink_245" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R59" r:id="rId_hyperlink_246" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S59" r:id="rId_hyperlink_247" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U59" r:id="rId_hyperlink_248" tooltip="Here" display="Here"/>
     <hyperlink ref="D60" r:id="rId_hyperlink_249" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R60" r:id="rId_hyperlink_250" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S60" r:id="rId_hyperlink_251" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U60" r:id="rId_hyperlink_252" tooltip="Here" display="Here"/>
     <hyperlink ref="D61" r:id="rId_hyperlink_253" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R61" r:id="rId_hyperlink_254" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S61" r:id="rId_hyperlink_255" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U61" r:id="rId_hyperlink_256" tooltip="Here" display="Here"/>
     <hyperlink ref="D62" r:id="rId_hyperlink_257" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R62" r:id="rId_hyperlink_258" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S62" r:id="rId_hyperlink_259" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U62" r:id="rId_hyperlink_260" tooltip="Here" display="Here"/>
     <hyperlink ref="D63" r:id="rId_hyperlink_261" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R63" r:id="rId_hyperlink_262" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S63" r:id="rId_hyperlink_263" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U63" r:id="rId_hyperlink_264" tooltip="Here" display="Here"/>
     <hyperlink ref="D64" r:id="rId_hyperlink_265" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R64" r:id="rId_hyperlink_266" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S64" r:id="rId_hyperlink_267" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U64" r:id="rId_hyperlink_268" tooltip="Here" display="Here"/>
     <hyperlink ref="D65" r:id="rId_hyperlink_269" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R65" r:id="rId_hyperlink_270" tooltip="Yes" display="Yes"/>
@@ -12629,155 +12627,156 @@
     <hyperlink ref="U101" r:id="rId_hyperlink_419" tooltip="Here" display="Here"/>
     <hyperlink ref="D102" r:id="rId_hyperlink_420" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R102" r:id="rId_hyperlink_421" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S102" r:id="rId_hyperlink_422" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U102" r:id="rId_hyperlink_423" tooltip="Here" display="Here"/>
     <hyperlink ref="D103" r:id="rId_hyperlink_424" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R103" r:id="rId_hyperlink_425" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S103" r:id="rId_hyperlink_426" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U103" r:id="rId_hyperlink_427" tooltip="Here" display="Here"/>
     <hyperlink ref="D104" r:id="rId_hyperlink_428" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R104" r:id="rId_hyperlink_429" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S104" r:id="rId_hyperlink_430" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U104" r:id="rId_hyperlink_431" tooltip="Here" display="Here"/>
     <hyperlink ref="D105" r:id="rId_hyperlink_432" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R105" r:id="rId_hyperlink_433" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S105" r:id="rId_hyperlink_434" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U105" r:id="rId_hyperlink_435" tooltip="Here" display="Here"/>
     <hyperlink ref="D106" r:id="rId_hyperlink_436" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R106" r:id="rId_hyperlink_437" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S106" r:id="rId_hyperlink_438" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U106" r:id="rId_hyperlink_439" tooltip="Here" display="Here"/>
     <hyperlink ref="D107" r:id="rId_hyperlink_440" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R107" r:id="rId_hyperlink_441" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S107" r:id="rId_hyperlink_442" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U107" r:id="rId_hyperlink_443" tooltip="Here" display="Here"/>
-    <hyperlink ref="D108" r:id="rId_hyperlink_444" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D108" r:id="rId_hyperlink_444" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R108" r:id="rId_hyperlink_445" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S108" r:id="rId_hyperlink_446" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U108" r:id="rId_hyperlink_447" tooltip="Here" display="Here"/>
-    <hyperlink ref="D109" r:id="rId_hyperlink_448" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D109" r:id="rId_hyperlink_448" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R109" r:id="rId_hyperlink_449" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S109" r:id="rId_hyperlink_450" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U109" r:id="rId_hyperlink_451" tooltip="Here" display="Here"/>
-    <hyperlink ref="D110" r:id="rId_hyperlink_452" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D110" r:id="rId_hyperlink_452" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R110" r:id="rId_hyperlink_453" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S110" r:id="rId_hyperlink_454" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U110" r:id="rId_hyperlink_455" tooltip="Here" display="Here"/>
-    <hyperlink ref="D111" r:id="rId_hyperlink_456" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D111" r:id="rId_hyperlink_456" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R111" r:id="rId_hyperlink_457" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S111" r:id="rId_hyperlink_458" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U111" r:id="rId_hyperlink_459" tooltip="Here" display="Here"/>
-    <hyperlink ref="D112" r:id="rId_hyperlink_460" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D112" r:id="rId_hyperlink_460" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R112" r:id="rId_hyperlink_461" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S112" r:id="rId_hyperlink_462" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U112" r:id="rId_hyperlink_463" tooltip="Here" display="Here"/>
-    <hyperlink ref="D113" r:id="rId_hyperlink_464" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D113" r:id="rId_hyperlink_464" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R113" r:id="rId_hyperlink_465" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S113" r:id="rId_hyperlink_466" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U113" r:id="rId_hyperlink_467" tooltip="Here" display="Here"/>
-    <hyperlink ref="D114" r:id="rId_hyperlink_468" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D114" r:id="rId_hyperlink_468" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R114" r:id="rId_hyperlink_469" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S114" r:id="rId_hyperlink_470" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U114" r:id="rId_hyperlink_471" tooltip="Here" display="Here"/>
-    <hyperlink ref="D115" r:id="rId_hyperlink_472" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D115" r:id="rId_hyperlink_472" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R115" r:id="rId_hyperlink_473" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S115" r:id="rId_hyperlink_474" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U115" r:id="rId_hyperlink_475" tooltip="Here" display="Here"/>
-    <hyperlink ref="D116" r:id="rId_hyperlink_476" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D116" r:id="rId_hyperlink_476" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R116" r:id="rId_hyperlink_477" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S116" r:id="rId_hyperlink_478" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U116" r:id="rId_hyperlink_479" tooltip="Here" display="Here"/>
-    <hyperlink ref="D117" r:id="rId_hyperlink_480" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D117" r:id="rId_hyperlink_480" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R117" r:id="rId_hyperlink_481" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S117" r:id="rId_hyperlink_482" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U117" r:id="rId_hyperlink_483" tooltip="Here" display="Here"/>
-    <hyperlink ref="D118" r:id="rId_hyperlink_484" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D118" r:id="rId_hyperlink_484" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R118" r:id="rId_hyperlink_485" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S118" r:id="rId_hyperlink_486" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U118" r:id="rId_hyperlink_487" tooltip="Here" display="Here"/>
-    <hyperlink ref="D119" r:id="rId_hyperlink_488" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D119" r:id="rId_hyperlink_488" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R119" r:id="rId_hyperlink_489" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S119" r:id="rId_hyperlink_490" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U119" r:id="rId_hyperlink_491" tooltip="Here" display="Here"/>
-    <hyperlink ref="D120" r:id="rId_hyperlink_492" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D120" r:id="rId_hyperlink_492" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R120" r:id="rId_hyperlink_493" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S120" r:id="rId_hyperlink_494" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U120" r:id="rId_hyperlink_495" tooltip="Here" display="Here"/>
-    <hyperlink ref="D121" r:id="rId_hyperlink_496" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D121" r:id="rId_hyperlink_496" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R121" r:id="rId_hyperlink_497" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S121" r:id="rId_hyperlink_498" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U121" r:id="rId_hyperlink_499" tooltip="Here" display="Here"/>
-    <hyperlink ref="D122" r:id="rId_hyperlink_500" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="D122" r:id="rId_hyperlink_500" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R122" r:id="rId_hyperlink_501" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S122" r:id="rId_hyperlink_502" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U122" r:id="rId_hyperlink_503" tooltip="Here" display="Here"/>
     <hyperlink ref="C123" r:id="rId_hyperlink_504" tooltip="Here." display="Here."/>
-    <hyperlink ref="R123" r:id="rId_hyperlink_505" tooltip="Yes" display="Yes"/>
-[...42 lines deleted...]
-    <hyperlink ref="U132" r:id="rId_hyperlink_548" tooltip="Here" display="Here"/>
+    <hyperlink ref="D123" r:id="rId_hyperlink_505" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R123" r:id="rId_hyperlink_506" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S123" r:id="rId_hyperlink_507" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U123" r:id="rId_hyperlink_508" tooltip="Here" display="Here"/>
+    <hyperlink ref="D124" r:id="rId_hyperlink_509" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R124" r:id="rId_hyperlink_510" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S124" r:id="rId_hyperlink_511" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U124" r:id="rId_hyperlink_512" tooltip="Here" display="Here"/>
+    <hyperlink ref="D125" r:id="rId_hyperlink_513" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R125" r:id="rId_hyperlink_514" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S125" r:id="rId_hyperlink_515" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U125" r:id="rId_hyperlink_516" tooltip="Here" display="Here"/>
+    <hyperlink ref="D126" r:id="rId_hyperlink_517" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R126" r:id="rId_hyperlink_518" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S126" r:id="rId_hyperlink_519" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U126" r:id="rId_hyperlink_520" tooltip="Here" display="Here"/>
+    <hyperlink ref="C127" r:id="rId_hyperlink_521" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="D127" r:id="rId_hyperlink_522" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R127" r:id="rId_hyperlink_523" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S127" r:id="rId_hyperlink_524" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U127" r:id="rId_hyperlink_525" tooltip="Here" display="Here"/>
+    <hyperlink ref="C128" r:id="rId_hyperlink_526" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="D128" r:id="rId_hyperlink_527" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R128" r:id="rId_hyperlink_528" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S128" r:id="rId_hyperlink_529" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U128" r:id="rId_hyperlink_530" tooltip="Here" display="Here"/>
+    <hyperlink ref="C129" r:id="rId_hyperlink_531" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="D129" r:id="rId_hyperlink_532" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R129" r:id="rId_hyperlink_533" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S129" r:id="rId_hyperlink_534" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U129" r:id="rId_hyperlink_535" tooltip="Here" display="Here"/>
+    <hyperlink ref="C130" r:id="rId_hyperlink_536" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="D130" r:id="rId_hyperlink_537" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R130" r:id="rId_hyperlink_538" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S130" r:id="rId_hyperlink_539" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U130" r:id="rId_hyperlink_540" tooltip="Here" display="Here"/>
+    <hyperlink ref="C131" r:id="rId_hyperlink_541" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="D131" r:id="rId_hyperlink_542" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R131" r:id="rId_hyperlink_543" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S131" r:id="rId_hyperlink_544" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U131" r:id="rId_hyperlink_545" tooltip="Here" display="Here"/>
+    <hyperlink ref="D132" r:id="rId_hyperlink_546" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R132" r:id="rId_hyperlink_547" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S132" r:id="rId_hyperlink_548" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U132" r:id="rId_hyperlink_549" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>