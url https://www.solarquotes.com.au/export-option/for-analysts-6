--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>VPP Provider</t>
   </si>
   <si>
     <t>Batteries approved for use</t>
   </si>
   <si>
     <t>VPP subsidy</t>
   </si>
   <si>
     <t>Eligibility requirements</t>
   </si>
   <si>
     <t>Number of places in program</t>
   </si>
   <si>
     <t>Feed-in/usage tariffs offered</t>
   </si>
   <si>
     <t>Minimum energy storage capacity reserved for homeowner</t>
   </si>
   <si>
@@ -166,68 +166,50 @@
   <si>
     <t>Tesla Energy Plan/Energy Locals</t>
   </si>
   <si>
     <t>Tesla Powerwall only</t>
   </si>
   <si>
     <t>$220 "grid support credits" earned annually</t>
   </si>
   <si>
     <t>Residents of South Australia, Victoria, New South Wales, South East Queensland (Energex Network) and the Australian Capital Territory. PV system less than 15kW and no zero export restrictions in place.</t>
   </si>
   <si>
     <t>Up to 50,000 planned</t>
   </si>
   <si>
     <t>Feed in rates vary by state:
 NSW: 4.9c/kWh 
 VIC: 4.9c/kWh 
 QLD: 5c/kWh
 SA: 5c/kWh
 ACT: 3c/kWh</t>
   </si>
   <si>
     <t>20% battery energy reserved for use by homeowner; max 50 discharge cycles per year</t>
-  </si>
-[...16 lines deleted...]
-    <t>20% battery energy reserved for use by homeowner.</t>
   </si>
   <si>
     <t>Synergy Battery Rewards</t>
   </si>
   <si>
     <t>$130/kWh of storage, up to $1,300 (as part of WA's state battery rebate scheme)</t>
   </si>
   <si>
     <t>Homes in Synergy's network (south-west WA)</t>
   </si>
   <si>
     <t>70c per kWh exported during peak periods.</t>
   </si>
   <si>
     <t>ShineHub</t>
   </si>
   <si>
     <t>Hinen</t>
   </si>
   <si>
     <t>$2,000 off a battery</t>
   </si>
   <si>
     <t>Residents of SA, VIC, NSW, and QLD.</t>
   </si>
@@ -775,59 +757,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://originenergy.com.au/solar/panels-batteries/virtual-power-plant/byo/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.powershop.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solarhub.net.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/panels-batteries/virtual-power-plant/byo/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solarhub.net.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AZ19"/>
+  <dimension ref="A1:AZ18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39" customWidth="true" style="1"/>
     <col min="27" max="27" width="39" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="28" max="28" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="29" max="29" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="30" max="30" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="31" max="31" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="32" max="32" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="33" max="33" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="34" max="34" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="35" max="35" width="39" customWidth="true" style="1"/>
@@ -951,51 +933,51 @@
         <v>18</v>
       </c>
       <c r="C4" s="2" t="str">
         <f>HYPERLINK("https://mactradeservices.com.au/south-australia/virtual-power-plant","SA")</f>
         <v>SA</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="2" t="str">
-        <f>HYPERLINK("http://originenergy.com.au/solar/panels-batteries/virtual-power-plant/byo/","Here")</f>
+        <f>HYPERLINK("https://www.originenergy.com.au/solar/panels-batteries/virtual-power-plant/byo/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="5" spans="1:52">
       <c r="A5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>29</v>
       </c>
@@ -1059,465 +1041,431 @@
       <c r="E7" s="1" t="s">
         <v>43</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>45</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="2" t="str">
         <f>HYPERLINK("https://save.energylocals.com.au/TeslaEnergyPlan-TOU/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="8" spans="1:52">
       <c r="A8" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="E8" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="G8" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F8" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H8" s="1" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="J8" s="2" t="str">
-        <f>HYPERLINK("https://www.powershop.com.au/virtual-power-plant/","Here")</f>
+        <f>HYPERLINK("https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="9" spans="1:52">
       <c r="A9" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="G9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="J9" s="2" t="str">
-        <f>HYPERLINK("https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards","Here")</f>
+        <f>HYPERLINK("https://shinehub.com.au/virtual-power-plant/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="10" spans="1:52">
       <c r="A10" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="J10" s="2" t="str">
-        <f>HYPERLINK("https://shinehub.com.au/virtual-power-plant/","Here")</f>
+        <f>HYPERLINK("https://diamondenergy.com.au/diamond-energy-vpp/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="11" spans="1:52">
       <c r="A11" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>69</v>
+      </c>
+      <c r="E11" s="1">
+        <v>650</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>70</v>
+        <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="J11" s="2" t="str">
-        <f>HYPERLINK("https://diamondenergy.com.au/diamond-energy-vpp/","Here")</f>
+        <f>HYPERLINK("https://solarhub.net.au/virtual-power-plant/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="12" spans="1:52">
       <c r="A12" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="E12" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="J12" s="2" t="str">
-        <f>HYPERLINK("https://solarhub.net.au/virtual-power-plant/","Here")</f>
+        <f>HYPERLINK("https://www.globirdenergy.com.au/help-support/faq-vpp/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="13" spans="1:52">
       <c r="A13" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="D13" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="E13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F13" s="1" t="s">
+      <c r="G13" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="G13" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J13" s="2" t="str">
-        <f>HYPERLINK("https://www.globirdenergy.com.au/help-support/faq-vpp/","Here")</f>
+        <f>HYPERLINK("https://repositpower.com/no-bill/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="14" spans="1:52">
       <c r="A14" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>27</v>
+        <v>86</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>62</v>
+        <v>87</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>87</v>
       </c>
       <c r="J14" s="2" t="str">
-        <f>HYPERLINK("https://repositpower.com/no-bill/","Here")</f>
+        <f>HYPERLINK("https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="15" spans="1:52">
       <c r="A15" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="G15" s="1" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>93</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J15" s="2" t="str">
-        <f>HYPERLINK("https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant","Here")</f>
+        <f>HYPERLINK("https://www.plicoenergy.com.au/plicovpp","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="16" spans="1:52">
       <c r="A16" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>54</v>
+        <v>98</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J16" s="2" t="str">
-        <f>HYPERLINK("https://www.plicoenergy.com.au/plicovpp","Here")</f>
+        <f>HYPERLINK("https://www.lavo.com.au/lavo-life/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="17" spans="1:52">
       <c r="A17" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>105</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>106</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J17" s="2" t="str">
-        <f>HYPERLINK("https://www.lavo.com.au/lavo-life/","Here")</f>
+        <f>HYPERLINK("https://nrn.com.au/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="18" spans="1:52">
       <c r="A18" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>109</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>112</v>
+        <v>64</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>113</v>
+        <v>30</v>
       </c>
       <c r="J18" s="2" t="str">
-        <f>HYPERLINK("https://nrn.com.au/","Here")</f>
-[...31 lines deleted...]
-      <c r="J19" s="2" t="str">
         <f>HYPERLINK("https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2" tooltip="Full list here" display="Full list here"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_3" tooltip="SA" display="SA"/>
     <hyperlink ref="J3" r:id="rId_hyperlink_4" tooltip="Here" display="Here"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_5" tooltip="SA" display="SA"/>
     <hyperlink ref="J4" r:id="rId_hyperlink_6" tooltip="Here" display="Here"/>
     <hyperlink ref="J5" r:id="rId_hyperlink_7" tooltip="Here" display="Here"/>
     <hyperlink ref="J6" r:id="rId_hyperlink_8" tooltip="Here" display="Here"/>
     <hyperlink ref="J7" r:id="rId_hyperlink_9" tooltip="Here" display="Here"/>
     <hyperlink ref="J8" r:id="rId_hyperlink_10" tooltip="Here" display="Here"/>
     <hyperlink ref="J9" r:id="rId_hyperlink_11" tooltip="Here" display="Here"/>
     <hyperlink ref="J10" r:id="rId_hyperlink_12" tooltip="Here" display="Here"/>
     <hyperlink ref="J11" r:id="rId_hyperlink_13" tooltip="Here" display="Here"/>
     <hyperlink ref="J12" r:id="rId_hyperlink_14" tooltip="Here" display="Here"/>
     <hyperlink ref="J13" r:id="rId_hyperlink_15" tooltip="Here" display="Here"/>
     <hyperlink ref="J14" r:id="rId_hyperlink_16" tooltip="Here" display="Here"/>
     <hyperlink ref="J15" r:id="rId_hyperlink_17" tooltip="Here" display="Here"/>
     <hyperlink ref="J16" r:id="rId_hyperlink_18" tooltip="Here" display="Here"/>
     <hyperlink ref="J17" r:id="rId_hyperlink_19" tooltip="Here" display="Here"/>
     <hyperlink ref="J18" r:id="rId_hyperlink_20" tooltip="Here" display="Here"/>
-    <hyperlink ref="J19" r:id="rId_hyperlink_21" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>