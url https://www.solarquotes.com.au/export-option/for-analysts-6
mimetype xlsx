--- v1 (2025-11-01)
+++ v2 (2026-01-01)
@@ -70,54 +70,54 @@
   </si>
   <si>
     <t>Amber for batteries</t>
   </si>
   <si>
     <t>Located in the NEM in:
 SA
 NSW
 VIC
 ACT
 QLD (Energex region)</t>
   </si>
   <si>
     <t>Uncapped</t>
   </si>
   <si>
     <t>Wholesale electricity rates - can be anywhere from negative electricity prices to up to $21/kWh</t>
   </si>
   <si>
     <t>Set by homeowner</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
-    <t>Origin Loop Virtual Power Plant</t>
-[...2 lines deleted...]
-    <t>Sungrow, Tesla, AlphaESS, Sigenergy, GoodWe, SolaX, Eveready, HIVE, Goanna, LG Chem, GivEnergy</t>
+    <t>Origin Battery Lite</t>
+  </si>
+  <si>
+    <t>Sungrow, Tesla, AlphaESS, Sigenergy, GoodWe, SolaX, Eveready, HIVE, Goanna, LG Chem, GivEnergy, ESY Sunhome</t>
   </si>
   <si>
     <t xml:space="preserve">VIC, SA, NSW, ACT, QLD via installer partner network or BYO with existing compatible batteries. 5kWh eligible battery, 5kW solar, reliable internet connection
 </t>
   </si>
   <si>
     <t>Variable - any Origin Energy Plan. Origin offers exclusive offers to SolarQuotes customers - ask your installer for more details.</t>
   </si>
   <si>
     <t xml:space="preserve">200kWh maximum usage by Origin for the year. For Tesla Powerwalls, Origin leaves a minimum 20% of your battery for you to use.  For other batteries, whilst it is theoretically possible to fully discharge your battery, this would only happen very rarely.
 </t>
   </si>
   <si>
     <t>No lock-in contract</t>
   </si>
   <si>
     <t>AGL Bring Your Own Battery</t>
   </si>
   <si>
     <t>Tesla, LG, SolarEdge</t>
   </si>
   <si>
     <t>$100 bill credit sign-on bonus. $180 bill credit per year for NSW, QLD and VIC. $280 bill credit per year for SA.</t>
   </si>
   <si>
@@ -757,51 +757,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/panels-batteries/virtual-power-plant/byo/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solarhub.net.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/battery-plans/lite/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solarhub.net.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39" customWidth="true" style="1"/>
     <col min="27" max="27" width="39" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="28" max="28" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="29" max="29" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="30" max="30" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="31" max="31" width="39" customWidth="true" style="1"/>
@@ -933,51 +933,51 @@
         <v>18</v>
       </c>
       <c r="C4" s="2" t="str">
         <f>HYPERLINK("https://mactradeservices.com.au/south-australia/virtual-power-plant","SA")</f>
         <v>SA</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="2" t="str">
-        <f>HYPERLINK("https://www.originenergy.com.au/solar/panels-batteries/virtual-power-plant/byo/","Here")</f>
+        <f>HYPERLINK("https://www.originenergy.com.au/solar/battery-plans/lite/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="5" spans="1:52">
       <c r="A5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>29</v>
       </c>