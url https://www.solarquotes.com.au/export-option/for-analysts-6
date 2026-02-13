--- v2 (2026-01-01)
+++ v3 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>VPP Provider</t>
   </si>
   <si>
     <t>Batteries approved for use</t>
   </si>
   <si>
     <t>VPP subsidy</t>
   </si>
   <si>
     <t>Eligibility requirements</t>
   </si>
   <si>
     <t>Number of places in program</t>
   </si>
   <si>
     <t>Feed-in/usage tariffs offered</t>
   </si>
   <si>
     <t>Minimum energy storage capacity reserved for homeowner</t>
   </si>
   <si>
@@ -73,117 +73,115 @@
   </si>
   <si>
     <t>Located in the NEM in:
 SA
 NSW
 VIC
 ACT
 QLD (Energex region)</t>
   </si>
   <si>
     <t>Uncapped</t>
   </si>
   <si>
     <t>Wholesale electricity rates - can be anywhere from negative electricity prices to up to $21/kWh</t>
   </si>
   <si>
     <t>Set by homeowner</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
     <t>Origin Battery Lite</t>
   </si>
   <si>
-    <t>Sungrow, Tesla, AlphaESS, Sigenergy, GoodWe, SolaX, Eveready, HIVE, Goanna, LG Chem, GivEnergy, ESY Sunhome</t>
+    <t>Sungrow, Tesla, AlphaESS, Sigenergy, GoodWe, FoxESS, FranklinWH, SolaX, Eveready, HIVE, Goanna, LG Chem, GivEnergy, ESY Sunhome</t>
   </si>
   <si>
     <t xml:space="preserve">VIC, SA, NSW, ACT, QLD via installer partner network or BYO with existing compatible batteries. 5kWh eligible battery, 5kW solar, reliable internet connection
 </t>
   </si>
   <si>
     <t>Variable - any Origin Energy Plan. Origin offers exclusive offers to SolarQuotes customers - ask your installer for more details.</t>
   </si>
   <si>
     <t xml:space="preserve">200kWh maximum usage by Origin for the year. For Tesla Powerwalls, Origin leaves a minimum 20% of your battery for you to use.  For other batteries, whilst it is theoretically possible to fully discharge your battery, this would only happen very rarely.
 </t>
   </si>
   <si>
     <t>No lock-in contract</t>
   </si>
   <si>
     <t>AGL Bring Your Own Battery</t>
   </si>
   <si>
     <t>Tesla, LG, SolarEdge</t>
   </si>
   <si>
     <t>$100 bill credit sign-on bonus. $180 bill credit per year for NSW, QLD and VIC. $280 bill credit per year for SA.</t>
   </si>
   <si>
     <t>AGL customers in NSW, QLD, SA and VIC only</t>
   </si>
   <si>
     <t>TBD</t>
   </si>
   <si>
     <t>No VPP-specific tariffs offered - you simply use your existing plan with AGL.</t>
   </si>
   <si>
     <t>Powerwall: 20% capacity. LG Chem: Varies based on inverter settings. Others TBD</t>
   </si>
   <si>
     <t>$0</t>
   </si>
   <si>
     <t>ENGIE VPP Advantage</t>
   </si>
   <si>
-    <t>Alpha, Sungrow, Sigenergy, Empower, Tesla Powerwall 2 and Powerwall 3</t>
+    <t>AlphaESS, Sungrow, Sigenergy, Empower, Tesla Powerwall 2 and Powerwall 3</t>
   </si>
   <si>
     <t>$200 upfront + $20 monthly credit (SA/NSW/QLD)
 $100 upfront + $15 monthly credit (VIC)</t>
   </si>
   <si>
-    <t>Retailer must be ENGIE
+    <t xml:space="preserve">Retailer must be ENGIE
 · SA, VIC, NSW and QLD residents
-· Customer must have min. 3kWp PV system, max 10kWp
-· Customer must have had their battery installed within 30 days of signing up, through a ENGIE partner installer</t>
+Customer must have min. 5kW PV system, max 10kW
+</t>
   </si>
   <si>
     <t>Standard feed-in tariffs</t>
   </si>
   <si>
-    <t>20% capacity</t>
+    <t>For Tesla Powerwalls, ENGIE keeps at least 20% of your battery in reserve.
+For other battery brands and models, their VPP can technically use the full battery. However, in practice, your battery would only ever reach zero in very rare circumstances.</t>
   </si>
   <si>
     <t>Ongoing</t>
-  </si>
-[...1 lines deleted...]
-    <t>$0 (clawback applicable on the credit, pro rata over 5 years)</t>
   </si>
   <si>
     <t>Tesla Energy Plan/Energy Locals</t>
   </si>
   <si>
     <t>Tesla Powerwall only</t>
   </si>
   <si>
     <t>$220 "grid support credits" earned annually</t>
   </si>
   <si>
     <t>Residents of South Australia, Victoria, New South Wales, South East Queensland (Energex Network) and the Australian Capital Territory. PV system less than 15kW and no zero export restrictions in place.</t>
   </si>
   <si>
     <t>Up to 50,000 planned</t>
   </si>
   <si>
     <t>Feed in rates vary by state:
 NSW: 4.9c/kWh 
 VIC: 4.9c/kWh 
 QLD: 5c/kWh
 SA: 5c/kWh
 ACT: 3c/kWh</t>
   </si>
   <si>
@@ -237,68 +235,50 @@
   <si>
     <t>Up to $450 per year.
 Automatic credit added to
 monthly Diamond Energy bill.</t>
   </si>
   <si>
     <t xml:space="preserve">Residential households in NSW,
 SA, VIC and QLD (Energex only).
 </t>
   </si>
   <si>
     <t>30c/kWh Battery usage credit
 between 6pm to 8am.
 Diamond Energy’s best
 available market plan.</t>
   </si>
   <si>
     <t>No specified reserve.</t>
   </si>
   <si>
     <t>No lock-in contract.
 Opt-in and out at any time.</t>
   </si>
   <si>
     <t>None.</t>
-  </si>
-[...16 lines deleted...]
-    <t>No minimum reserved for the household.</t>
   </si>
   <si>
     <t>Globird ZEROHERO</t>
   </si>
   <si>
     <t>AlphaESS, Redback, SunGrow, SolaX, Sigenergy, SAJ, Solis_Dyeness, Ecactus</t>
   </si>
   <si>
     <t>Located in NSW, SA, QLD (Energex) or VIC. Solar PV capacity 3-15kW</t>
   </si>
   <si>
     <t>Free battery charging from grid between 11 AM – 2 PM
 $1 daily credit by avoiding grid usage between 6 PM – 8 PM
 15c/kWh for first 10 kWh/day exported between 6 PM – 8 PM
 If you also have an approved battery: $1/kWh on exports or 5c/kWh on imports during wholesale price spikes.</t>
   </si>
   <si>
     <t>Reposit No bill</t>
   </si>
   <si>
     <t>SolaX Triple Power</t>
   </si>
   <si>
     <t>Guaranteed 'no bill' for 7 years.</t>
   </si>
@@ -757,59 +737,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/battery-plans/lite/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solarhub.net.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/battery-plans/lite/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AZ18"/>
+  <dimension ref="A1:AZ17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39" customWidth="true" style="1"/>
     <col min="27" max="27" width="39" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="28" max="28" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="29" max="29" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="30" max="30" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="31" max="31" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="32" max="32" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="33" max="33" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="34" max="34" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="35" max="35" width="39" customWidth="true" style="1"/>
@@ -996,476 +976,442 @@
       <c r="A6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="J6" s="2" t="str">
         <f>HYPERLINK("https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="7" spans="1:52">
       <c r="A7" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="F7" s="1" t="s">
+      <c r="G7" s="1" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="2" t="str">
         <f>HYPERLINK("https://save.energylocals.com.au/TeslaEnergyPlan-TOU/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="8" spans="1:52">
       <c r="A8" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="2" t="str">
         <f>HYPERLINK("https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="9" spans="1:52">
       <c r="A9" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="G9" s="1" t="s">
+      <c r="H9" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="H9" s="1" t="s">
+      <c r="I9" s="1" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="J9" s="2" t="str">
         <f>HYPERLINK("https://shinehub.com.au/virtual-power-plant/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="10" spans="1:52">
       <c r="A10" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="G10" s="1" t="s">
+      <c r="H10" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="H10" s="1" t="s">
+      <c r="I10" s="1" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="J10" s="2" t="str">
         <f>HYPERLINK("https://diamondenergy.com.au/diamond-energy-vpp/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="11" spans="1:52">
       <c r="A11" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="E11" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="J11" s="2" t="str">
-        <f>HYPERLINK("https://solarhub.net.au/virtual-power-plant/","Here")</f>
+        <f>HYPERLINK("https://www.globirdenergy.com.au/help-support/faq-vpp/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="12" spans="1:52">
       <c r="A12" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="E12" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="1" t="s">
+      <c r="G12" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J12" s="2" t="str">
-        <f>HYPERLINK("https://www.globirdenergy.com.au/help-support/faq-vpp/","Here")</f>
+        <f>HYPERLINK("https://repositpower.com/no-bill/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="13" spans="1:52">
       <c r="A13" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="1" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>80</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J13" s="2" t="str">
-        <f>HYPERLINK("https://repositpower.com/no-bill/","Here")</f>
+        <f>HYPERLINK("https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="14" spans="1:52">
       <c r="A14" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="G14" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="H14" s="1" t="s">
         <v>86</v>
-      </c>
-[...7 lines deleted...]
-        <v>87</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>87</v>
       </c>
       <c r="J14" s="2" t="str">
-        <f>HYPERLINK("https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant","Here")</f>
+        <f>HYPERLINK("https://www.plicoenergy.com.au/plicovpp","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="15" spans="1:52">
       <c r="A15" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>48</v>
+        <v>91</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>92</v>
+        <v>62</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>93</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>94</v>
       </c>
       <c r="J15" s="2" t="str">
-        <f>HYPERLINK("https://www.plicoenergy.com.au/plicovpp","Here")</f>
+        <f>HYPERLINK("https://www.lavo.com.au/lavo-life/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="16" spans="1:52">
       <c r="A16" s="1" t="s">
         <v>95</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H16" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="G16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H16" s="1" t="s">
+      <c r="I16" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="I16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J16" s="2" t="str">
-        <f>HYPERLINK("https://www.lavo.com.au/lavo-life/","Here")</f>
+        <f>HYPERLINK("https://nrn.com.au/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="17" spans="1:52">
       <c r="A17" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="1" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G17" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H17" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="H17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I17" s="1" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="J17" s="2" t="str">
-        <f>HYPERLINK("https://nrn.com.au/","Here")</f>
-[...31 lines deleted...]
-      <c r="J18" s="2" t="str">
         <f>HYPERLINK("https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2" tooltip="Full list here" display="Full list here"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_3" tooltip="SA" display="SA"/>
     <hyperlink ref="J3" r:id="rId_hyperlink_4" tooltip="Here" display="Here"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_5" tooltip="SA" display="SA"/>
     <hyperlink ref="J4" r:id="rId_hyperlink_6" tooltip="Here" display="Here"/>
     <hyperlink ref="J5" r:id="rId_hyperlink_7" tooltip="Here" display="Here"/>
     <hyperlink ref="J6" r:id="rId_hyperlink_8" tooltip="Here" display="Here"/>
     <hyperlink ref="J7" r:id="rId_hyperlink_9" tooltip="Here" display="Here"/>
     <hyperlink ref="J8" r:id="rId_hyperlink_10" tooltip="Here" display="Here"/>
     <hyperlink ref="J9" r:id="rId_hyperlink_11" tooltip="Here" display="Here"/>
     <hyperlink ref="J10" r:id="rId_hyperlink_12" tooltip="Here" display="Here"/>
     <hyperlink ref="J11" r:id="rId_hyperlink_13" tooltip="Here" display="Here"/>
     <hyperlink ref="J12" r:id="rId_hyperlink_14" tooltip="Here" display="Here"/>
     <hyperlink ref="J13" r:id="rId_hyperlink_15" tooltip="Here" display="Here"/>
     <hyperlink ref="J14" r:id="rId_hyperlink_16" tooltip="Here" display="Here"/>
     <hyperlink ref="J15" r:id="rId_hyperlink_17" tooltip="Here" display="Here"/>
     <hyperlink ref="J16" r:id="rId_hyperlink_18" tooltip="Here" display="Here"/>
     <hyperlink ref="J17" r:id="rId_hyperlink_19" tooltip="Here" display="Here"/>
-    <hyperlink ref="J18" r:id="rId_hyperlink_20" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>