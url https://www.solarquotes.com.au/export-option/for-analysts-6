--- v3 (2026-02-13)
+++ v4 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>VPP Provider</t>
   </si>
   <si>
     <t>Batteries approved for use</t>
   </si>
   <si>
     <t>VPP subsidy</t>
   </si>
   <si>
     <t>Eligibility requirements</t>
   </si>
   <si>
     <t>Number of places in program</t>
   </si>
   <si>
     <t>Feed-in/usage tariffs offered</t>
   </si>
   <si>
     <t>Minimum energy storage capacity reserved for homeowner</t>
   </si>
   <si>
@@ -71,53 +71,50 @@
   <si>
     <t>Amber for batteries</t>
   </si>
   <si>
     <t>Located in the NEM in:
 SA
 NSW
 VIC
 ACT
 QLD (Energex region)</t>
   </si>
   <si>
     <t>Uncapped</t>
   </si>
   <si>
     <t>Wholesale electricity rates - can be anywhere from negative electricity prices to up to $21/kWh</t>
   </si>
   <si>
     <t>Set by homeowner</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
     <t>Origin Battery Lite</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sungrow, Tesla, AlphaESS, Sigenergy, GoodWe, FoxESS, FranklinWH, SolaX, Eveready, HIVE, Goanna, LG Chem, GivEnergy, ESY Sunhome</t>
   </si>
   <si>
     <t xml:space="preserve">VIC, SA, NSW, ACT, QLD via installer partner network or BYO with existing compatible batteries. 5kWh eligible battery, 5kW solar, reliable internet connection
 </t>
   </si>
   <si>
     <t>Variable - any Origin Energy Plan. Origin offers exclusive offers to SolarQuotes customers - ask your installer for more details.</t>
   </si>
   <si>
     <t xml:space="preserve">200kWh maximum usage by Origin for the year. For Tesla Powerwalls, Origin leaves a minimum 20% of your battery for you to use.  For other batteries, whilst it is theoretically possible to fully discharge your battery, this would only happen very rarely.
 </t>
   </si>
   <si>
     <t>No lock-in contract</t>
   </si>
   <si>
     <t>AGL Bring Your Own Battery</t>
   </si>
   <si>
     <t>Tesla, LG, SolarEdge</t>
   </si>
   <si>
     <t>$100 bill credit sign-on bonus. $180 bill credit per year for NSW, QLD and VIC. $280 bill credit per year for SA.</t>
   </si>
   <si>
@@ -737,51 +734,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/battery-plans/lite/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/help-support/energy-products-and-services/batteries-and-loop-vpp/compatible-solar-batteries-and-inverter-models" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/battery-plans/lite/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39" customWidth="true" style="1"/>
     <col min="27" max="27" width="39" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="28" max="28" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="29" max="29" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="30" max="30" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="31" max="31" width="39" customWidth="true" style="1"/>
@@ -887,531 +884,533 @@
       </c>
       <c r="E3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J3" s="2" t="str">
         <f>HYPERLINK("https://www.amber.com.au/solar-and-battery","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="4" spans="1:52">
       <c r="A4" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="B4" s="1" t="s">
-        <v>18</v>
+      <c r="B4" s="2" t="str">
+        <f>HYPERLINK("https://www.originenergy.com.au/help-support/energy-products-and-services/batteries-and-loop-vpp/compatible-solar-batteries-and-inverter-models","Full list here")</f>
+        <v>Full list here</v>
       </c>
       <c r="C4" s="2" t="str">
         <f>HYPERLINK("https://mactradeservices.com.au/south-australia/virtual-power-plant","SA")</f>
         <v>SA</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" s="1" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="2" t="str">
         <f>HYPERLINK("https://www.originenergy.com.au/solar/battery-plans/lite/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="5" spans="1:52">
       <c r="A5" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="D5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="J5" s="2" t="str">
         <f>HYPERLINK("https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="6" spans="1:52">
       <c r="A6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="H6" s="1" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J6" s="2" t="str">
         <f>HYPERLINK("https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="7" spans="1:52">
       <c r="A7" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="F7" s="1" t="s">
+      <c r="G7" s="1" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="2" t="str">
         <f>HYPERLINK("https://save.energylocals.com.au/TeslaEnergyPlan-TOU/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="8" spans="1:52">
       <c r="A8" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="1" t="s">
+      <c r="D8" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="J8" s="2" t="str">
         <f>HYPERLINK("https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="9" spans="1:52">
       <c r="A9" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="G9" s="1" t="s">
+      <c r="H9" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="H9" s="1" t="s">
+      <c r="I9" s="1" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="J9" s="2" t="str">
         <f>HYPERLINK("https://shinehub.com.au/virtual-power-plant/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="10" spans="1:52">
       <c r="A10" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="G10" s="1" t="s">
+      <c r="H10" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="H10" s="1" t="s">
+      <c r="I10" s="1" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="J10" s="2" t="str">
         <f>HYPERLINK("https://diamondenergy.com.au/diamond-energy-vpp/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="11" spans="1:52">
       <c r="A11" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="2" t="str">
         <f>HYPERLINK("https://www.globirdenergy.com.au/help-support/faq-vpp/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="12" spans="1:52">
       <c r="A12" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="1" t="s">
+      <c r="G12" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="J12" s="2" t="str">
         <f>HYPERLINK("https://repositpower.com/no-bill/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="13" spans="1:52">
       <c r="A13" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="E13" s="1" t="s">
+      <c r="F13" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="F13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J13" s="2" t="str">
         <f>HYPERLINK("https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="14" spans="1:52">
       <c r="A14" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="G14" s="1" t="s">
+      <c r="H14" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="H14" s="1" t="s">
+      <c r="I14" s="1" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="J14" s="2" t="str">
         <f>HYPERLINK("https://www.plicoenergy.com.au/plicovpp","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="15" spans="1:52">
       <c r="A15" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" s="1" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H15" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="G15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H15" s="1" t="s">
+      <c r="I15" s="1" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="J15" s="2" t="str">
         <f>HYPERLINK("https://www.lavo.com.au/lavo-life/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="16" spans="1:52">
       <c r="A16" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H16" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="G16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H16" s="1" t="s">
+      <c r="I16" s="1" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="J16" s="2" t="str">
         <f>HYPERLINK("https://nrn.com.au/","Here")</f>
         <v>Here</v>
       </c>
     </row>
     <row r="17" spans="1:52">
       <c r="A17" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="E17" s="1" t="s">
+      <c r="F17" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="F17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="J17" s="2" t="str">
         <f>HYPERLINK("https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2" tooltip="Full list here" display="Full list here"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_3" tooltip="SA" display="SA"/>
     <hyperlink ref="J3" r:id="rId_hyperlink_4" tooltip="Here" display="Here"/>
-    <hyperlink ref="C4" r:id="rId_hyperlink_5" tooltip="SA" display="SA"/>
-[...13 lines deleted...]
-    <hyperlink ref="J17" r:id="rId_hyperlink_19" tooltip="Here" display="Here"/>
+    <hyperlink ref="B4" r:id="rId_hyperlink_5" tooltip="Full list here" display="Full list here"/>
+    <hyperlink ref="C4" r:id="rId_hyperlink_6" tooltip="SA" display="SA"/>
+    <hyperlink ref="J4" r:id="rId_hyperlink_7" tooltip="Here" display="Here"/>
+    <hyperlink ref="J5" r:id="rId_hyperlink_8" tooltip="Here" display="Here"/>
+    <hyperlink ref="J6" r:id="rId_hyperlink_9" tooltip="Here" display="Here"/>
+    <hyperlink ref="J7" r:id="rId_hyperlink_10" tooltip="Here" display="Here"/>
+    <hyperlink ref="J8" r:id="rId_hyperlink_11" tooltip="Here" display="Here"/>
+    <hyperlink ref="J9" r:id="rId_hyperlink_12" tooltip="Here" display="Here"/>
+    <hyperlink ref="J10" r:id="rId_hyperlink_13" tooltip="Here" display="Here"/>
+    <hyperlink ref="J11" r:id="rId_hyperlink_14" tooltip="Here" display="Here"/>
+    <hyperlink ref="J12" r:id="rId_hyperlink_15" tooltip="Here" display="Here"/>
+    <hyperlink ref="J13" r:id="rId_hyperlink_16" tooltip="Here" display="Here"/>
+    <hyperlink ref="J14" r:id="rId_hyperlink_17" tooltip="Here" display="Here"/>
+    <hyperlink ref="J15" r:id="rId_hyperlink_18" tooltip="Here" display="Here"/>
+    <hyperlink ref="J16" r:id="rId_hyperlink_19" tooltip="Here" display="Here"/>
+    <hyperlink ref="J17" r:id="rId_hyperlink_20" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>