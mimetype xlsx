--- v0 (2025-10-08)
+++ v1 (2025-11-12)
@@ -1,353 +1,344 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-[...1 lines deleted...]
-  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
+    <t>In-Depth Analysis</t>
+  </si>
+  <si>
+    <t>Price (RRP + GST, unless otherwise stated)</t>
+  </si>
+  <si>
+    <t>Website</t>
+  </si>
+  <si>
+    <t>Maximum heating element capacity</t>
+  </si>
+  <si>
+    <t>Number of heating load outputs</t>
+  </si>
+  <si>
+    <t>Sensor connection (Wireless/Wired?)</t>
+  </si>
+  <si>
+    <t>Control method</t>
+  </si>
+  <si>
+    <t>Works with a time-of-use tariff's off-peak rate?</t>
+  </si>
+  <si>
+    <t>IP Rating</t>
+  </si>
+  <si>
+    <t>Ambient temperature range</t>
+  </si>
+  <si>
+    <t>Special features?</t>
+  </si>
+  <si>
+    <t>Weight</t>
+  </si>
+  <si>
+    <t>Dimensions (mm)</t>
+  </si>
+  <si>
+    <t>Standby power</t>
+  </si>
+  <si>
+    <t>Warranty</t>
+  </si>
+  <si>
+    <t>Datasheet Supplied?</t>
+  </si>
+  <si>
+    <t>Warranty Supplied?</t>
+  </si>
+  <si>
+    <t>More information on brand</t>
+  </si>
+  <si>
     <t>CATCH Power Green Gen2</t>
   </si>
   <si>
+    <t>$830</t>
+  </si>
+  <si>
+    <t>4.8kW</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>Burst Fire</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>2X (no protection specified against water)</t>
+  </si>
+  <si>
+    <t>-5 to 50 deg C</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>100x110x50mm</t>
+  </si>
+  <si>
+    <t>5 years</t>
+  </si>
+  <si>
     <t>CATCH Control</t>
   </si>
   <si>
+    <t>$450</t>
+  </si>
+  <si>
+    <t>Any</t>
+  </si>
+  <si>
+    <t>1 (2-channel) 2 (6-channel)</t>
+  </si>
+  <si>
+    <t>Wireless/2 wire</t>
+  </si>
+  <si>
+    <t>Relay</t>
+  </si>
+  <si>
+    <t>N/A (Installed in meter switchboard)</t>
+  </si>
+  <si>
+    <t>Off Grid capable via Frequency controls. 
+Inverter Control / Cloud Control for remote exports and load control. 
+Connects to multiple CER; Inverter, batteries, EV Chargers</t>
+  </si>
+  <si>
+    <t>0.3 kg</t>
+  </si>
+  <si>
+    <t>89 x 33 x 67 mm</t>
+  </si>
+  <si>
     <t>Fronius Ohmpilot</t>
   </si>
   <si>
+    <t>$1,700</t>
+  </si>
+  <si>
+    <t>3kW (single phase) /9kW (three phase)</t>
+  </si>
+  <si>
+    <t>1 (single phase) 3 (three phase)</t>
+  </si>
+  <si>
+    <t>Wired</t>
+  </si>
+  <si>
+    <t>PWM</t>
+  </si>
+  <si>
+    <t>IP54</t>
+  </si>
+  <si>
+    <t>0 – 40 deg C</t>
+  </si>
+  <si>
+    <t>Monitoring through Fronius solar.web – can see performance all in one place</t>
+  </si>
+  <si>
+    <t>3.9 kg</t>
+  </si>
+  <si>
+    <t>350 x 280 x 110 mm</t>
+  </si>
+  <si>
+    <t>1.8W</t>
+  </si>
+  <si>
+    <t>2 years</t>
+  </si>
+  <si>
     <t>AC THOR i</t>
   </si>
   <si>
-    <t>AC THOR 9S</t>
-[...16 lines deleted...]
-  <si>
     <t>Not yet</t>
   </si>
   <si>
-    <t>Price (RRP + GST, unless otherwise stated)</t>
-[...10 lines deleted...]
-  <si>
     <t>$1,430 (discounted price for &gt;1 unit)</t>
   </si>
   <si>
-    <t>$1,705 (discounted price for &gt;1 unit)</t>
-[...22 lines deleted...]
-  <si>
     <t>2x3kW</t>
   </si>
   <si>
-    <t>9kW</t>
-[...13 lines deleted...]
-  <si>
     <t>1 output + Relay output</t>
-  </si>
-[...13 lines deleted...]
-    <t>Wired</t>
   </si>
   <si>
     <t>Option 1: Connection via Router
 Option 2: Direct connection (wired)
 Option 3: Connection via powerline
 Not required when controlled by inverter or EMS
 Not required in off-grid</t>
   </si>
   <si>
-    <t>Wireless</t>
-[...13 lines deleted...]
-  <si>
     <t>PWM (pure sine)</t>
   </si>
   <si>
-    <t>TBD</t>
-[...22 lines deleted...]
-  <si>
     <t>IP20 – external enclosure for IP65 rating costs extra</t>
   </si>
   <si>
-    <t>IP 20</t>
-[...13 lines deleted...]
-  <si>
     <t>0 – 40˚C</t>
-  </si>
-[...15 lines deleted...]
-    <t>Monitoring through Fronius solar.web – can see performance all in one place</t>
   </si>
   <si>
     <t>Works On-grid and Off-grid (supports frequency shift). Up to 11x ACTHOR (66kW) with 1 P. meter
 Cloud Monitoring and remote control
 Compatibility with many manufacturers (EV chargers, smart home, battery, inverter, etc) and different communication protocols (e.g. modbus TCP/IP)</t>
   </si>
   <si>
+    <t>1.5kg including lead</t>
+  </si>
+  <si>
+    <t>135 x 195 x 65 mm</t>
+  </si>
+  <si>
+    <t>2+3 Years</t>
+  </si>
+  <si>
+    <t>AC THOR 9S</t>
+  </si>
+  <si>
+    <t>$1,705 (discounted price for &gt;1 unit)</t>
+  </si>
+  <si>
+    <t>9kW</t>
+  </si>
+  <si>
+    <t>3 outputs + Relay output</t>
+  </si>
+  <si>
     <t>Works On-grid and Off-grid (supports frequency shift). Up to 11x ACTHOR (99kW) with just 1 P. meter
 Cloud Monitoring and remote control
 Compatibility with many manufacturers (EV chargers, smart home, battery, inverter, etc) and different communication protocols (e.g. modbus TCP/IP)</t>
   </si>
   <si>
+    <t>1.3kg</t>
+  </si>
+  <si>
+    <t>Myenergi Eddi</t>
+  </si>
+  <si>
+    <t>$995</t>
+  </si>
+  <si>
+    <t>3.68 kW</t>
+  </si>
+  <si>
+    <t>Wireless</t>
+  </si>
+  <si>
+    <t>IP 20</t>
+  </si>
+  <si>
+    <t>-20°C to +40°C</t>
+  </si>
+  <si>
+    <t>TBD</t>
+  </si>
+  <si>
+    <t>4.3 kg</t>
+  </si>
+  <si>
+    <t>220 x 205 x 87mm</t>
+  </si>
+  <si>
+    <t>3W</t>
+  </si>
+  <si>
+    <t>3 years</t>
+  </si>
+  <si>
+    <t>SolarEdge Home Hot Water Controller</t>
+  </si>
+  <si>
+    <t>$850</t>
+  </si>
+  <si>
+    <t>IP65</t>
+  </si>
+  <si>
+    <t>-10 to +50 deg C</t>
+  </si>
+  <si>
     <t>Monitoring through SolarEdge app</t>
   </si>
   <si>
-    <t>Weight</t>
-[...16 lines deleted...]
-  <si>
     <t>5.3kG</t>
   </si>
   <si>
-    <t>Dimensions (mm)</t>
-[...16 lines deleted...]
-  <si>
     <t>375mm x 240mm x 110mm</t>
-  </si>
-[...31 lines deleted...]
-    <t>More information on brand</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="double"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -381,479 +372,50 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-</file>
-[...427 lines deleted...]
-</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1098,1356 +660,659 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/catch-power-diverter-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/catch-control-6-channel/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solar-hot-water-diverter-comparison/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catchpower.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catchpower.com.au/catch-solar-relay" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fronius.com/en-au/australia/solar-energy/installers-partners/technical-data/all-products/solutions/fronius-solution-for-heat-generation/fronius-ohmpilot/fronius-ohmpilot" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://esw.net.au/our-products/acthor" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://esw.net.au/our-products/acthor" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.myenergi.com/au/product/eddi/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solaredge.com/aus/products/smart-energy/smart-energy-hot-water#/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/Brochure-Green-CATCH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/catch-control-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/fronius-ohmpilot-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/09/ac-thor-i-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/09/ac-thor-9s-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/08/Eddi-Datasheet-myEnergi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-pv-diverter-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/catch-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/catch-power-warranty-statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/fronius-diverter-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/09/ac-thor-i-install-warranty2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/09/ac-thor-i-install-warranty2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-pv-diverter-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catchpower.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catchpower.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fronius.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.my-pv.com/en/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.my-pv.com/en/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myenergi.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solaredge.com/aus/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/catch-power-diverter-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catchpower.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/Brochure-Green-CATCH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/catch-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catchpower.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/catch-control-6-channel/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catchpower.com.au/catch-solar-relay" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/catch-control-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/catch-power-warranty-statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catchpower.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solar-hot-water-diverter-comparison/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fronius.com/en-au/australia/solar-energy/installers-partners/technical-data/all-products/solutions/fronius-solution-for-heat-generation/fronius-ohmpilot/fronius-ohmpilot" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/fronius-ohmpilot-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/fronius-diverter-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fronius.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://esw.net.au/our-products/acthor" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/09/ac-thor-i-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/09/ac-thor-i-install-warranty2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.my-pv.com/en/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://esw.net.au/our-products/acthor" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/09/ac-thor-9s-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/09/ac-thor-i-install-warranty2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.my-pv.com/en/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.myenergi.com/au/product/eddi/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/08/Eddi-Datasheet-myEnergi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myenergi.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solaredge.com/aus/products/smart-energy/smart-energy-hot-water#/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-pv-diverter-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-pv-diverter-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solaredge.com/aus/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:ZZ22"/>
+  <dimension ref="A1:AZ9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="34" customWidth="true" style="1"/>
+    <col min="1" max="1" width="39" customWidth="true" style="1"/>
+    <col min="27" max="27" width="39" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
+    <col min="28" max="28" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
+    <col min="29" max="29" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
+    <col min="30" max="30" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
+    <col min="31" max="31" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
+    <col min="32" max="32" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
+    <col min="33" max="33" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
+    <col min="34" max="34" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
+    <col min="35" max="35" width="39" customWidth="true" style="1"/>
     <col min="10" max="10" width="39" customWidth="true" style="1"/>
+    <col min="36" max="36" width="39" customWidth="true" style="1"/>
     <col min="11" max="11" width="39" customWidth="true" style="1"/>
+    <col min="37" max="37" width="39" customWidth="true" style="1"/>
     <col min="12" max="12" width="39" customWidth="true" style="1"/>
+    <col min="38" max="38" width="39" customWidth="true" style="1"/>
     <col min="13" max="13" width="39" customWidth="true" style="1"/>
+    <col min="39" max="39" width="39" customWidth="true" style="1"/>
     <col min="14" max="14" width="39" customWidth="true" style="1"/>
+    <col min="40" max="40" width="39" customWidth="true" style="1"/>
     <col min="15" max="15" width="39" customWidth="true" style="1"/>
+    <col min="41" max="41" width="39" customWidth="true" style="1"/>
     <col min="16" max="16" width="39" customWidth="true" style="1"/>
+    <col min="42" max="42" width="39" customWidth="true" style="1"/>
     <col min="17" max="17" width="39" customWidth="true" style="1"/>
+    <col min="43" max="43" width="39" customWidth="true" style="1"/>
     <col min="18" max="18" width="39" customWidth="true" style="1"/>
+    <col min="44" max="44" width="39" customWidth="true" style="1"/>
     <col min="19" max="19" width="39" customWidth="true" style="1"/>
+    <col min="45" max="45" width="39" customWidth="true" style="1"/>
     <col min="20" max="20" width="39" customWidth="true" style="1"/>
+    <col min="46" max="46" width="39" customWidth="true" style="1"/>
     <col min="21" max="21" width="39" customWidth="true" style="1"/>
+    <col min="47" max="47" width="39" customWidth="true" style="1"/>
     <col min="22" max="22" width="39" customWidth="true" style="1"/>
+    <col min="48" max="48" width="39" customWidth="true" style="1"/>
     <col min="23" max="23" width="39" customWidth="true" style="1"/>
+    <col min="49" max="49" width="39" customWidth="true" style="1"/>
     <col min="24" max="24" width="39" customWidth="true" style="1"/>
+    <col min="50" max="50" width="39" customWidth="true" style="1"/>
     <col min="25" max="25" width="39" customWidth="true" style="1"/>
+    <col min="51" max="51" width="39" customWidth="true" style="1"/>
     <col min="26" max="26" width="39" customWidth="true" style="1"/>
-    <col min="27" max="27" width="39" customWidth="true" style="1"/>
-[...23 lines deleted...]
-    <col min="51" max="51" width="39" customWidth="true" style="1"/>
     <col min="52" max="52" width="39" customWidth="true" style="1"/>
-    <col min="53" max="53" width="39" customWidth="true" style="1"/>
-[...648 lines deleted...]
-    <col min="702" max="702" width="39" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:702">
+    <row r="1" spans="1:52">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/","Latest version here")</f>
         <v>Latest version here</v>
       </c>
     </row>
-    <row r="2" spans="1:702">
+    <row r="2" spans="1:52">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>8</v>
       </c>
+      <c r="I2" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="K2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L2" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M2" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="O2" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="P2" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q2" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="R2" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="S2" s="1" t="s">
+        <v>19</v>
+      </c>
     </row>
-    <row r="3" spans="1:702" customHeight="1" ht="220">
+    <row r="3" spans="1:52">
       <c r="A3" s="1" t="s">
-        <v>9</v>
-[...25 lines deleted...]
-      <c r="B5" s="2" t="str">
+        <v>20</v>
+      </c>
+      <c r="B3" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/catch-power-diverter-review/","Yes, here")</f>
         <v>Yes, here</v>
       </c>
-      <c r="C5" s="2" t="str">
+      <c r="C3" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D3" s="2" t="str">
+        <f>HYPERLINK("https://www.catchpower.com.au/","here")</f>
+        <v>here</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="1">
+        <v>1</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="K3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="N3" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="P3" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q3" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/Brochure-Green-CATCH.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="R3" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/catch-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S3" s="2" t="str">
+        <f>HYPERLINK("https://www.catchpower.com.au/","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="4" spans="1:52">
+      <c r="A4" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/catch-control-6-channel/","Yes, here")</f>
         <v>Yes, here</v>
       </c>
-      <c r="D5" s="2" t="str">
+      <c r="C4" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" s="2" t="str">
+        <f>HYPERLINK("https://www.catchpower.com.au/catch-solar-relay","here")</f>
+        <v>here</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="L4" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q4" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/catch-control-specs.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="R4" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/catch-power-warranty-statement.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S4" s="2" t="str">
+        <f>HYPERLINK("https://www.catchpower.com.au/","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="5" spans="1:52">
+      <c r="A5" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/solar-hot-water-diverter-comparison/","Yes, here")</f>
         <v>Yes, here</v>
       </c>
-      <c r="E5" s="1" t="s">
-[...50 lines deleted...]
-      <c r="D7" s="2" t="str">
+      <c r="C5" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" s="2" t="str">
         <f>HYPERLINK("https://www.fronius.com/en-au/australia/solar-energy/installers-partners/technical-data/all-products/solutions/fronius-solution-for-heat-generation/fronius-ohmpilot/fronius-ohmpilot","here")</f>
         <v>here</v>
       </c>
-      <c r="E7" s="2" t="str">
+      <c r="E5" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="L5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="O5" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q5" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/fronius-ohmpilot-specs.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="R5" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/fronius-diverter-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S5" s="2" t="str">
+        <f>HYPERLINK("https://www.fronius.com/","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="6" spans="1:52">
+      <c r="A6" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" s="2" t="str">
         <f>HYPERLINK("http://esw.net.au/our-products/acthor","Here")</f>
         <v>Here</v>
       </c>
-      <c r="F7" s="2" t="str">
+      <c r="E6" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="L6" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q6" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/09/ac-thor-i-datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="R6" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/09/ac-thor-i-install-warranty2.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S6" s="2" t="str">
+        <f>HYPERLINK("https://www.my-pv.com/en/","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="7" spans="1:52">
+      <c r="A7" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" s="2" t="str">
         <f>HYPERLINK("http://esw.net.au/our-products/acthor","here")</f>
         <v>here</v>
       </c>
-      <c r="G7" s="2" t="str">
+      <c r="E7" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="L7" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/09/ac-thor-9s-datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="R7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/09/ac-thor-i-install-warranty2.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S7" s="2" t="str">
+        <f>HYPERLINK("https://www.my-pv.com/en/","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="8" spans="1:52">
+      <c r="A8" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" s="2" t="str">
         <f>HYPERLINK("https://www.myenergi.com/au/product/eddi/","here")</f>
         <v>here</v>
       </c>
-      <c r="H7" s="2" t="str">
+      <c r="E8" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="F8" s="1">
+        <v>2</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="L8" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="N8" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="O8" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q8" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/08/Eddi-Datasheet-myEnergi.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="R8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="S8" s="2" t="str">
+        <f>HYPERLINK("https://myenergi.com/","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="9" spans="1:52">
+      <c r="A9" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" s="2" t="str">
         <f>HYPERLINK("https://www.solaredge.com/aus/products/smart-energy/smart-energy-hot-water#/","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="1" t="s">
+      <c r="E9" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...25 lines deleted...]
-      <c r="B9" s="1">
+      <c r="F9" s="1">
         <v>1</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="G9" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="L9" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...285 lines deleted...]
-      <c r="H20" s="2" t="str">
+      <c r="Q9" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-pv-diverter-specs.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-    </row>
-[...27 lines deleted...]
-      <c r="H21" s="2" t="str">
+      <c r="R9" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-pv-diverter-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="H22" s="2" t="str">
+      <c r="S9" s="2" t="str">
         <f>HYPERLINK("https://www.solaredge.com/aus/","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
-    <hyperlink ref="B5" r:id="rId_hyperlink_2" tooltip="Yes, here" display="Yes, here"/>
-[...28 lines deleted...]
-    <hyperlink ref="H22" r:id="rId_hyperlink_31" tooltip="Here" display="Here"/>
+    <hyperlink ref="B3" r:id="rId_hyperlink_2" tooltip="Yes, here" display="Yes, here"/>
+    <hyperlink ref="D3" r:id="rId_hyperlink_3" tooltip="here" display="here"/>
+    <hyperlink ref="Q3" r:id="rId_hyperlink_4" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R3" r:id="rId_hyperlink_5" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S3" r:id="rId_hyperlink_6" tooltip="Here" display="Here"/>
+    <hyperlink ref="B4" r:id="rId_hyperlink_7" tooltip="Yes, here" display="Yes, here"/>
+    <hyperlink ref="D4" r:id="rId_hyperlink_8" tooltip="here" display="here"/>
+    <hyperlink ref="Q4" r:id="rId_hyperlink_9" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R4" r:id="rId_hyperlink_10" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S4" r:id="rId_hyperlink_11" tooltip="Here" display="Here"/>
+    <hyperlink ref="B5" r:id="rId_hyperlink_12" tooltip="Yes, here" display="Yes, here"/>
+    <hyperlink ref="D5" r:id="rId_hyperlink_13" tooltip="here" display="here"/>
+    <hyperlink ref="Q5" r:id="rId_hyperlink_14" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R5" r:id="rId_hyperlink_15" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S5" r:id="rId_hyperlink_16" tooltip="Here" display="Here"/>
+    <hyperlink ref="D6" r:id="rId_hyperlink_17" tooltip="Here" display="Here"/>
+    <hyperlink ref="Q6" r:id="rId_hyperlink_18" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R6" r:id="rId_hyperlink_19" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S6" r:id="rId_hyperlink_20" tooltip="Here" display="Here"/>
+    <hyperlink ref="D7" r:id="rId_hyperlink_21" tooltip="here" display="here"/>
+    <hyperlink ref="Q7" r:id="rId_hyperlink_22" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R7" r:id="rId_hyperlink_23" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S7" r:id="rId_hyperlink_24" tooltip="Here" display="Here"/>
+    <hyperlink ref="D8" r:id="rId_hyperlink_25" tooltip="here" display="here"/>
+    <hyperlink ref="Q8" r:id="rId_hyperlink_26" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S8" r:id="rId_hyperlink_27" tooltip="Here" display="Here"/>
+    <hyperlink ref="D9" r:id="rId_hyperlink_28" tooltip="Here" display="Here"/>
+    <hyperlink ref="Q9" r:id="rId_hyperlink_29" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R9" r:id="rId_hyperlink_30" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S9" r:id="rId_hyperlink_31" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>