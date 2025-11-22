--- v0 (2025-10-21)
+++ v1 (2025-11-22)
@@ -1,1122 +1,1131 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
+    <t>Delta Hybrid E5</t>
+  </si>
+  <si>
+    <t>Delta Hybrid H8E-H10E</t>
+  </si>
+  <si>
+    <t>Fronius Gen24 PLUS SYMO</t>
+  </si>
+  <si>
+    <t>Fronius Gen24 PLUS PRIMO</t>
+  </si>
+  <si>
+    <t>GE H Series</t>
+  </si>
+  <si>
+    <t>GoodWe ES G2 Series</t>
+  </si>
+  <si>
+    <t>GoodWe EHB Series</t>
+  </si>
+  <si>
+    <t>GoodWe ET G2 Series</t>
+  </si>
+  <si>
+    <t>GoodWe ET Series</t>
+  </si>
+  <si>
+    <t>GoodWe EH Series</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Single Phase (5-6kW)</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Single Phase (10kW)</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Three Phase (5-6 kW)</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Three Phase (10-25 kW)</t>
+  </si>
+  <si>
+    <t>Jinko Solar SunTank</t>
+  </si>
+  <si>
+    <t>LGES-5048</t>
+  </si>
+  <si>
+    <t>Sigenergy Energy Controller (single-phase)</t>
+  </si>
+  <si>
+    <t>Sigenergy Energy Controller (three-phase)</t>
+  </si>
+  <si>
+    <t>SolarEdge Smart Energy Hub (5-6 kW)</t>
+  </si>
+  <si>
+    <t>SolarEdge Smart Energy Hub (8.25-10 kW)</t>
+  </si>
+  <si>
+    <t>Solis S6 Series</t>
+  </si>
+  <si>
+    <t>Sungrow SHRS 5-6 kW</t>
+  </si>
+  <si>
+    <t>Sungrow SHRS 8-10 kW</t>
+  </si>
+  <si>
+    <t>Sungrow SH-RT</t>
+  </si>
+  <si>
+    <t>Sungrow SH-T</t>
+  </si>
+  <si>
+    <t>Manufacturer Logo</t>
+  </si>
+  <si>
+    <t>Product Image</t>
+  </si>
+  <si>
     <t>Choose model:</t>
-  </si>
-[...61 lines deleted...]
-    <t>Delta Hybrid E5</t>
   </si>
   <si>
     <t xml:space="preserve">RPI E5
 </t>
-  </si>
-[...48 lines deleted...]
-    <t>Delta Hybrid H8E-H10E</t>
   </si>
   <si>
     <t xml:space="preserve">H8E
 H10E
 </t>
-  </si>
-[...39 lines deleted...]
-    <t>Fronius Gen24 PLUS SYMO</t>
   </si>
   <si>
     <t xml:space="preserve">Symo GEN24 5.0 Plus
 Symo GEN24 6.0 Plus
 Symo GEN24 8.0 Plus
 Symo GEN24 10.0 Plus
 </t>
   </si>
   <si>
-    <t>$3,630
-[...52 lines deleted...]
-  <si>
     <t xml:space="preserve">Primo GEN24 5.0 Plus
 Primo GEN24 6.0 Plus
 </t>
-  </si>
-[...22 lines deleted...]
-    <t>GE H Series</t>
   </si>
   <si>
     <t xml:space="preserve">GEH5.0-1U-10
 GEH8.6-1U-10
 GEH10-1U-10
 </t>
   </si>
   <si>
-    <t>$2,500
-[...39 lines deleted...]
-  <si>
     <t xml:space="preserve">GW5000-ES-20
 GW6000-ES-20
 </t>
-  </si>
-[...24 lines deleted...]
-    <t>GoodWe EHB Series</t>
   </si>
   <si>
     <t xml:space="preserve">GW5K-EHB-AU-G11
 GW8.6K-EHB-AU-G11
 GW9.99K-EHB-AU-G11
 </t>
-  </si>
-[...25 lines deleted...]
-    <t>GoodWe ET G2 Series</t>
   </si>
   <si>
     <t xml:space="preserve">GW6000-ET-20 
 GW8000-ET-20 
 GW9900-ET-20
 GW12K-ET-20 
 GW15K-ET-20
 </t>
   </si>
   <si>
-    <t>$2,600
-[...57 lines deleted...]
-  <si>
     <t xml:space="preserve">GW5KL-ET
 GW6KL-ET
 GW8KL-ET
 GW10KL-ET
 </t>
   </si>
   <si>
-    <t>$2,600
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">GW5000-EH
 GW6000-EH
 </t>
   </si>
   <si>
-    <t>6600W
-[...11 lines deleted...]
-  <si>
     <t xml:space="preserve">IS-HYB-5000-1PH
 IS-HYB-6000-1PH
 </t>
   </si>
   <si>
-    <t>$1,700
-[...33 lines deleted...]
-  <si>
     <t xml:space="preserve">IS-HYB-10000-1PH
 </t>
-  </si>
-[...19 lines deleted...]
-    <t>iStore Hybrid Three Phase (5-6 kW)</t>
   </si>
   <si>
     <t xml:space="preserve">IS-HYB-5000-3PH 
 IS-HYB-6000-3PH
 </t>
-  </si>
-[...15 lines deleted...]
-    <t>iStore Hybrid Three Phase (10-25 kW)</t>
   </si>
   <si>
     <t xml:space="preserve">IS-HYB-10000-3PH
 IS-HYB-15000-3PH
 IS-HYB-25000-3PH
 </t>
   </si>
   <si>
-    <t>$2,600
-[...35 lines deleted...]
-  <si>
     <t xml:space="preserve">JKS-5HLVS-ABI
 JKS-6HLVS-ABI
 </t>
   </si>
   <si>
-    <t>$1500
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">LGES-5048
 </t>
-  </si>
-[...27 lines deleted...]
-    <t>Sigenergy Energy Controller (single-phase)</t>
   </si>
   <si>
     <t xml:space="preserve">SigenStor EC 5.0 SP
 SigenStor EC 6.0 SP
 SigenStor EC 8.0 SP
 SigenStor EC 10.0 SP
 SigenStor EC 12.0 SP
 </t>
   </si>
   <si>
-    <t>$1770
-[...57 lines deleted...]
-  <si>
     <t xml:space="preserve">SigenStor EC 5.0 TP
 SigenStor EC 10.0 TP
 SigenStor EC 15.0 TP
 SigenStor EC 25.0 TP
 SigenStor EC 30.0 TP
 </t>
   </si>
   <si>
+    <t xml:space="preserve">SE5000H
+SE6000H
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE8250H
+SE10000H
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S6-EH3P5K-H-AU
+S6-EH3P6K-H-AU
+S6-EH3P8K-H-AU
+S6-EH3P10K-H-AU
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SH5.0RS
+SH6.0RS
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SH8.0RS
+SH10.0RS
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SH5.0RT
+SH6.0RT
+SH8.0RT
+SH10.0RT
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SH15T
+SH20T
+SH25T
+</t>
+  </si>
+  <si>
+    <t>Price (Approx. AUD price RRP inc. GST)</t>
+  </si>
+  <si>
+    <t>$3,000</t>
+  </si>
+  <si>
+    <t>$2,400
+$2,500</t>
+  </si>
+  <si>
+    <t>$3,630
+$4,200
+$4900
+$5200</t>
+  </si>
+  <si>
+    <t>$3,300
+$3,700</t>
+  </si>
+  <si>
+    <t>$2,500
+$3,500
+$3,700</t>
+  </si>
+  <si>
+    <t>$1,850
+$2,200</t>
+  </si>
+  <si>
+    <t>$2,400
+$2,800
+$3,000</t>
+  </si>
+  <si>
+    <t>$2,600
+$2,800
+$3,000
+$3,400
+$3,500</t>
+  </si>
+  <si>
+    <t>$2,600
+$2,800
+$3,000
+$3,400</t>
+  </si>
+  <si>
+    <t>$1,700
+$2,500</t>
+  </si>
+  <si>
+    <t>$2,300</t>
+  </si>
+  <si>
+    <t>$2,000
+$2,600</t>
+  </si>
+  <si>
+    <t>$2,600
+$3,000
+$3,600</t>
+  </si>
+  <si>
+    <t>$1500
+$1600</t>
+  </si>
+  <si>
+    <t>$2200</t>
+  </si>
+  <si>
+    <t>$1770
+$1920
+$3270
+$3500
+$3800</t>
+  </si>
+  <si>
     <t>$3000
 $3500
 $4600
 $6000
 $6700</t>
   </si>
   <si>
+    <t>$2,000
+$2,500</t>
+  </si>
+  <si>
+    <t>$3,000
+$3,500</t>
+  </si>
+  <si>
+    <t>$2,500
+$2,700
+$3,000
+$3500</t>
+  </si>
+  <si>
+    <t>$2,400
+$2,600</t>
+  </si>
+  <si>
+    <t>$3,400
+$3,600</t>
+  </si>
+  <si>
+    <t>$3,800
+$3900
+$4250
+$4620</t>
+  </si>
+  <si>
+    <t>$5,570
+$6900
+$8600</t>
+  </si>
+  <si>
+    <t>Nominal AC Power (Inverter size)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5000W
+</t>
+  </si>
+  <si>
+    <t>7680W
+9600 W</t>
+  </si>
+  <si>
+    <t>5000W
+6000W
+8000W
+10000W</t>
+  </si>
+  <si>
+    <t>5000W
+6000W</t>
+  </si>
+  <si>
+    <t>5000 W
+8600 W
+9600 W</t>
+  </si>
+  <si>
+    <t>5000W
+8600W
+10000W</t>
+  </si>
+  <si>
+    <t>6000W
+8000W
+9900W
+12000W
+15000W</t>
+  </si>
+  <si>
+    <t>10000W</t>
+  </si>
+  <si>
+    <t>9,999 W
+15,000 W
+25,000 W</t>
+  </si>
+  <si>
+    <t>5000W</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W
+8000 W
+10000 W
+12000 W</t>
+  </si>
+  <si>
     <t>5000 W
 10000 W
 15000 W
 25000 W
 30000 W</t>
   </si>
   <si>
+    <t>8250W
+10000W</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W
+8000 W
+10000 W</t>
+  </si>
+  <si>
+    <t>4999W
+6000W</t>
+  </si>
+  <si>
+    <t>8000W
+9999W</t>
+  </si>
+  <si>
+    <t>15000W
+20000W
+25000W</t>
+  </si>
+  <si>
+    <t>Max battery output power</t>
+  </si>
+  <si>
+    <t>3600W</t>
+  </si>
+  <si>
+    <t>6 kW
+6 kW</t>
+  </si>
+  <si>
+    <t>5250 W
+9030 W
+10080 W</t>
+  </si>
+  <si>
+    <t>6600W
+8800W
+11000W
+13200W
+16500W</t>
+  </si>
+  <si>
+    <t>5000W
+5000W</t>
+  </si>
+  <si>
+    <t>9999W</t>
+  </si>
+  <si>
+    <t>9,999 W
+16,500 W
+25,000 W</t>
+  </si>
+  <si>
+    <t>4000W
+4000W</t>
+  </si>
+  <si>
+    <t>4600W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5000 W
+6000 W
+8000 W
+10000 W
+12000 W </t>
+  </si>
+  <si>
+    <t>7400W
+9000W</t>
+  </si>
+  <si>
+    <t>10000W
+10000W</t>
+  </si>
+  <si>
+    <t>6000W
+7200W
+10600W
+10600W</t>
+  </si>
+  <si>
+    <t>PV Input Power</t>
+  </si>
+  <si>
+    <t>5500W</t>
+  </si>
+  <si>
+    <t>TBD
+TBD</t>
+  </si>
+  <si>
+    <t>5220W
+6220W
+8260W
+10300W</t>
+  </si>
+  <si>
+    <t>5170W
+6200W</t>
+  </si>
+  <si>
+    <t>7500 W
+12900 W
+15000 W</t>
+  </si>
+  <si>
+    <t>10000W
+17200W
+20000W</t>
+  </si>
+  <si>
+    <t>9600W
+12800W
+16000W
+19200W
+24000W</t>
+  </si>
+  <si>
+    <t>6650W
+7980W
+10640W
+13300</t>
+  </si>
+  <si>
+    <t>6600W
+7980W</t>
+  </si>
+  <si>
+    <t>12,500 W
+15,000 W</t>
+  </si>
+  <si>
+    <t>25,000 W</t>
+  </si>
+  <si>
+    <t>25,000 W
+37,500 W
+62,500 W</t>
+  </si>
+  <si>
+    <t>10600W
+10600W</t>
+  </si>
+  <si>
+    <t>6500W</t>
+  </si>
+  <si>
+    <t>10000 W
+12000 W
+16000 W
+20000 W
+24000 W</t>
+  </si>
+  <si>
     <t>8000 W
 16000 W
 24000 W
 40000 W
 48000 W</t>
   </si>
   <si>
+    <t>10000W
+12000W</t>
+  </si>
+  <si>
+    <t>16500W
+20000W</t>
+  </si>
+  <si>
+    <t>8000 W
+9600 W
+12800 W
+16000 W</t>
+  </si>
+  <si>
+    <t>12000W
+13000W</t>
+  </si>
+  <si>
+    <t>16000W
+20000W</t>
+  </si>
+  <si>
+    <t>7500W
+9000W
+12000W
+15000W</t>
+  </si>
+  <si>
+    <t>30000W
+40000W
+50000W</t>
+  </si>
+  <si>
+    <t>Max battery charge power</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TBD
+</t>
+  </si>
+  <si>
+    <t>6 kW
+6 kW</t>
+  </si>
+  <si>
+    <t>9000W
+12000W
+15000W
+18000W
+24000W</t>
+  </si>
+  <si>
+    <t>21,000 W
+21,000 W
+21,000 W</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W
+8000 W
+10000 W 
+12000 W</t>
+  </si>
+  <si>
     <t>5000 W
 10000 W 
 15000 W
 25000 W
 30000 W</t>
   </si>
   <si>
-    <t>SolarEdge Smart Energy Hub (5-6 kW)</t>
-[...210 lines deleted...]
-  <si>
     <t>7500W
 9000W
 10600W
 10600W</t>
   </si>
   <si>
-    <t>Level 3 - 3.3kW per phase</t>
-[...31 lines deleted...]
-  <si>
     <t>30000W
 30000W
 25000W</t>
   </si>
   <si>
+    <t>Does backup?</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>Level 3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yes </t>
+  </si>
+  <si>
+    <t>Yes - Level TBD</t>
+  </si>
+  <si>
+    <t>Yes - Level 3</t>
+  </si>
+  <si>
+    <t>Level 3 with optional backup box</t>
+  </si>
+  <si>
+    <t>Level 3 - 3.3kW per phase</t>
+  </si>
+  <si>
     <t xml:space="preserve">Level 3 </t>
   </si>
   <si>
+    <t>Single phase or three phase?</t>
+  </si>
+  <si>
+    <t>Single</t>
+  </si>
+  <si>
+    <t>Three phase</t>
+  </si>
+  <si>
+    <t>Single phase</t>
+  </si>
+  <si>
+    <t>Single Phase</t>
+  </si>
+  <si>
+    <t>Three Phase</t>
+  </si>
+  <si>
+    <t># of MPPT’s</t>
+  </si>
+  <si>
+    <t>2-3</t>
+  </si>
+  <si>
+    <t>2-4</t>
+  </si>
+  <si>
+    <t>N/A – Optimiser</t>
+  </si>
+  <si>
+    <t>3/4</t>
+  </si>
+  <si>
+    <t>Dimensions</t>
+  </si>
+  <si>
+    <t>507 x 441 x 177 mm</t>
+  </si>
+  <si>
+    <t>425 x 590 x 160 mm</t>
+  </si>
+  <si>
+    <t>595 x 529 x 180 mm</t>
+  </si>
+  <si>
+    <t>530 x 474 x 165 mm</t>
+  </si>
+  <si>
+    <t>415 × 791 × 175</t>
+  </si>
+  <si>
+    <t>505 × 434 × 154 mm</t>
+  </si>
+  <si>
+    <t>415 × 791 × 180 mm</t>
+  </si>
+  <si>
+    <t>496 × 460 × 221 mm</t>
+  </si>
+  <si>
+    <t>516 x 415 x 180 mm</t>
+  </si>
+  <si>
+    <t>35 x 43 x 14 cm</t>
+  </si>
+  <si>
+    <t>365 x 365 x 156 mm</t>
+  </si>
+  <si>
+    <t>425 x 376.5 x 150 mm</t>
+  </si>
+  <si>
+    <t>525 x 470 x 166 mm </t>
+  </si>
+  <si>
+    <t>546 x 460 x 228 mm</t>
+  </si>
+  <si>
+    <t>456 x 565 x188 mm</t>
+  </si>
+  <si>
+    <t>51cm x 44cm x 18cm</t>
+  </si>
+  <si>
+    <t>700 x 300 x 260 mm</t>
+  </si>
+  <si>
+    <t>450 x 370 x 174mm</t>
+  </si>
+  <si>
+    <t>540 x 370 x 185mm</t>
+  </si>
+  <si>
+    <t>600 x 500 x 230 mm</t>
+  </si>
+  <si>
+    <t>490 x 340 x 170 mm</t>
+  </si>
+  <si>
+    <t>605 x 435 x 181 mm</t>
+  </si>
+  <si>
+    <t>46 cm x 54 cm x 17cm</t>
+  </si>
+  <si>
     <t>620 mm x 480 mm x 245 mm</t>
   </si>
   <si>
+    <t>Weight</t>
+  </si>
+  <si>
+    <t>30 kg</t>
+  </si>
+  <si>
+    <t>21.6 kg</t>
+  </si>
+  <si>
+    <t>24kg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.6 kg </t>
+  </si>
+  <si>
+    <t>21.5 kg</t>
+  </si>
+  <si>
+    <t>33 kg</t>
+  </si>
+  <si>
+    <t>25 kg</t>
+  </si>
+  <si>
+    <t>17 kg</t>
+  </si>
+  <si>
+    <t>12 kg</t>
+  </si>
+  <si>
+    <t>15 kg</t>
+  </si>
+  <si>
+    <t>21 kg</t>
+  </si>
+  <si>
+    <t>27kg</t>
+  </si>
+  <si>
+    <t>36 kg</t>
+  </si>
+  <si>
+    <t>15kg</t>
+  </si>
+  <si>
+    <t>20kg</t>
+  </si>
+  <si>
+    <t>32.6 kg</t>
+  </si>
+  <si>
+    <t>18.5 kg</t>
+  </si>
+  <si>
+    <t>29 kg</t>
+  </si>
+  <si>
     <t>38kg</t>
   </si>
   <si>
+    <t>IP Rating</t>
+  </si>
+  <si>
+    <t>IP 65</t>
+  </si>
+  <si>
+    <t>IP66</t>
+  </si>
+  <si>
+    <t>IP 66</t>
+  </si>
+  <si>
+    <t>IP65</t>
+  </si>
+  <si>
+    <t>Ambient temperature range</t>
+  </si>
+  <si>
+    <t>-25°C to 60°C</t>
+  </si>
+  <si>
+    <t>-25°C to 65°C</t>
+  </si>
+  <si>
+    <t>-25 - 60 °C</t>
+  </si>
+  <si>
+    <t>-35 ~ +60°C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-25 to 60°C </t>
+  </si>
+  <si>
+    <t xml:space="preserve">-35 to 60°C </t>
+  </si>
+  <si>
+    <t>–25°C ~ +60°C</t>
+  </si>
+  <si>
+    <t>-25~60°C</t>
+  </si>
+  <si>
+    <t>-30 - +60°C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-40 to 60°C </t>
+  </si>
+  <si>
+    <t>-25 ~ +60°C</t>
+  </si>
+  <si>
+    <t>Max efficiency</t>
+  </si>
+  <si>
+    <t>97.2%</t>
+  </si>
+  <si>
+    <t>97.8%</t>
+  </si>
+  <si>
+    <t>97.6%</t>
+  </si>
+  <si>
+    <t>98%</t>
+  </si>
+  <si>
+    <t>97.5%</t>
+  </si>
+  <si>
+    <t>98.4%</t>
+  </si>
+  <si>
+    <t>97.20%</t>
+  </si>
+  <si>
+    <t>98.0%</t>
+  </si>
+  <si>
+    <t>99.2%</t>
+  </si>
+  <si>
+    <t>97.87 %</t>
+  </si>
+  <si>
+    <t>97.7%</t>
+  </si>
+  <si>
+    <t>97.4%</t>
+  </si>
+  <si>
     <t>98.1%</t>
+  </si>
+  <si>
+    <t>Standby consumption</t>
+  </si>
+  <si>
+    <t>TBD</t>
+  </si>
+  <si>
+    <t>&lt; 10W</t>
+  </si>
+  <si>
+    <t>&lt; 2.5W</t>
+  </si>
+  <si>
+    <t>Network connection</t>
+  </si>
+  <si>
+    <t>Wi-Fi(option) / RS-485</t>
+  </si>
+  <si>
+    <t>Wi-Fi / RS-485</t>
+  </si>
+  <si>
+    <t>WLAN / 2x Ethernet LAN</t>
+  </si>
+  <si>
+    <t>RS485, CAN, WiFi</t>
+  </si>
+  <si>
+    <t>WiFi/RS485/CAN</t>
+  </si>
+  <si>
+    <t>RS485; WLAN/Ethernet via Smart Dongle-WLAN-FE; 4G / 3G / 2G via Smart Dongle-4G (Optional)</t>
+  </si>
+  <si>
+    <t>RS485/CAN/USB</t>
+  </si>
+  <si>
+    <t>CAN
+RS485
+Wi-Fi</t>
+  </si>
+  <si>
+    <t>WLAN / Fast Ethernet / RS485 / Sigen CommMod (4G/3G/2G)</t>
+  </si>
+  <si>
+    <t>Ethernet, WiFi, RS485, EnergyNet</t>
+  </si>
+  <si>
+    <t>CAN, RS485, Ethernet, Optional: Wi-Fi, Cellular, LAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WiFi/RS485/CAN
+</t>
+  </si>
+  <si>
+    <t>Product warranty length</t>
+  </si>
+  <si>
+    <t>5 years</t>
+  </si>
+  <si>
+    <t>10 years</t>
+  </si>
+  <si>
+    <t>5+5 years</t>
+  </si>
+  <si>
+    <t>10 years (+2 years parts warranty for units installed up to July 2025)</t>
+  </si>
+  <si>
+    <t>12 years</t>
+  </si>
+  <si>
+    <t>Compatible with what battery brands?</t>
+  </si>
+  <si>
+    <t>Delta</t>
+  </si>
+  <si>
+    <t>BYD B-Box</t>
+  </si>
+  <si>
+    <t>BYD, LG, Goodwe</t>
+  </si>
+  <si>
+    <t>Goodwe</t>
+  </si>
+  <si>
+    <t>iStore</t>
+  </si>
+  <si>
+    <t>Jinko</t>
+  </si>
+  <si>
+    <t>LG CHEM RESU</t>
+  </si>
+  <si>
+    <t>Sigenergy</t>
+  </si>
+  <si>
+    <t>LG RESU10H Prime, LG RESU16H Prime, SE Energy Bank</t>
+  </si>
+  <si>
+    <t>Many - Solis website has full list</t>
+  </si>
+  <si>
+    <t>Sungrow</t>
+  </si>
+  <si>
+    <t>Sungrow, others TBD</t>
+  </si>
+  <si>
+    <t>Datasheet Supplied?</t>
+  </si>
+  <si>
+    <t>Warranty Supplied?</t>
+  </si>
+  <si>
+    <t>More information on brand</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="double"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1150,50 +1159,1559 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/delta-logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/delta-logo2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ge-logo5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko-1015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LGES-logo16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-logo21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Delta20Hybrid20E526.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/delta-h10e27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-gen24-symo28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Fronius-gen24-primo29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GE-GEH-Hybrid30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-es-g231.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-ehb32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-etg233.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-et34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-eh35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-1p36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-1037.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-3p38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-3ph-lrg39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-suntank-hybrid40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LGES41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-EC42.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-EC43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/se-energy-hub44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/se-energy-hub45.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-s646.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-shrs-hybrid47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-shrs-hybrid48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-rt-series49.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sht50.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>19</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>24</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>25</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>19</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>24</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>25</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1438,130 +2956,780 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/delta-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/05/H8E-H10E_series_datasheet_rev09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/05/delta-warranty-latest.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/delta-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/ge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/goodwe-es-g2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/goodwe-warranty-2024-11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-et.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/09/GW_EH_Datasheet-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/jinko-suntank-hybrid-inverter.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/jinko-suntank-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/LGES-5048-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/LGES-inverter-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/lg-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sht.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/WD_202404_Term_Sungrow-s-Inverters-10-Year-Limited-Warraty_V4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/05/H8E-H10E_series_datasheet_rev09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/goodwe-es-g2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-et.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/09/GW_EH_Datasheet-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/jinko-suntank-hybrid-inverter.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/LGES-5048-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sht.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/05/delta-warranty-latest.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/goodwe-warranty-2024-11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/jinko-suntank-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/LGES-inverter-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/WD_202404_Term_Sungrow-s-Inverters-10-Year-Limited-Warraty_V4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/delta-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/delta-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/ge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/lg-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AZ27"/>
+  <dimension ref="A1:ZZ25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39" customWidth="true" style="1"/>
+    <col min="1" max="1" width="34" customWidth="true" style="1"/>
+    <col min="2" max="2" width="39" customWidth="true" style="1"/>
+    <col min="3" max="3" width="39" customWidth="true" style="1"/>
+    <col min="4" max="4" width="39" customWidth="true" style="1"/>
+    <col min="5" max="5" width="39" customWidth="true" style="1"/>
+    <col min="6" max="6" width="39" customWidth="true" style="1"/>
+    <col min="7" max="7" width="39" customWidth="true" style="1"/>
+    <col min="8" max="8" width="39" customWidth="true" style="1"/>
+    <col min="9" max="9" width="39" customWidth="true" style="1"/>
+    <col min="10" max="10" width="39" customWidth="true" style="1"/>
+    <col min="11" max="11" width="39" customWidth="true" style="1"/>
+    <col min="12" max="12" width="39" customWidth="true" style="1"/>
+    <col min="13" max="13" width="39" customWidth="true" style="1"/>
+    <col min="14" max="14" width="39" customWidth="true" style="1"/>
+    <col min="15" max="15" width="39" customWidth="true" style="1"/>
+    <col min="16" max="16" width="39" customWidth="true" style="1"/>
+    <col min="17" max="17" width="39" customWidth="true" style="1"/>
+    <col min="18" max="18" width="39" customWidth="true" style="1"/>
+    <col min="19" max="19" width="39" customWidth="true" style="1"/>
+    <col min="20" max="20" width="39" customWidth="true" style="1"/>
+    <col min="21" max="21" width="39" customWidth="true" style="1"/>
+    <col min="22" max="22" width="39" customWidth="true" style="1"/>
+    <col min="23" max="23" width="39" customWidth="true" style="1"/>
+    <col min="24" max="24" width="39" customWidth="true" style="1"/>
+    <col min="25" max="25" width="39" customWidth="true" style="1"/>
+    <col min="26" max="26" width="39" customWidth="true" style="1"/>
     <col min="27" max="27" width="39" customWidth="true" style="1"/>
-    <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="28" max="28" width="39" customWidth="true" style="1"/>
-    <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="29" max="29" width="39" customWidth="true" style="1"/>
-    <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="30" max="30" width="39" customWidth="true" style="1"/>
-    <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="31" max="31" width="39" customWidth="true" style="1"/>
-    <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="32" max="32" width="39" customWidth="true" style="1"/>
-    <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="33" max="33" width="39" customWidth="true" style="1"/>
-    <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="34" max="34" width="39" customWidth="true" style="1"/>
-    <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="35" max="35" width="39" customWidth="true" style="1"/>
-    <col min="10" max="10" width="39" customWidth="true" style="1"/>
     <col min="36" max="36" width="39" customWidth="true" style="1"/>
-    <col min="11" max="11" width="39" customWidth="true" style="1"/>
     <col min="37" max="37" width="39" customWidth="true" style="1"/>
-    <col min="12" max="12" width="39" customWidth="true" style="1"/>
     <col min="38" max="38" width="39" customWidth="true" style="1"/>
-    <col min="13" max="13" width="39" customWidth="true" style="1"/>
     <col min="39" max="39" width="39" customWidth="true" style="1"/>
-    <col min="14" max="14" width="39" customWidth="true" style="1"/>
     <col min="40" max="40" width="39" customWidth="true" style="1"/>
-    <col min="15" max="15" width="39" customWidth="true" style="1"/>
     <col min="41" max="41" width="39" customWidth="true" style="1"/>
-    <col min="16" max="16" width="39" customWidth="true" style="1"/>
     <col min="42" max="42" width="39" customWidth="true" style="1"/>
-    <col min="17" max="17" width="39" customWidth="true" style="1"/>
     <col min="43" max="43" width="39" customWidth="true" style="1"/>
-    <col min="18" max="18" width="39" customWidth="true" style="1"/>
     <col min="44" max="44" width="39" customWidth="true" style="1"/>
-    <col min="19" max="19" width="39" customWidth="true" style="1"/>
     <col min="45" max="45" width="39" customWidth="true" style="1"/>
-    <col min="20" max="20" width="39" customWidth="true" style="1"/>
     <col min="46" max="46" width="39" customWidth="true" style="1"/>
-    <col min="21" max="21" width="39" customWidth="true" style="1"/>
     <col min="47" max="47" width="39" customWidth="true" style="1"/>
-    <col min="22" max="22" width="39" customWidth="true" style="1"/>
     <col min="48" max="48" width="39" customWidth="true" style="1"/>
-    <col min="23" max="23" width="39" customWidth="true" style="1"/>
     <col min="49" max="49" width="39" customWidth="true" style="1"/>
-    <col min="24" max="24" width="39" customWidth="true" style="1"/>
     <col min="50" max="50" width="39" customWidth="true" style="1"/>
-    <col min="25" max="25" width="39" customWidth="true" style="1"/>
     <col min="51" max="51" width="39" customWidth="true" style="1"/>
-    <col min="26" max="26" width="39" customWidth="true" style="1"/>
     <col min="52" max="52" width="39" customWidth="true" style="1"/>
+    <col min="53" max="53" width="39" customWidth="true" style="1"/>
+    <col min="54" max="54" width="39" customWidth="true" style="1"/>
+    <col min="55" max="55" width="39" customWidth="true" style="1"/>
+    <col min="56" max="56" width="39" customWidth="true" style="1"/>
+    <col min="57" max="57" width="39" customWidth="true" style="1"/>
+    <col min="58" max="58" width="39" customWidth="true" style="1"/>
+    <col min="59" max="59" width="39" customWidth="true" style="1"/>
+    <col min="60" max="60" width="39" customWidth="true" style="1"/>
+    <col min="61" max="61" width="39" customWidth="true" style="1"/>
+    <col min="62" max="62" width="39" customWidth="true" style="1"/>
+    <col min="63" max="63" width="39" customWidth="true" style="1"/>
+    <col min="64" max="64" width="39" customWidth="true" style="1"/>
+    <col min="65" max="65" width="39" customWidth="true" style="1"/>
+    <col min="66" max="66" width="39" customWidth="true" style="1"/>
+    <col min="67" max="67" width="39" customWidth="true" style="1"/>
+    <col min="68" max="68" width="39" customWidth="true" style="1"/>
+    <col min="69" max="69" width="39" customWidth="true" style="1"/>
+    <col min="70" max="70" width="39" customWidth="true" style="1"/>
+    <col min="71" max="71" width="39" customWidth="true" style="1"/>
+    <col min="72" max="72" width="39" customWidth="true" style="1"/>
+    <col min="73" max="73" width="39" customWidth="true" style="1"/>
+    <col min="74" max="74" width="39" customWidth="true" style="1"/>
+    <col min="75" max="75" width="39" customWidth="true" style="1"/>
+    <col min="76" max="76" width="39" customWidth="true" style="1"/>
+    <col min="77" max="77" width="39" customWidth="true" style="1"/>
+    <col min="78" max="78" width="39" customWidth="true" style="1"/>
+    <col min="79" max="79" width="39" customWidth="true" style="1"/>
+    <col min="80" max="80" width="39" customWidth="true" style="1"/>
+    <col min="81" max="81" width="39" customWidth="true" style="1"/>
+    <col min="82" max="82" width="39" customWidth="true" style="1"/>
+    <col min="83" max="83" width="39" customWidth="true" style="1"/>
+    <col min="84" max="84" width="39" customWidth="true" style="1"/>
+    <col min="85" max="85" width="39" customWidth="true" style="1"/>
+    <col min="86" max="86" width="39" customWidth="true" style="1"/>
+    <col min="87" max="87" width="39" customWidth="true" style="1"/>
+    <col min="88" max="88" width="39" customWidth="true" style="1"/>
+    <col min="89" max="89" width="39" customWidth="true" style="1"/>
+    <col min="90" max="90" width="39" customWidth="true" style="1"/>
+    <col min="91" max="91" width="39" customWidth="true" style="1"/>
+    <col min="92" max="92" width="39" customWidth="true" style="1"/>
+    <col min="93" max="93" width="39" customWidth="true" style="1"/>
+    <col min="94" max="94" width="39" customWidth="true" style="1"/>
+    <col min="95" max="95" width="39" customWidth="true" style="1"/>
+    <col min="96" max="96" width="39" customWidth="true" style="1"/>
+    <col min="97" max="97" width="39" customWidth="true" style="1"/>
+    <col min="98" max="98" width="39" customWidth="true" style="1"/>
+    <col min="99" max="99" width="39" customWidth="true" style="1"/>
+    <col min="100" max="100" width="39" customWidth="true" style="1"/>
+    <col min="101" max="101" width="39" customWidth="true" style="1"/>
+    <col min="102" max="102" width="39" customWidth="true" style="1"/>
+    <col min="103" max="103" width="39" customWidth="true" style="1"/>
+    <col min="104" max="104" width="39" customWidth="true" style="1"/>
+    <col min="105" max="105" width="39" customWidth="true" style="1"/>
+    <col min="106" max="106" width="39" customWidth="true" style="1"/>
+    <col min="107" max="107" width="39" customWidth="true" style="1"/>
+    <col min="108" max="108" width="39" customWidth="true" style="1"/>
+    <col min="109" max="109" width="39" customWidth="true" style="1"/>
+    <col min="110" max="110" width="39" customWidth="true" style="1"/>
+    <col min="111" max="111" width="39" customWidth="true" style="1"/>
+    <col min="112" max="112" width="39" customWidth="true" style="1"/>
+    <col min="113" max="113" width="39" customWidth="true" style="1"/>
+    <col min="114" max="114" width="39" customWidth="true" style="1"/>
+    <col min="115" max="115" width="39" customWidth="true" style="1"/>
+    <col min="116" max="116" width="39" customWidth="true" style="1"/>
+    <col min="117" max="117" width="39" customWidth="true" style="1"/>
+    <col min="118" max="118" width="39" customWidth="true" style="1"/>
+    <col min="119" max="119" width="39" customWidth="true" style="1"/>
+    <col min="120" max="120" width="39" customWidth="true" style="1"/>
+    <col min="121" max="121" width="39" customWidth="true" style="1"/>
+    <col min="122" max="122" width="39" customWidth="true" style="1"/>
+    <col min="123" max="123" width="39" customWidth="true" style="1"/>
+    <col min="124" max="124" width="39" customWidth="true" style="1"/>
+    <col min="125" max="125" width="39" customWidth="true" style="1"/>
+    <col min="126" max="126" width="39" customWidth="true" style="1"/>
+    <col min="127" max="127" width="39" customWidth="true" style="1"/>
+    <col min="128" max="128" width="39" customWidth="true" style="1"/>
+    <col min="129" max="129" width="39" customWidth="true" style="1"/>
+    <col min="130" max="130" width="39" customWidth="true" style="1"/>
+    <col min="131" max="131" width="39" customWidth="true" style="1"/>
+    <col min="132" max="132" width="39" customWidth="true" style="1"/>
+    <col min="133" max="133" width="39" customWidth="true" style="1"/>
+    <col min="134" max="134" width="39" customWidth="true" style="1"/>
+    <col min="135" max="135" width="39" customWidth="true" style="1"/>
+    <col min="136" max="136" width="39" customWidth="true" style="1"/>
+    <col min="137" max="137" width="39" customWidth="true" style="1"/>
+    <col min="138" max="138" width="39" customWidth="true" style="1"/>
+    <col min="139" max="139" width="39" customWidth="true" style="1"/>
+    <col min="140" max="140" width="39" customWidth="true" style="1"/>
+    <col min="141" max="141" width="39" customWidth="true" style="1"/>
+    <col min="142" max="142" width="39" customWidth="true" style="1"/>
+    <col min="143" max="143" width="39" customWidth="true" style="1"/>
+    <col min="144" max="144" width="39" customWidth="true" style="1"/>
+    <col min="145" max="145" width="39" customWidth="true" style="1"/>
+    <col min="146" max="146" width="39" customWidth="true" style="1"/>
+    <col min="147" max="147" width="39" customWidth="true" style="1"/>
+    <col min="148" max="148" width="39" customWidth="true" style="1"/>
+    <col min="149" max="149" width="39" customWidth="true" style="1"/>
+    <col min="150" max="150" width="39" customWidth="true" style="1"/>
+    <col min="151" max="151" width="39" customWidth="true" style="1"/>
+    <col min="152" max="152" width="39" customWidth="true" style="1"/>
+    <col min="153" max="153" width="39" customWidth="true" style="1"/>
+    <col min="154" max="154" width="39" customWidth="true" style="1"/>
+    <col min="155" max="155" width="39" customWidth="true" style="1"/>
+    <col min="156" max="156" width="39" customWidth="true" style="1"/>
+    <col min="157" max="157" width="39" customWidth="true" style="1"/>
+    <col min="158" max="158" width="39" customWidth="true" style="1"/>
+    <col min="159" max="159" width="39" customWidth="true" style="1"/>
+    <col min="160" max="160" width="39" customWidth="true" style="1"/>
+    <col min="161" max="161" width="39" customWidth="true" style="1"/>
+    <col min="162" max="162" width="39" customWidth="true" style="1"/>
+    <col min="163" max="163" width="39" customWidth="true" style="1"/>
+    <col min="164" max="164" width="39" customWidth="true" style="1"/>
+    <col min="165" max="165" width="39" customWidth="true" style="1"/>
+    <col min="166" max="166" width="39" customWidth="true" style="1"/>
+    <col min="167" max="167" width="39" customWidth="true" style="1"/>
+    <col min="168" max="168" width="39" customWidth="true" style="1"/>
+    <col min="169" max="169" width="39" customWidth="true" style="1"/>
+    <col min="170" max="170" width="39" customWidth="true" style="1"/>
+    <col min="171" max="171" width="39" customWidth="true" style="1"/>
+    <col min="172" max="172" width="39" customWidth="true" style="1"/>
+    <col min="173" max="173" width="39" customWidth="true" style="1"/>
+    <col min="174" max="174" width="39" customWidth="true" style="1"/>
+    <col min="175" max="175" width="39" customWidth="true" style="1"/>
+    <col min="176" max="176" width="39" customWidth="true" style="1"/>
+    <col min="177" max="177" width="39" customWidth="true" style="1"/>
+    <col min="178" max="178" width="39" customWidth="true" style="1"/>
+    <col min="179" max="179" width="39" customWidth="true" style="1"/>
+    <col min="180" max="180" width="39" customWidth="true" style="1"/>
+    <col min="181" max="181" width="39" customWidth="true" style="1"/>
+    <col min="182" max="182" width="39" customWidth="true" style="1"/>
+    <col min="183" max="183" width="39" customWidth="true" style="1"/>
+    <col min="184" max="184" width="39" customWidth="true" style="1"/>
+    <col min="185" max="185" width="39" customWidth="true" style="1"/>
+    <col min="186" max="186" width="39" customWidth="true" style="1"/>
+    <col min="187" max="187" width="39" customWidth="true" style="1"/>
+    <col min="188" max="188" width="39" customWidth="true" style="1"/>
+    <col min="189" max="189" width="39" customWidth="true" style="1"/>
+    <col min="190" max="190" width="39" customWidth="true" style="1"/>
+    <col min="191" max="191" width="39" customWidth="true" style="1"/>
+    <col min="192" max="192" width="39" customWidth="true" style="1"/>
+    <col min="193" max="193" width="39" customWidth="true" style="1"/>
+    <col min="194" max="194" width="39" customWidth="true" style="1"/>
+    <col min="195" max="195" width="39" customWidth="true" style="1"/>
+    <col min="196" max="196" width="39" customWidth="true" style="1"/>
+    <col min="197" max="197" width="39" customWidth="true" style="1"/>
+    <col min="198" max="198" width="39" customWidth="true" style="1"/>
+    <col min="199" max="199" width="39" customWidth="true" style="1"/>
+    <col min="200" max="200" width="39" customWidth="true" style="1"/>
+    <col min="201" max="201" width="39" customWidth="true" style="1"/>
+    <col min="202" max="202" width="39" customWidth="true" style="1"/>
+    <col min="203" max="203" width="39" customWidth="true" style="1"/>
+    <col min="204" max="204" width="39" customWidth="true" style="1"/>
+    <col min="205" max="205" width="39" customWidth="true" style="1"/>
+    <col min="206" max="206" width="39" customWidth="true" style="1"/>
+    <col min="207" max="207" width="39" customWidth="true" style="1"/>
+    <col min="208" max="208" width="39" customWidth="true" style="1"/>
+    <col min="209" max="209" width="39" customWidth="true" style="1"/>
+    <col min="210" max="210" width="39" customWidth="true" style="1"/>
+    <col min="211" max="211" width="39" customWidth="true" style="1"/>
+    <col min="212" max="212" width="39" customWidth="true" style="1"/>
+    <col min="213" max="213" width="39" customWidth="true" style="1"/>
+    <col min="214" max="214" width="39" customWidth="true" style="1"/>
+    <col min="215" max="215" width="39" customWidth="true" style="1"/>
+    <col min="216" max="216" width="39" customWidth="true" style="1"/>
+    <col min="217" max="217" width="39" customWidth="true" style="1"/>
+    <col min="218" max="218" width="39" customWidth="true" style="1"/>
+    <col min="219" max="219" width="39" customWidth="true" style="1"/>
+    <col min="220" max="220" width="39" customWidth="true" style="1"/>
+    <col min="221" max="221" width="39" customWidth="true" style="1"/>
+    <col min="222" max="222" width="39" customWidth="true" style="1"/>
+    <col min="223" max="223" width="39" customWidth="true" style="1"/>
+    <col min="224" max="224" width="39" customWidth="true" style="1"/>
+    <col min="225" max="225" width="39" customWidth="true" style="1"/>
+    <col min="226" max="226" width="39" customWidth="true" style="1"/>
+    <col min="227" max="227" width="39" customWidth="true" style="1"/>
+    <col min="228" max="228" width="39" customWidth="true" style="1"/>
+    <col min="229" max="229" width="39" customWidth="true" style="1"/>
+    <col min="230" max="230" width="39" customWidth="true" style="1"/>
+    <col min="231" max="231" width="39" customWidth="true" style="1"/>
+    <col min="232" max="232" width="39" customWidth="true" style="1"/>
+    <col min="233" max="233" width="39" customWidth="true" style="1"/>
+    <col min="234" max="234" width="39" customWidth="true" style="1"/>
+    <col min="235" max="235" width="39" customWidth="true" style="1"/>
+    <col min="236" max="236" width="39" customWidth="true" style="1"/>
+    <col min="237" max="237" width="39" customWidth="true" style="1"/>
+    <col min="238" max="238" width="39" customWidth="true" style="1"/>
+    <col min="239" max="239" width="39" customWidth="true" style="1"/>
+    <col min="240" max="240" width="39" customWidth="true" style="1"/>
+    <col min="241" max="241" width="39" customWidth="true" style="1"/>
+    <col min="242" max="242" width="39" customWidth="true" style="1"/>
+    <col min="243" max="243" width="39" customWidth="true" style="1"/>
+    <col min="244" max="244" width="39" customWidth="true" style="1"/>
+    <col min="245" max="245" width="39" customWidth="true" style="1"/>
+    <col min="246" max="246" width="39" customWidth="true" style="1"/>
+    <col min="247" max="247" width="39" customWidth="true" style="1"/>
+    <col min="248" max="248" width="39" customWidth="true" style="1"/>
+    <col min="249" max="249" width="39" customWidth="true" style="1"/>
+    <col min="250" max="250" width="39" customWidth="true" style="1"/>
+    <col min="251" max="251" width="39" customWidth="true" style="1"/>
+    <col min="252" max="252" width="39" customWidth="true" style="1"/>
+    <col min="253" max="253" width="39" customWidth="true" style="1"/>
+    <col min="254" max="254" width="39" customWidth="true" style="1"/>
+    <col min="255" max="255" width="39" customWidth="true" style="1"/>
+    <col min="256" max="256" width="39" customWidth="true" style="1"/>
+    <col min="257" max="257" width="39" customWidth="true" style="1"/>
+    <col min="258" max="258" width="39" customWidth="true" style="1"/>
+    <col min="259" max="259" width="39" customWidth="true" style="1"/>
+    <col min="260" max="260" width="39" customWidth="true" style="1"/>
+    <col min="261" max="261" width="39" customWidth="true" style="1"/>
+    <col min="262" max="262" width="39" customWidth="true" style="1"/>
+    <col min="263" max="263" width="39" customWidth="true" style="1"/>
+    <col min="264" max="264" width="39" customWidth="true" style="1"/>
+    <col min="265" max="265" width="39" customWidth="true" style="1"/>
+    <col min="266" max="266" width="39" customWidth="true" style="1"/>
+    <col min="267" max="267" width="39" customWidth="true" style="1"/>
+    <col min="268" max="268" width="39" customWidth="true" style="1"/>
+    <col min="269" max="269" width="39" customWidth="true" style="1"/>
+    <col min="270" max="270" width="39" customWidth="true" style="1"/>
+    <col min="271" max="271" width="39" customWidth="true" style="1"/>
+    <col min="272" max="272" width="39" customWidth="true" style="1"/>
+    <col min="273" max="273" width="39" customWidth="true" style="1"/>
+    <col min="274" max="274" width="39" customWidth="true" style="1"/>
+    <col min="275" max="275" width="39" customWidth="true" style="1"/>
+    <col min="276" max="276" width="39" customWidth="true" style="1"/>
+    <col min="277" max="277" width="39" customWidth="true" style="1"/>
+    <col min="278" max="278" width="39" customWidth="true" style="1"/>
+    <col min="279" max="279" width="39" customWidth="true" style="1"/>
+    <col min="280" max="280" width="39" customWidth="true" style="1"/>
+    <col min="281" max="281" width="39" customWidth="true" style="1"/>
+    <col min="282" max="282" width="39" customWidth="true" style="1"/>
+    <col min="283" max="283" width="39" customWidth="true" style="1"/>
+    <col min="284" max="284" width="39" customWidth="true" style="1"/>
+    <col min="285" max="285" width="39" customWidth="true" style="1"/>
+    <col min="286" max="286" width="39" customWidth="true" style="1"/>
+    <col min="287" max="287" width="39" customWidth="true" style="1"/>
+    <col min="288" max="288" width="39" customWidth="true" style="1"/>
+    <col min="289" max="289" width="39" customWidth="true" style="1"/>
+    <col min="290" max="290" width="39" customWidth="true" style="1"/>
+    <col min="291" max="291" width="39" customWidth="true" style="1"/>
+    <col min="292" max="292" width="39" customWidth="true" style="1"/>
+    <col min="293" max="293" width="39" customWidth="true" style="1"/>
+    <col min="294" max="294" width="39" customWidth="true" style="1"/>
+    <col min="295" max="295" width="39" customWidth="true" style="1"/>
+    <col min="296" max="296" width="39" customWidth="true" style="1"/>
+    <col min="297" max="297" width="39" customWidth="true" style="1"/>
+    <col min="298" max="298" width="39" customWidth="true" style="1"/>
+    <col min="299" max="299" width="39" customWidth="true" style="1"/>
+    <col min="300" max="300" width="39" customWidth="true" style="1"/>
+    <col min="301" max="301" width="39" customWidth="true" style="1"/>
+    <col min="302" max="302" width="39" customWidth="true" style="1"/>
+    <col min="303" max="303" width="39" customWidth="true" style="1"/>
+    <col min="304" max="304" width="39" customWidth="true" style="1"/>
+    <col min="305" max="305" width="39" customWidth="true" style="1"/>
+    <col min="306" max="306" width="39" customWidth="true" style="1"/>
+    <col min="307" max="307" width="39" customWidth="true" style="1"/>
+    <col min="308" max="308" width="39" customWidth="true" style="1"/>
+    <col min="309" max="309" width="39" customWidth="true" style="1"/>
+    <col min="310" max="310" width="39" customWidth="true" style="1"/>
+    <col min="311" max="311" width="39" customWidth="true" style="1"/>
+    <col min="312" max="312" width="39" customWidth="true" style="1"/>
+    <col min="313" max="313" width="39" customWidth="true" style="1"/>
+    <col min="314" max="314" width="39" customWidth="true" style="1"/>
+    <col min="315" max="315" width="39" customWidth="true" style="1"/>
+    <col min="316" max="316" width="39" customWidth="true" style="1"/>
+    <col min="317" max="317" width="39" customWidth="true" style="1"/>
+    <col min="318" max="318" width="39" customWidth="true" style="1"/>
+    <col min="319" max="319" width="39" customWidth="true" style="1"/>
+    <col min="320" max="320" width="39" customWidth="true" style="1"/>
+    <col min="321" max="321" width="39" customWidth="true" style="1"/>
+    <col min="322" max="322" width="39" customWidth="true" style="1"/>
+    <col min="323" max="323" width="39" customWidth="true" style="1"/>
+    <col min="324" max="324" width="39" customWidth="true" style="1"/>
+    <col min="325" max="325" width="39" customWidth="true" style="1"/>
+    <col min="326" max="326" width="39" customWidth="true" style="1"/>
+    <col min="327" max="327" width="39" customWidth="true" style="1"/>
+    <col min="328" max="328" width="39" customWidth="true" style="1"/>
+    <col min="329" max="329" width="39" customWidth="true" style="1"/>
+    <col min="330" max="330" width="39" customWidth="true" style="1"/>
+    <col min="331" max="331" width="39" customWidth="true" style="1"/>
+    <col min="332" max="332" width="39" customWidth="true" style="1"/>
+    <col min="333" max="333" width="39" customWidth="true" style="1"/>
+    <col min="334" max="334" width="39" customWidth="true" style="1"/>
+    <col min="335" max="335" width="39" customWidth="true" style="1"/>
+    <col min="336" max="336" width="39" customWidth="true" style="1"/>
+    <col min="337" max="337" width="39" customWidth="true" style="1"/>
+    <col min="338" max="338" width="39" customWidth="true" style="1"/>
+    <col min="339" max="339" width="39" customWidth="true" style="1"/>
+    <col min="340" max="340" width="39" customWidth="true" style="1"/>
+    <col min="341" max="341" width="39" customWidth="true" style="1"/>
+    <col min="342" max="342" width="39" customWidth="true" style="1"/>
+    <col min="343" max="343" width="39" customWidth="true" style="1"/>
+    <col min="344" max="344" width="39" customWidth="true" style="1"/>
+    <col min="345" max="345" width="39" customWidth="true" style="1"/>
+    <col min="346" max="346" width="39" customWidth="true" style="1"/>
+    <col min="347" max="347" width="39" customWidth="true" style="1"/>
+    <col min="348" max="348" width="39" customWidth="true" style="1"/>
+    <col min="349" max="349" width="39" customWidth="true" style="1"/>
+    <col min="350" max="350" width="39" customWidth="true" style="1"/>
+    <col min="351" max="351" width="39" customWidth="true" style="1"/>
+    <col min="352" max="352" width="39" customWidth="true" style="1"/>
+    <col min="353" max="353" width="39" customWidth="true" style="1"/>
+    <col min="354" max="354" width="39" customWidth="true" style="1"/>
+    <col min="355" max="355" width="39" customWidth="true" style="1"/>
+    <col min="356" max="356" width="39" customWidth="true" style="1"/>
+    <col min="357" max="357" width="39" customWidth="true" style="1"/>
+    <col min="358" max="358" width="39" customWidth="true" style="1"/>
+    <col min="359" max="359" width="39" customWidth="true" style="1"/>
+    <col min="360" max="360" width="39" customWidth="true" style="1"/>
+    <col min="361" max="361" width="39" customWidth="true" style="1"/>
+    <col min="362" max="362" width="39" customWidth="true" style="1"/>
+    <col min="363" max="363" width="39" customWidth="true" style="1"/>
+    <col min="364" max="364" width="39" customWidth="true" style="1"/>
+    <col min="365" max="365" width="39" customWidth="true" style="1"/>
+    <col min="366" max="366" width="39" customWidth="true" style="1"/>
+    <col min="367" max="367" width="39" customWidth="true" style="1"/>
+    <col min="368" max="368" width="39" customWidth="true" style="1"/>
+    <col min="369" max="369" width="39" customWidth="true" style="1"/>
+    <col min="370" max="370" width="39" customWidth="true" style="1"/>
+    <col min="371" max="371" width="39" customWidth="true" style="1"/>
+    <col min="372" max="372" width="39" customWidth="true" style="1"/>
+    <col min="373" max="373" width="39" customWidth="true" style="1"/>
+    <col min="374" max="374" width="39" customWidth="true" style="1"/>
+    <col min="375" max="375" width="39" customWidth="true" style="1"/>
+    <col min="376" max="376" width="39" customWidth="true" style="1"/>
+    <col min="377" max="377" width="39" customWidth="true" style="1"/>
+    <col min="378" max="378" width="39" customWidth="true" style="1"/>
+    <col min="379" max="379" width="39" customWidth="true" style="1"/>
+    <col min="380" max="380" width="39" customWidth="true" style="1"/>
+    <col min="381" max="381" width="39" customWidth="true" style="1"/>
+    <col min="382" max="382" width="39" customWidth="true" style="1"/>
+    <col min="383" max="383" width="39" customWidth="true" style="1"/>
+    <col min="384" max="384" width="39" customWidth="true" style="1"/>
+    <col min="385" max="385" width="39" customWidth="true" style="1"/>
+    <col min="386" max="386" width="39" customWidth="true" style="1"/>
+    <col min="387" max="387" width="39" customWidth="true" style="1"/>
+    <col min="388" max="388" width="39" customWidth="true" style="1"/>
+    <col min="389" max="389" width="39" customWidth="true" style="1"/>
+    <col min="390" max="390" width="39" customWidth="true" style="1"/>
+    <col min="391" max="391" width="39" customWidth="true" style="1"/>
+    <col min="392" max="392" width="39" customWidth="true" style="1"/>
+    <col min="393" max="393" width="39" customWidth="true" style="1"/>
+    <col min="394" max="394" width="39" customWidth="true" style="1"/>
+    <col min="395" max="395" width="39" customWidth="true" style="1"/>
+    <col min="396" max="396" width="39" customWidth="true" style="1"/>
+    <col min="397" max="397" width="39" customWidth="true" style="1"/>
+    <col min="398" max="398" width="39" customWidth="true" style="1"/>
+    <col min="399" max="399" width="39" customWidth="true" style="1"/>
+    <col min="400" max="400" width="39" customWidth="true" style="1"/>
+    <col min="401" max="401" width="39" customWidth="true" style="1"/>
+    <col min="402" max="402" width="39" customWidth="true" style="1"/>
+    <col min="403" max="403" width="39" customWidth="true" style="1"/>
+    <col min="404" max="404" width="39" customWidth="true" style="1"/>
+    <col min="405" max="405" width="39" customWidth="true" style="1"/>
+    <col min="406" max="406" width="39" customWidth="true" style="1"/>
+    <col min="407" max="407" width="39" customWidth="true" style="1"/>
+    <col min="408" max="408" width="39" customWidth="true" style="1"/>
+    <col min="409" max="409" width="39" customWidth="true" style="1"/>
+    <col min="410" max="410" width="39" customWidth="true" style="1"/>
+    <col min="411" max="411" width="39" customWidth="true" style="1"/>
+    <col min="412" max="412" width="39" customWidth="true" style="1"/>
+    <col min="413" max="413" width="39" customWidth="true" style="1"/>
+    <col min="414" max="414" width="39" customWidth="true" style="1"/>
+    <col min="415" max="415" width="39" customWidth="true" style="1"/>
+    <col min="416" max="416" width="39" customWidth="true" style="1"/>
+    <col min="417" max="417" width="39" customWidth="true" style="1"/>
+    <col min="418" max="418" width="39" customWidth="true" style="1"/>
+    <col min="419" max="419" width="39" customWidth="true" style="1"/>
+    <col min="420" max="420" width="39" customWidth="true" style="1"/>
+    <col min="421" max="421" width="39" customWidth="true" style="1"/>
+    <col min="422" max="422" width="39" customWidth="true" style="1"/>
+    <col min="423" max="423" width="39" customWidth="true" style="1"/>
+    <col min="424" max="424" width="39" customWidth="true" style="1"/>
+    <col min="425" max="425" width="39" customWidth="true" style="1"/>
+    <col min="426" max="426" width="39" customWidth="true" style="1"/>
+    <col min="427" max="427" width="39" customWidth="true" style="1"/>
+    <col min="428" max="428" width="39" customWidth="true" style="1"/>
+    <col min="429" max="429" width="39" customWidth="true" style="1"/>
+    <col min="430" max="430" width="39" customWidth="true" style="1"/>
+    <col min="431" max="431" width="39" customWidth="true" style="1"/>
+    <col min="432" max="432" width="39" customWidth="true" style="1"/>
+    <col min="433" max="433" width="39" customWidth="true" style="1"/>
+    <col min="434" max="434" width="39" customWidth="true" style="1"/>
+    <col min="435" max="435" width="39" customWidth="true" style="1"/>
+    <col min="436" max="436" width="39" customWidth="true" style="1"/>
+    <col min="437" max="437" width="39" customWidth="true" style="1"/>
+    <col min="438" max="438" width="39" customWidth="true" style="1"/>
+    <col min="439" max="439" width="39" customWidth="true" style="1"/>
+    <col min="440" max="440" width="39" customWidth="true" style="1"/>
+    <col min="441" max="441" width="39" customWidth="true" style="1"/>
+    <col min="442" max="442" width="39" customWidth="true" style="1"/>
+    <col min="443" max="443" width="39" customWidth="true" style="1"/>
+    <col min="444" max="444" width="39" customWidth="true" style="1"/>
+    <col min="445" max="445" width="39" customWidth="true" style="1"/>
+    <col min="446" max="446" width="39" customWidth="true" style="1"/>
+    <col min="447" max="447" width="39" customWidth="true" style="1"/>
+    <col min="448" max="448" width="39" customWidth="true" style="1"/>
+    <col min="449" max="449" width="39" customWidth="true" style="1"/>
+    <col min="450" max="450" width="39" customWidth="true" style="1"/>
+    <col min="451" max="451" width="39" customWidth="true" style="1"/>
+    <col min="452" max="452" width="39" customWidth="true" style="1"/>
+    <col min="453" max="453" width="39" customWidth="true" style="1"/>
+    <col min="454" max="454" width="39" customWidth="true" style="1"/>
+    <col min="455" max="455" width="39" customWidth="true" style="1"/>
+    <col min="456" max="456" width="39" customWidth="true" style="1"/>
+    <col min="457" max="457" width="39" customWidth="true" style="1"/>
+    <col min="458" max="458" width="39" customWidth="true" style="1"/>
+    <col min="459" max="459" width="39" customWidth="true" style="1"/>
+    <col min="460" max="460" width="39" customWidth="true" style="1"/>
+    <col min="461" max="461" width="39" customWidth="true" style="1"/>
+    <col min="462" max="462" width="39" customWidth="true" style="1"/>
+    <col min="463" max="463" width="39" customWidth="true" style="1"/>
+    <col min="464" max="464" width="39" customWidth="true" style="1"/>
+    <col min="465" max="465" width="39" customWidth="true" style="1"/>
+    <col min="466" max="466" width="39" customWidth="true" style="1"/>
+    <col min="467" max="467" width="39" customWidth="true" style="1"/>
+    <col min="468" max="468" width="39" customWidth="true" style="1"/>
+    <col min="469" max="469" width="39" customWidth="true" style="1"/>
+    <col min="470" max="470" width="39" customWidth="true" style="1"/>
+    <col min="471" max="471" width="39" customWidth="true" style="1"/>
+    <col min="472" max="472" width="39" customWidth="true" style="1"/>
+    <col min="473" max="473" width="39" customWidth="true" style="1"/>
+    <col min="474" max="474" width="39" customWidth="true" style="1"/>
+    <col min="475" max="475" width="39" customWidth="true" style="1"/>
+    <col min="476" max="476" width="39" customWidth="true" style="1"/>
+    <col min="477" max="477" width="39" customWidth="true" style="1"/>
+    <col min="478" max="478" width="39" customWidth="true" style="1"/>
+    <col min="479" max="479" width="39" customWidth="true" style="1"/>
+    <col min="480" max="480" width="39" customWidth="true" style="1"/>
+    <col min="481" max="481" width="39" customWidth="true" style="1"/>
+    <col min="482" max="482" width="39" customWidth="true" style="1"/>
+    <col min="483" max="483" width="39" customWidth="true" style="1"/>
+    <col min="484" max="484" width="39" customWidth="true" style="1"/>
+    <col min="485" max="485" width="39" customWidth="true" style="1"/>
+    <col min="486" max="486" width="39" customWidth="true" style="1"/>
+    <col min="487" max="487" width="39" customWidth="true" style="1"/>
+    <col min="488" max="488" width="39" customWidth="true" style="1"/>
+    <col min="489" max="489" width="39" customWidth="true" style="1"/>
+    <col min="490" max="490" width="39" customWidth="true" style="1"/>
+    <col min="491" max="491" width="39" customWidth="true" style="1"/>
+    <col min="492" max="492" width="39" customWidth="true" style="1"/>
+    <col min="493" max="493" width="39" customWidth="true" style="1"/>
+    <col min="494" max="494" width="39" customWidth="true" style="1"/>
+    <col min="495" max="495" width="39" customWidth="true" style="1"/>
+    <col min="496" max="496" width="39" customWidth="true" style="1"/>
+    <col min="497" max="497" width="39" customWidth="true" style="1"/>
+    <col min="498" max="498" width="39" customWidth="true" style="1"/>
+    <col min="499" max="499" width="39" customWidth="true" style="1"/>
+    <col min="500" max="500" width="39" customWidth="true" style="1"/>
+    <col min="501" max="501" width="39" customWidth="true" style="1"/>
+    <col min="502" max="502" width="39" customWidth="true" style="1"/>
+    <col min="503" max="503" width="39" customWidth="true" style="1"/>
+    <col min="504" max="504" width="39" customWidth="true" style="1"/>
+    <col min="505" max="505" width="39" customWidth="true" style="1"/>
+    <col min="506" max="506" width="39" customWidth="true" style="1"/>
+    <col min="507" max="507" width="39" customWidth="true" style="1"/>
+    <col min="508" max="508" width="39" customWidth="true" style="1"/>
+    <col min="509" max="509" width="39" customWidth="true" style="1"/>
+    <col min="510" max="510" width="39" customWidth="true" style="1"/>
+    <col min="511" max="511" width="39" customWidth="true" style="1"/>
+    <col min="512" max="512" width="39" customWidth="true" style="1"/>
+    <col min="513" max="513" width="39" customWidth="true" style="1"/>
+    <col min="514" max="514" width="39" customWidth="true" style="1"/>
+    <col min="515" max="515" width="39" customWidth="true" style="1"/>
+    <col min="516" max="516" width="39" customWidth="true" style="1"/>
+    <col min="517" max="517" width="39" customWidth="true" style="1"/>
+    <col min="518" max="518" width="39" customWidth="true" style="1"/>
+    <col min="519" max="519" width="39" customWidth="true" style="1"/>
+    <col min="520" max="520" width="39" customWidth="true" style="1"/>
+    <col min="521" max="521" width="39" customWidth="true" style="1"/>
+    <col min="522" max="522" width="39" customWidth="true" style="1"/>
+    <col min="523" max="523" width="39" customWidth="true" style="1"/>
+    <col min="524" max="524" width="39" customWidth="true" style="1"/>
+    <col min="525" max="525" width="39" customWidth="true" style="1"/>
+    <col min="526" max="526" width="39" customWidth="true" style="1"/>
+    <col min="527" max="527" width="39" customWidth="true" style="1"/>
+    <col min="528" max="528" width="39" customWidth="true" style="1"/>
+    <col min="529" max="529" width="39" customWidth="true" style="1"/>
+    <col min="530" max="530" width="39" customWidth="true" style="1"/>
+    <col min="531" max="531" width="39" customWidth="true" style="1"/>
+    <col min="532" max="532" width="39" customWidth="true" style="1"/>
+    <col min="533" max="533" width="39" customWidth="true" style="1"/>
+    <col min="534" max="534" width="39" customWidth="true" style="1"/>
+    <col min="535" max="535" width="39" customWidth="true" style="1"/>
+    <col min="536" max="536" width="39" customWidth="true" style="1"/>
+    <col min="537" max="537" width="39" customWidth="true" style="1"/>
+    <col min="538" max="538" width="39" customWidth="true" style="1"/>
+    <col min="539" max="539" width="39" customWidth="true" style="1"/>
+    <col min="540" max="540" width="39" customWidth="true" style="1"/>
+    <col min="541" max="541" width="39" customWidth="true" style="1"/>
+    <col min="542" max="542" width="39" customWidth="true" style="1"/>
+    <col min="543" max="543" width="39" customWidth="true" style="1"/>
+    <col min="544" max="544" width="39" customWidth="true" style="1"/>
+    <col min="545" max="545" width="39" customWidth="true" style="1"/>
+    <col min="546" max="546" width="39" customWidth="true" style="1"/>
+    <col min="547" max="547" width="39" customWidth="true" style="1"/>
+    <col min="548" max="548" width="39" customWidth="true" style="1"/>
+    <col min="549" max="549" width="39" customWidth="true" style="1"/>
+    <col min="550" max="550" width="39" customWidth="true" style="1"/>
+    <col min="551" max="551" width="39" customWidth="true" style="1"/>
+    <col min="552" max="552" width="39" customWidth="true" style="1"/>
+    <col min="553" max="553" width="39" customWidth="true" style="1"/>
+    <col min="554" max="554" width="39" customWidth="true" style="1"/>
+    <col min="555" max="555" width="39" customWidth="true" style="1"/>
+    <col min="556" max="556" width="39" customWidth="true" style="1"/>
+    <col min="557" max="557" width="39" customWidth="true" style="1"/>
+    <col min="558" max="558" width="39" customWidth="true" style="1"/>
+    <col min="559" max="559" width="39" customWidth="true" style="1"/>
+    <col min="560" max="560" width="39" customWidth="true" style="1"/>
+    <col min="561" max="561" width="39" customWidth="true" style="1"/>
+    <col min="562" max="562" width="39" customWidth="true" style="1"/>
+    <col min="563" max="563" width="39" customWidth="true" style="1"/>
+    <col min="564" max="564" width="39" customWidth="true" style="1"/>
+    <col min="565" max="565" width="39" customWidth="true" style="1"/>
+    <col min="566" max="566" width="39" customWidth="true" style="1"/>
+    <col min="567" max="567" width="39" customWidth="true" style="1"/>
+    <col min="568" max="568" width="39" customWidth="true" style="1"/>
+    <col min="569" max="569" width="39" customWidth="true" style="1"/>
+    <col min="570" max="570" width="39" customWidth="true" style="1"/>
+    <col min="571" max="571" width="39" customWidth="true" style="1"/>
+    <col min="572" max="572" width="39" customWidth="true" style="1"/>
+    <col min="573" max="573" width="39" customWidth="true" style="1"/>
+    <col min="574" max="574" width="39" customWidth="true" style="1"/>
+    <col min="575" max="575" width="39" customWidth="true" style="1"/>
+    <col min="576" max="576" width="39" customWidth="true" style="1"/>
+    <col min="577" max="577" width="39" customWidth="true" style="1"/>
+    <col min="578" max="578" width="39" customWidth="true" style="1"/>
+    <col min="579" max="579" width="39" customWidth="true" style="1"/>
+    <col min="580" max="580" width="39" customWidth="true" style="1"/>
+    <col min="581" max="581" width="39" customWidth="true" style="1"/>
+    <col min="582" max="582" width="39" customWidth="true" style="1"/>
+    <col min="583" max="583" width="39" customWidth="true" style="1"/>
+    <col min="584" max="584" width="39" customWidth="true" style="1"/>
+    <col min="585" max="585" width="39" customWidth="true" style="1"/>
+    <col min="586" max="586" width="39" customWidth="true" style="1"/>
+    <col min="587" max="587" width="39" customWidth="true" style="1"/>
+    <col min="588" max="588" width="39" customWidth="true" style="1"/>
+    <col min="589" max="589" width="39" customWidth="true" style="1"/>
+    <col min="590" max="590" width="39" customWidth="true" style="1"/>
+    <col min="591" max="591" width="39" customWidth="true" style="1"/>
+    <col min="592" max="592" width="39" customWidth="true" style="1"/>
+    <col min="593" max="593" width="39" customWidth="true" style="1"/>
+    <col min="594" max="594" width="39" customWidth="true" style="1"/>
+    <col min="595" max="595" width="39" customWidth="true" style="1"/>
+    <col min="596" max="596" width="39" customWidth="true" style="1"/>
+    <col min="597" max="597" width="39" customWidth="true" style="1"/>
+    <col min="598" max="598" width="39" customWidth="true" style="1"/>
+    <col min="599" max="599" width="39" customWidth="true" style="1"/>
+    <col min="600" max="600" width="39" customWidth="true" style="1"/>
+    <col min="601" max="601" width="39" customWidth="true" style="1"/>
+    <col min="602" max="602" width="39" customWidth="true" style="1"/>
+    <col min="603" max="603" width="39" customWidth="true" style="1"/>
+    <col min="604" max="604" width="39" customWidth="true" style="1"/>
+    <col min="605" max="605" width="39" customWidth="true" style="1"/>
+    <col min="606" max="606" width="39" customWidth="true" style="1"/>
+    <col min="607" max="607" width="39" customWidth="true" style="1"/>
+    <col min="608" max="608" width="39" customWidth="true" style="1"/>
+    <col min="609" max="609" width="39" customWidth="true" style="1"/>
+    <col min="610" max="610" width="39" customWidth="true" style="1"/>
+    <col min="611" max="611" width="39" customWidth="true" style="1"/>
+    <col min="612" max="612" width="39" customWidth="true" style="1"/>
+    <col min="613" max="613" width="39" customWidth="true" style="1"/>
+    <col min="614" max="614" width="39" customWidth="true" style="1"/>
+    <col min="615" max="615" width="39" customWidth="true" style="1"/>
+    <col min="616" max="616" width="39" customWidth="true" style="1"/>
+    <col min="617" max="617" width="39" customWidth="true" style="1"/>
+    <col min="618" max="618" width="39" customWidth="true" style="1"/>
+    <col min="619" max="619" width="39" customWidth="true" style="1"/>
+    <col min="620" max="620" width="39" customWidth="true" style="1"/>
+    <col min="621" max="621" width="39" customWidth="true" style="1"/>
+    <col min="622" max="622" width="39" customWidth="true" style="1"/>
+    <col min="623" max="623" width="39" customWidth="true" style="1"/>
+    <col min="624" max="624" width="39" customWidth="true" style="1"/>
+    <col min="625" max="625" width="39" customWidth="true" style="1"/>
+    <col min="626" max="626" width="39" customWidth="true" style="1"/>
+    <col min="627" max="627" width="39" customWidth="true" style="1"/>
+    <col min="628" max="628" width="39" customWidth="true" style="1"/>
+    <col min="629" max="629" width="39" customWidth="true" style="1"/>
+    <col min="630" max="630" width="39" customWidth="true" style="1"/>
+    <col min="631" max="631" width="39" customWidth="true" style="1"/>
+    <col min="632" max="632" width="39" customWidth="true" style="1"/>
+    <col min="633" max="633" width="39" customWidth="true" style="1"/>
+    <col min="634" max="634" width="39" customWidth="true" style="1"/>
+    <col min="635" max="635" width="39" customWidth="true" style="1"/>
+    <col min="636" max="636" width="39" customWidth="true" style="1"/>
+    <col min="637" max="637" width="39" customWidth="true" style="1"/>
+    <col min="638" max="638" width="39" customWidth="true" style="1"/>
+    <col min="639" max="639" width="39" customWidth="true" style="1"/>
+    <col min="640" max="640" width="39" customWidth="true" style="1"/>
+    <col min="641" max="641" width="39" customWidth="true" style="1"/>
+    <col min="642" max="642" width="39" customWidth="true" style="1"/>
+    <col min="643" max="643" width="39" customWidth="true" style="1"/>
+    <col min="644" max="644" width="39" customWidth="true" style="1"/>
+    <col min="645" max="645" width="39" customWidth="true" style="1"/>
+    <col min="646" max="646" width="39" customWidth="true" style="1"/>
+    <col min="647" max="647" width="39" customWidth="true" style="1"/>
+    <col min="648" max="648" width="39" customWidth="true" style="1"/>
+    <col min="649" max="649" width="39" customWidth="true" style="1"/>
+    <col min="650" max="650" width="39" customWidth="true" style="1"/>
+    <col min="651" max="651" width="39" customWidth="true" style="1"/>
+    <col min="652" max="652" width="39" customWidth="true" style="1"/>
+    <col min="653" max="653" width="39" customWidth="true" style="1"/>
+    <col min="654" max="654" width="39" customWidth="true" style="1"/>
+    <col min="655" max="655" width="39" customWidth="true" style="1"/>
+    <col min="656" max="656" width="39" customWidth="true" style="1"/>
+    <col min="657" max="657" width="39" customWidth="true" style="1"/>
+    <col min="658" max="658" width="39" customWidth="true" style="1"/>
+    <col min="659" max="659" width="39" customWidth="true" style="1"/>
+    <col min="660" max="660" width="39" customWidth="true" style="1"/>
+    <col min="661" max="661" width="39" customWidth="true" style="1"/>
+    <col min="662" max="662" width="39" customWidth="true" style="1"/>
+    <col min="663" max="663" width="39" customWidth="true" style="1"/>
+    <col min="664" max="664" width="39" customWidth="true" style="1"/>
+    <col min="665" max="665" width="39" customWidth="true" style="1"/>
+    <col min="666" max="666" width="39" customWidth="true" style="1"/>
+    <col min="667" max="667" width="39" customWidth="true" style="1"/>
+    <col min="668" max="668" width="39" customWidth="true" style="1"/>
+    <col min="669" max="669" width="39" customWidth="true" style="1"/>
+    <col min="670" max="670" width="39" customWidth="true" style="1"/>
+    <col min="671" max="671" width="39" customWidth="true" style="1"/>
+    <col min="672" max="672" width="39" customWidth="true" style="1"/>
+    <col min="673" max="673" width="39" customWidth="true" style="1"/>
+    <col min="674" max="674" width="39" customWidth="true" style="1"/>
+    <col min="675" max="675" width="39" customWidth="true" style="1"/>
+    <col min="676" max="676" width="39" customWidth="true" style="1"/>
+    <col min="677" max="677" width="39" customWidth="true" style="1"/>
+    <col min="678" max="678" width="39" customWidth="true" style="1"/>
+    <col min="679" max="679" width="39" customWidth="true" style="1"/>
+    <col min="680" max="680" width="39" customWidth="true" style="1"/>
+    <col min="681" max="681" width="39" customWidth="true" style="1"/>
+    <col min="682" max="682" width="39" customWidth="true" style="1"/>
+    <col min="683" max="683" width="39" customWidth="true" style="1"/>
+    <col min="684" max="684" width="39" customWidth="true" style="1"/>
+    <col min="685" max="685" width="39" customWidth="true" style="1"/>
+    <col min="686" max="686" width="39" customWidth="true" style="1"/>
+    <col min="687" max="687" width="39" customWidth="true" style="1"/>
+    <col min="688" max="688" width="39" customWidth="true" style="1"/>
+    <col min="689" max="689" width="39" customWidth="true" style="1"/>
+    <col min="690" max="690" width="39" customWidth="true" style="1"/>
+    <col min="691" max="691" width="39" customWidth="true" style="1"/>
+    <col min="692" max="692" width="39" customWidth="true" style="1"/>
+    <col min="693" max="693" width="39" customWidth="true" style="1"/>
+    <col min="694" max="694" width="39" customWidth="true" style="1"/>
+    <col min="695" max="695" width="39" customWidth="true" style="1"/>
+    <col min="696" max="696" width="39" customWidth="true" style="1"/>
+    <col min="697" max="697" width="39" customWidth="true" style="1"/>
+    <col min="698" max="698" width="39" customWidth="true" style="1"/>
+    <col min="699" max="699" width="39" customWidth="true" style="1"/>
+    <col min="700" max="700" width="39" customWidth="true" style="1"/>
+    <col min="701" max="701" width="39" customWidth="true" style="1"/>
+    <col min="702" max="702" width="39" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:52">
+    <row r="1" spans="1:702">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/","Latest version here")</f>
         <v>Latest version here</v>
       </c>
     </row>
-    <row r="2" spans="1:52">
+    <row r="2" spans="1:702">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="I2" s="1" t="s">
@@ -1584,1869 +3752,1922 @@
       </c>
       <c r="O2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="Q2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="R2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="S2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="U2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="V2" s="1" t="s">
         <v>22</v>
       </c>
+      <c r="W2" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="X2" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="Y2" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="Z2" s="1" t="s">
+        <v>26</v>
+      </c>
     </row>
-    <row r="3" spans="1:52">
+    <row r="3" spans="1:702" customHeight="1" ht="220">
       <c r="A3" s="1" t="s">
-        <v>23</v>
-[...10 lines deleted...]
-      <c r="E3" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="B3" s="1"/>
+      <c r="C3" s="1"/>
+      <c r="D3" s="1"/>
+      <c r="E3" s="1"/>
+      <c r="F3" s="1"/>
+      <c r="G3" s="1"/>
+      <c r="H3" s="1"/>
+      <c r="I3" s="1"/>
+      <c r="J3" s="1"/>
+      <c r="K3" s="1"/>
+      <c r="L3" s="1"/>
+      <c r="M3" s="1"/>
+      <c r="N3" s="1"/>
+      <c r="O3" s="1"/>
+      <c r="P3" s="1"/>
+      <c r="Q3" s="1"/>
+      <c r="R3" s="1"/>
+      <c r="S3" s="1"/>
+      <c r="T3" s="1"/>
+      <c r="U3" s="1"/>
+      <c r="V3" s="1"/>
+      <c r="W3" s="1"/>
+      <c r="X3" s="1"/>
+      <c r="Y3" s="1"/>
+      <c r="Z3" s="1"/>
+    </row>
+    <row r="4" spans="1:702" customHeight="1" ht="230">
+      <c r="A4" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="1"/>
+      <c r="N4" s="1"/>
+      <c r="O4" s="1"/>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1"/>
+      <c r="R4" s="1"/>
+      <c r="S4" s="1"/>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+      <c r="X4" s="1"/>
+      <c r="Y4" s="1"/>
+      <c r="Z4" s="1"/>
+    </row>
+    <row r="5" spans="1:702">
+      <c r="A5" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="H3" s="1" t="s">
+      <c r="B5" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="I3" s="1" t="s">
+      <c r="C5" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="J3" s="1">
+      <c r="D5" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="L5" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="M5" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N5" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O5" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q5" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="R5" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="S5" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="T5" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="U5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="V5" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="W5" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="X5" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y5" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="Z5" s="1" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:702">
+      <c r="A6" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="L6" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="O6" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q6" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="R6" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="S6" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="T6" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="U6" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="V6" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="W6" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="X6" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="Y6" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="Z6" s="1" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="7" spans="1:702">
+      <c r="A7" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="K7" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="L7" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="M7" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="N7" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="O7" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="P7" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q7" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="R7" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="S7" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="T7" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="U7" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="V7" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="W7" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="X7" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y7" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="Z7" s="1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="8" spans="1:702">
+      <c r="A8" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="L8" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="M8" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="N8" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="O8" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="P8" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q8" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="R8" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="S8" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="T8" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="U8" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="V8" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="W8" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="X8" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="Y8" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="Z8" s="1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="9" spans="1:702">
+      <c r="A9" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L9" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M9" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="N9" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="O9" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="P9" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q9" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="R9" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="S9" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="T9" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="U9" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="V9" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="W9" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="X9" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y9" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="Z9" s="1" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="10" spans="1:702">
+      <c r="A10" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="L10" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="M10" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="O10" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="P10" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q10" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="R10" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="S10" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="T10" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="U10" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="V10" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="W10" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="X10" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="Y10" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="Z10" s="1" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="11" spans="1:702">
+      <c r="A11" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="K11" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="L11" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="M11" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="N11" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="O11" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="P11" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="Q11" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="R11" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="S11" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="T11" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="U11" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="V11" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="W11" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="X11" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y11" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="Z11" s="1" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="12" spans="1:702">
+      <c r="A12" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="J12" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="K12" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="L12" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="M12" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="N12" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="O12" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="P12" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="Q12" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="R12" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="S12" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="T12" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="U12" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="V12" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="W12" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="X12" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="Y12" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="Z12" s="1" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="13" spans="1:702">
+      <c r="A13" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B13" s="1">
         <v>2</v>
       </c>
-      <c r="K3" s="1" t="s">
-[...26 lines deleted...]
-      <c r="T3" s="2" t="str">
+      <c r="C13" s="1">
+        <v>4</v>
+      </c>
+      <c r="D13" s="1">
+        <v>2</v>
+      </c>
+      <c r="E13" s="1">
+        <v>2</v>
+      </c>
+      <c r="F13" s="1">
+        <v>4</v>
+      </c>
+      <c r="G13" s="1">
+        <v>2</v>
+      </c>
+      <c r="H13" s="1">
+        <v>4</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="J13" s="1">
+        <v>2</v>
+      </c>
+      <c r="K13" s="1">
+        <v>2</v>
+      </c>
+      <c r="L13" s="1">
+        <v>2</v>
+      </c>
+      <c r="M13" s="1">
+        <v>3</v>
+      </c>
+      <c r="N13" s="1">
+        <v>2</v>
+      </c>
+      <c r="O13" s="1">
+        <v>2</v>
+      </c>
+      <c r="P13" s="1">
+        <v>2</v>
+      </c>
+      <c r="Q13" s="1">
+        <v>2</v>
+      </c>
+      <c r="R13" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="S13" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="T13" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="U13" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="V13" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="W13" s="1">
+        <v>2</v>
+      </c>
+      <c r="X13" s="1">
+        <v>4</v>
+      </c>
+      <c r="Y13" s="1">
+        <v>2</v>
+      </c>
+      <c r="Z13" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="14" spans="1:702">
+      <c r="A14" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="K14" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="L14" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="M14" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="N14" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="O14" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="P14" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q14" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="R14" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="S14" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="T14" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="U14" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="V14" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="W14" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="X14" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="Y14" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="Z14" s="1" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="15" spans="1:702">
+      <c r="A15" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="F15" s="1">
+        <v>32.3</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="J15" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="K15" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="L15" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="M15" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="N15" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="O15" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="P15" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="Q15" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="R15" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="S15" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="T15" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="U15" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="V15" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="W15" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="X15" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="Y15" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="Z15" s="1" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="16" spans="1:702">
+      <c r="A16" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="J16" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="K16" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="L16" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="M16" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="N16" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="O16" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="P16" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="Q16" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="R16" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="S16" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="T16" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U16" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="V16" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="W16" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="X16" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="Y16" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="Z16" s="1" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="17" spans="1:702">
+      <c r="A17" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="J17" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="K17" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="L17" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="M17" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="N17" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="O17" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="P17" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="Q17" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="R17" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="S17" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="T17" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="U17" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="V17" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="W17" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="X17" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="Y17" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="Z17" s="1" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="18" spans="1:702">
+      <c r="A18" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="J18" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="K18" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="L18" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="M18" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="N18" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="O18" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="P18" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="Q18" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="R18" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="S18" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="T18" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="U18" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="V18" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="W18" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="X18" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="Y18" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="Z18" s="1" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="19" spans="1:702">
+      <c r="A19" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="L19" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="M19" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="N19" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="O19" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="P19" s="1" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="20" spans="1:702">
+      <c r="A20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="J20" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="K20" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="L20" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="M20" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="N20" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="O20" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="P20" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="Q20" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="R20" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="S20" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="T20" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="U20" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="V20" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="W20" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="X20" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="Y20" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="Z20" s="1" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="21" spans="1:702">
+      <c r="A21" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="J21" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="K21" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="L21" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="M21" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="N21" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="O21" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="P21" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="Q21" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R21" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="S21" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="T21" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="U21" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="V21" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="W21" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="X21" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="Y21" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="Z21" s="1" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="22" spans="1:702">
+      <c r="A22" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="J22" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="K22" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="L22" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="M22" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="N22" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="O22" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="P22" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="Q22" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="R22" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="S22" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="T22" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="U22" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="V22" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="W22" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="X22" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="Y22" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="Z22" s="1" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="23" spans="1:702">
+      <c r="A23" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="U3" s="2" t="str">
+      <c r="C23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/05/H8E-H10E_series_datasheet_rev09.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="D23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="E23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="F23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="G23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/goodwe-es-g2.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="H23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="I23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="J23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-et.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="K23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/09/GW_EH_Datasheet-EN.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="L23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="M23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="N23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="O23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="P23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/05/jinko-suntank-hybrid-inverter.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Q23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/LGES-5048-datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="R23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="V23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="W23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="X23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Y23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Z23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sht.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+    </row>
+    <row r="24" spans="1:702">
+      <c r="A24" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="V3" s="2" t="str">
+      <c r="C24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/05/delta-warranty-latest.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="D24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="E24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="F24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="G24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="H24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-2.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="I24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/12/goodwe-warranty-2024-11.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="J24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="K24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="L24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="M24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="N24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="O24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="P24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/05/jinko-suntank-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Q24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/LGES-inverter-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="R24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="V24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="W24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="X24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Y24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Z24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/WD_202404_Term_Sungrow-s-Inverters-10-Year-Limited-Warraty_V4.2.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+    </row>
+    <row r="25" spans="1:702">
+      <c r="A25" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/delta-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...66 lines deleted...]
-      <c r="V4" s="2" t="str">
+      <c r="C25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/delta-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...66 lines deleted...]
-      <c r="V5" s="2" t="str">
+      <c r="D25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...66 lines deleted...]
-      <c r="V6" s="2" t="str">
+      <c r="E25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V7" s="2" t="str">
+      <c r="F25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/ge-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V8" s="2" t="str">
+      <c r="G25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V9" s="2" t="str">
+      <c r="H25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V10" s="2" t="str">
+      <c r="I25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V11" s="2" t="str">
+      <c r="J25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V12" s="2" t="str">
+      <c r="K25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...66 lines deleted...]
-      <c r="V13" s="2" t="str">
+      <c r="L25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...66 lines deleted...]
-      <c r="V14" s="2" t="str">
+      <c r="M25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...66 lines deleted...]
-      <c r="V15" s="2" t="str">
+      <c r="N25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...66 lines deleted...]
-      <c r="V16" s="2" t="str">
+      <c r="O25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...66 lines deleted...]
-      <c r="V17" s="2" t="str">
+      <c r="P25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/jinko-solar-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V18" s="2" t="str">
+      <c r="Q25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/lg-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V19" s="2" t="str">
+      <c r="R25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V20" s="2" t="str">
+      <c r="S25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V21" s="2" t="str">
+      <c r="T25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V22" s="2" t="str">
+      <c r="U25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V23" s="2" t="str">
+      <c r="V25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solis-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V24" s="2" t="str">
+      <c r="W25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V25" s="2" t="str">
+      <c r="X25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V26" s="2" t="str">
+      <c r="Y25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="V27" s="2" t="str">
+      <c r="Z25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
-    <hyperlink ref="T3" r:id="rId_hyperlink_2" tooltip="Yes" display="Yes"/>
-[...73 lines deleted...]
-    <hyperlink ref="V27" r:id="rId_hyperlink_76" tooltip="Here" display="Here"/>
+    <hyperlink ref="B23" r:id="rId_hyperlink_2" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="C23" r:id="rId_hyperlink_3" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="D23" r:id="rId_hyperlink_4" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="E23" r:id="rId_hyperlink_5" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="F23" r:id="rId_hyperlink_6" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="G23" r:id="rId_hyperlink_7" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="H23" r:id="rId_hyperlink_8" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="I23" r:id="rId_hyperlink_9" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="J23" r:id="rId_hyperlink_10" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="K23" r:id="rId_hyperlink_11" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="L23" r:id="rId_hyperlink_12" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="M23" r:id="rId_hyperlink_13" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="N23" r:id="rId_hyperlink_14" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="O23" r:id="rId_hyperlink_15" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="P23" r:id="rId_hyperlink_16" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Q23" r:id="rId_hyperlink_17" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R23" r:id="rId_hyperlink_18" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S23" r:id="rId_hyperlink_19" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T23" r:id="rId_hyperlink_20" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U23" r:id="rId_hyperlink_21" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="V23" r:id="rId_hyperlink_22" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="W23" r:id="rId_hyperlink_23" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="X23" r:id="rId_hyperlink_24" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Y23" r:id="rId_hyperlink_25" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Z23" r:id="rId_hyperlink_26" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B24" r:id="rId_hyperlink_27" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="C24" r:id="rId_hyperlink_28" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="D24" r:id="rId_hyperlink_29" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="E24" r:id="rId_hyperlink_30" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="F24" r:id="rId_hyperlink_31" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="G24" r:id="rId_hyperlink_32" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="H24" r:id="rId_hyperlink_33" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="I24" r:id="rId_hyperlink_34" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="J24" r:id="rId_hyperlink_35" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="K24" r:id="rId_hyperlink_36" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="L24" r:id="rId_hyperlink_37" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="M24" r:id="rId_hyperlink_38" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="N24" r:id="rId_hyperlink_39" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="O24" r:id="rId_hyperlink_40" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="P24" r:id="rId_hyperlink_41" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Q24" r:id="rId_hyperlink_42" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R24" r:id="rId_hyperlink_43" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S24" r:id="rId_hyperlink_44" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T24" r:id="rId_hyperlink_45" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U24" r:id="rId_hyperlink_46" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="V24" r:id="rId_hyperlink_47" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="W24" r:id="rId_hyperlink_48" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="X24" r:id="rId_hyperlink_49" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Y24" r:id="rId_hyperlink_50" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Z24" r:id="rId_hyperlink_51" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B25" r:id="rId_hyperlink_52" tooltip="Here" display="Here"/>
+    <hyperlink ref="C25" r:id="rId_hyperlink_53" tooltip="Here" display="Here"/>
+    <hyperlink ref="D25" r:id="rId_hyperlink_54" tooltip="Here" display="Here"/>
+    <hyperlink ref="E25" r:id="rId_hyperlink_55" tooltip="Here" display="Here"/>
+    <hyperlink ref="F25" r:id="rId_hyperlink_56" tooltip="Here" display="Here"/>
+    <hyperlink ref="G25" r:id="rId_hyperlink_57" tooltip="Here" display="Here"/>
+    <hyperlink ref="H25" r:id="rId_hyperlink_58" tooltip="Here" display="Here"/>
+    <hyperlink ref="I25" r:id="rId_hyperlink_59" tooltip="Here" display="Here"/>
+    <hyperlink ref="J25" r:id="rId_hyperlink_60" tooltip="Here" display="Here"/>
+    <hyperlink ref="K25" r:id="rId_hyperlink_61" tooltip="Here" display="Here"/>
+    <hyperlink ref="L25" r:id="rId_hyperlink_62" tooltip="Here" display="Here"/>
+    <hyperlink ref="M25" r:id="rId_hyperlink_63" tooltip="Here" display="Here"/>
+    <hyperlink ref="N25" r:id="rId_hyperlink_64" tooltip="Here" display="Here"/>
+    <hyperlink ref="O25" r:id="rId_hyperlink_65" tooltip="Here" display="Here"/>
+    <hyperlink ref="P25" r:id="rId_hyperlink_66" tooltip="Here" display="Here"/>
+    <hyperlink ref="Q25" r:id="rId_hyperlink_67" tooltip="Here" display="Here"/>
+    <hyperlink ref="R25" r:id="rId_hyperlink_68" tooltip="Here" display="Here"/>
+    <hyperlink ref="S25" r:id="rId_hyperlink_69" tooltip="Here" display="Here"/>
+    <hyperlink ref="T25" r:id="rId_hyperlink_70" tooltip="Here" display="Here"/>
+    <hyperlink ref="U25" r:id="rId_hyperlink_71" tooltip="Here" display="Here"/>
+    <hyperlink ref="V25" r:id="rId_hyperlink_72" tooltip="Here" display="Here"/>
+    <hyperlink ref="W25" r:id="rId_hyperlink_73" tooltip="Here" display="Here"/>
+    <hyperlink ref="X25" r:id="rId_hyperlink_74" tooltip="Here" display="Here"/>
+    <hyperlink ref="Y25" r:id="rId_hyperlink_75" tooltip="Here" display="Here"/>
+    <hyperlink ref="Z25" r:id="rId_hyperlink_76" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>