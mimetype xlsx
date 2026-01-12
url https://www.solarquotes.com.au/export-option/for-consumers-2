--- v1 (2025-11-22)
+++ v2 (2026-01-12)
@@ -15,1108 +15,1091 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
-    <t>Delta Hybrid E5</t>
-[...2 lines deleted...]
-    <t>Delta Hybrid H8E-H10E</t>
+    <t>Sungrow SHRS 5-6 kW</t>
+  </si>
+  <si>
+    <t>Sungrow SHRS 8-10 kW</t>
+  </si>
+  <si>
+    <t>Sungrow SH-RT</t>
+  </si>
+  <si>
+    <t>Sungrow SH-T</t>
   </si>
   <si>
     <t>Fronius Gen24 PLUS SYMO</t>
   </si>
   <si>
     <t>Fronius Gen24 PLUS PRIMO</t>
   </si>
   <si>
+    <t>GoodWe EHB Series</t>
+  </si>
+  <si>
+    <t>GoodWe EHA series</t>
+  </si>
+  <si>
+    <t>GoodWe ET G2 Series</t>
+  </si>
+  <si>
+    <t>Solis S6 Series</t>
+  </si>
+  <si>
+    <t>Sigenergy Energy Controller (single-phase)</t>
+  </si>
+  <si>
+    <t>Sigenergy Energy Controller (three-phase)</t>
+  </si>
+  <si>
+    <t>SolaX X1-VAST</t>
+  </si>
+  <si>
+    <t>SolaX X3-HYBRID G4</t>
+  </si>
+  <si>
+    <t>Fox-ESS H1</t>
+  </si>
+  <si>
+    <t>Fox-ESS KH</t>
+  </si>
+  <si>
+    <t>Fox-ESS H3 Smart</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Single Phase (5-6kW)</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Single Phase (10kW)</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Three Phase (5-6 kW)</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Three Phase (10-25 kW)</t>
+  </si>
+  <si>
+    <t>SolarEdge Home Hub Universal (single phase)</t>
+  </si>
+  <si>
+    <t>SolarEdge Home Hub (three phase)</t>
+  </si>
+  <si>
     <t>GE H Series</t>
   </si>
   <si>
-    <t>GoodWe ES G2 Series</t>
-[...58 lines deleted...]
-  <si>
     <t>Manufacturer Logo</t>
   </si>
   <si>
     <t>Product Image</t>
   </si>
   <si>
     <t>Choose model:</t>
   </si>
   <si>
-    <t xml:space="preserve">RPI E5
+    <t xml:space="preserve">SH5.0RS
+SH6.0RS
 </t>
   </si>
   <si>
-    <t xml:space="preserve">H8E
-H10E
+    <t xml:space="preserve">SH8.0RS
+SH10.0RS
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SH5.0RT
+SH6.0RT
+SH8.0RT
+SH10.0RT
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SH15T
+SH20T
+SH25T
 </t>
   </si>
   <si>
     <t xml:space="preserve">Symo GEN24 5.0 Plus
 Symo GEN24 6.0 Plus
 Symo GEN24 8.0 Plus
 Symo GEN24 10.0 Plus
 </t>
   </si>
   <si>
     <t xml:space="preserve">Primo GEN24 5.0 Plus
 Primo GEN24 6.0 Plus
 </t>
   </si>
   <si>
-    <t xml:space="preserve">GEH5.0-1U-10
-[...9 lines deleted...]
-  <si>
     <t xml:space="preserve">GW5K-EHB-AU-G11
 GW8.6K-EHB-AU-G11
 GW9.99K-EHB-AU-G11
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GW5K-EHA-G20
+GW10K-EHA-G20
 </t>
   </si>
   <si>
     <t xml:space="preserve">GW6000-ET-20 
 GW8000-ET-20 
 GW9900-ET-20
 GW12K-ET-20 
 GW15K-ET-20
 </t>
   </si>
   <si>
-    <t xml:space="preserve">GW5KL-ET
-[...36 lines deleted...]
-    <t xml:space="preserve">LGES-5048
+    <t xml:space="preserve">S6-EH3P5K-H-AU
+S6-EH3P6K-H-AU
+S6-EH3P8K-H-AU
+S6-EH3P10K-H-AU
 </t>
   </si>
   <si>
     <t xml:space="preserve">SigenStor EC 5.0 SP
 SigenStor EC 6.0 SP
 SigenStor EC 8.0 SP
 SigenStor EC 10.0 SP
 SigenStor EC 12.0 SP
 </t>
   </si>
   <si>
     <t xml:space="preserve">SigenStor EC 5.0 TP
 SigenStor EC 10.0 TP
 SigenStor EC 15.0 TP
 SigenStor EC 25.0 TP
 SigenStor EC 30.0 TP
 </t>
   </si>
   <si>
-    <t xml:space="preserve">SE5000H
-SE6000H
+    <t xml:space="preserve">X1-VAST-5K
+X1-VAST-8K
+X1-VAST-10K
 </t>
   </si>
   <si>
-    <t xml:space="preserve">SE8250H
-SE10000H
+    <t xml:space="preserve">X3-HYBRID-5.0-D
+X3-HYBRID-10.0-D
+X3-HYBRID-15.0-D
 </t>
   </si>
   <si>
-    <t xml:space="preserve">S6-EH3P5K-H-AU
-[...2 lines deleted...]
-S6-EH3P10K-H-AU
+    <t xml:space="preserve">H1-5.0-E-G2
+H1-6.0-E-G2
 </t>
   </si>
   <si>
-    <t xml:space="preserve">SH5.0RS
-SH6.0RS
+    <t xml:space="preserve">KH-8.0
+KH-10.0
 </t>
   </si>
   <si>
-    <t xml:space="preserve">SH8.0RS
-SH10.0RS
+    <t xml:space="preserve">H3-5.0
+H3-6.0
+H3-8.0
+H3-10.0
+H3-15.0
 </t>
   </si>
   <si>
-    <t xml:space="preserve">SH5.0RT
-[...2 lines deleted...]
-SH10.0RT
+    <t xml:space="preserve">IS-HYB-5000-1PH
+IS-HYB-6000-1PH
 </t>
   </si>
   <si>
-    <t xml:space="preserve">SH15T
-[...1 lines deleted...]
-SH25T
+    <t xml:space="preserve">IS-HYB-10000-1PH
 </t>
   </si>
   <si>
+    <t xml:space="preserve">IS-HYB-5000-3PH 
+IS-HYB-6000-3PH
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IS-HYB-10000-3PH
+IS-HYB-15000-3PH
+IS-HYB-25000-3PH
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE5000H-MM 
+SE6000H-MM 
+SE8250H-MM
+SE10000H-MM
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE10K-RWB48
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GEH5.0-1U-10
+GEH8.6-1U-10
+GEH10-1U-10
+</t>
+  </si>
+  <si>
     <t>Price (Approx. AUD price RRP inc. GST)</t>
   </si>
   <si>
-    <t>$3,000</t>
-[...1 lines deleted...]
-  <si>
     <t>$2,400
-$2,500</t>
+$2,600</t>
+  </si>
+  <si>
+    <t>$3,400
+$3,600</t>
+  </si>
+  <si>
+    <t>$3,800
+$3900
+$4250
+$4620</t>
+  </si>
+  <si>
+    <t>$5,570
+$6900
+$8600</t>
   </si>
   <si>
     <t>$3,630
 $4,200
 $4900
 $5200</t>
   </si>
   <si>
     <t>$3,300
 $3,700</t>
   </si>
   <si>
-    <t>$2,500
-[...7 lines deleted...]
-  <si>
     <t>$2,400
 $2,800
 $3,000</t>
+  </si>
+  <si>
+    <t>$2,000
+$2,800</t>
   </si>
   <si>
     <t>$2,600
 $2,800
 $3,000
 $3,400
 $3,500</t>
   </si>
   <si>
-    <t>$2,600
-$2,800
+    <t>$2,500
+$2,700
 $3,000
-$3,400</t>
-[...22 lines deleted...]
-    <t>$2200</t>
+$3500</t>
   </si>
   <si>
     <t>$1770
 $1920
 $3270
 $3500
 $3800</t>
   </si>
   <si>
     <t>$3000
 $3500
 $4600
 $6000
 $6700</t>
   </si>
   <si>
+    <t>$2,300
+$3,000
+$3,300</t>
+  </si>
+  <si>
+    <t>$2,400
+$3,200
+$3,500</t>
+  </si>
+  <si>
+    <t>$1,800
+$2,100</t>
+  </si>
+  <si>
+    <t>$2,600
+$3,000</t>
+  </si>
+  <si>
+    <t>$2,800
+$3,000
+$3,300
+$3,600
+$4,100</t>
+  </si>
+  <si>
+    <t>$1,700
+$2,500</t>
+  </si>
+  <si>
+    <t>$2,300</t>
+  </si>
+  <si>
     <t>$2,000
-$2,500</t>
-[...3 lines deleted...]
-$3,500</t>
+$2,600</t>
+  </si>
+  <si>
+    <t>$2,600
+$3,000
+$3,600</t>
+  </si>
+  <si>
+    <t>$2,000
+$2,300
+$2,900
+$3,100</t>
+  </si>
+  <si>
+    <t>$3,000</t>
   </si>
   <si>
     <t>$2,500
-$2,700
-[...20 lines deleted...]
-$8600</t>
+$3,500
+$3,700</t>
   </si>
   <si>
     <t>Nominal AC Power (Inverter size)</t>
   </si>
   <si>
-    <t xml:space="preserve">5000W
-[...4 lines deleted...]
-9600 W</t>
+    <t>4999W
+6000W</t>
+  </si>
+  <si>
+    <t>8000W
+9999W</t>
   </si>
   <si>
     <t>5000W
 6000W
 8000W
 10000W</t>
   </si>
   <si>
+    <t>15000W
+20000W
+25000W</t>
+  </si>
+  <si>
     <t>5000W
 6000W</t>
-  </si>
-[...3 lines deleted...]
-9600 W</t>
   </si>
   <si>
     <t>5000W
 8600W
 10000W</t>
+  </si>
+  <si>
+    <t>5000W
+9900W</t>
   </si>
   <si>
     <t>6000W
 8000W
 9900W
 12000W
 15000W</t>
   </si>
   <si>
-    <t>10000W</t>
-[...7 lines deleted...]
-    <t>5000W</t>
+    <t>5000 W
+6000 W
+8000 W
+10000 W</t>
   </si>
   <si>
     <t>5000 W
 6000 W
 8000 W
 10000 W
 12000 W</t>
   </si>
   <si>
     <t>5000 W
 10000 W
 15000 W
 25000 W
 30000 W</t>
   </si>
   <si>
-    <t>8250W
+    <t>5000W
+8000W
 10000W</t>
+  </si>
+  <si>
+    <t>5000W
+10000W
+15000W</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W</t>
+  </si>
+  <si>
+    <t>8000 W
+10000 W</t>
   </si>
   <si>
     <t>5000 W
 6000 W
 8000 W
-10000 W</t>
-[...12 lines deleted...]
-25000W</t>
+10000 W
+15000 W</t>
+  </si>
+  <si>
+    <t>10000W</t>
+  </si>
+  <si>
+    <t>9,999 W
+15,000 W
+25,000 W</t>
+  </si>
+  <si>
+    <t>5000W
+6000W
+8250W
+10000W</t>
+  </si>
+  <si>
+    <t>5000 W
+8600 W
+9600 W</t>
   </si>
   <si>
     <t>Max battery output power</t>
   </si>
   <si>
-    <t>3600W</t>
-[...8 lines deleted...]
-10080 W</t>
+    <t>10000W
+10000W</t>
+  </si>
+  <si>
+    <t>6000W
+7200W
+10600W
+10600W</t>
+  </si>
+  <si>
+    <t>5500W
+11000W</t>
   </si>
   <si>
     <t>6600W
 8800W
 11000W
 13200W
 16500W</t>
   </si>
   <si>
-    <t>5000W
-[...17 lines deleted...]
-  <si>
     <t xml:space="preserve">5000 W
 6000 W
 8000 W
 10000 W
 12000 W </t>
   </si>
   <si>
-    <t>7400W
+    <t>4999W
+8000W
+10000W</t>
+  </si>
+  <si>
+    <t>4999W
+1000W
+15000W</t>
+  </si>
+  <si>
+    <t>5000W
+5000W</t>
+  </si>
+  <si>
+    <t>9999W</t>
+  </si>
+  <si>
+    <t>9,999 W
+16,500 W
+25,000 W</t>
+  </si>
+  <si>
+    <t>5000W
+6000W
+7500W
 9000W</t>
   </si>
   <si>
-    <t>10000W
-[...6 lines deleted...]
-10600W</t>
+    <t>5000W</t>
+  </si>
+  <si>
+    <t>5250 W
+9030 W
+10080 W</t>
   </si>
   <si>
     <t>PV Input Power</t>
   </si>
   <si>
-    <t>5500W</t>
-[...3 lines deleted...]
-TBD</t>
+    <t>12000W
+13000W</t>
+  </si>
+  <si>
+    <t>16000W
+20000W</t>
+  </si>
+  <si>
+    <t>7500W
+9000W
+12000W
+15000W</t>
+  </si>
+  <si>
+    <t>30000W
+40000W
+50000W</t>
   </si>
   <si>
     <t>5220W
 6220W
 8260W
 10300W</t>
   </si>
   <si>
     <t>5170W
 6200W</t>
   </si>
   <si>
-    <t>7500 W
-[...3 lines deleted...]
-  <si>
     <t>10000W
 17200W
+20000W</t>
+  </si>
+  <si>
+    <t>10000W
 20000W</t>
   </si>
   <si>
     <t>9600W
 12800W
 16000W
 19200W
 24000W</t>
   </si>
   <si>
-    <t>6650W
-[...25 lines deleted...]
-    <t>6500W</t>
+    <t>8000 W
+9600 W
+12800 W
+16000 W</t>
   </si>
   <si>
     <t>10000 W
 12000 W
 16000 W
 20000 W
 24000 W</t>
   </si>
   <si>
     <t>8000 W
 16000 W
 24000 W
 40000 W
 48000 W</t>
   </si>
   <si>
     <t>10000W
-12000W</t>
-[...2 lines deleted...]
-    <t>16500W
+16000W
 20000W</t>
   </si>
   <si>
-    <t>8000 W
-[...9 lines deleted...]
-    <t>16000W
+    <t>10000W
+20000W
 20000W</t>
+  </si>
+  <si>
+    <t>7500 W
+9000 W</t>
+  </si>
+  <si>
+    <t>12000 W
+15000 W</t>
+  </si>
+  <si>
+    <t>7500 W
+9000 W
+12000 W
+15000 W
+22500 W</t>
+  </si>
+  <si>
+    <t>12,500 W
+15,000 W</t>
+  </si>
+  <si>
+    <t>25,000 W</t>
+  </si>
+  <si>
+    <t>25,000 W
+37,500 W
+62,500 W</t>
+  </si>
+  <si>
+    <t>15000W
+18000W
+22000W
+22000W</t>
+  </si>
+  <si>
+    <t>20000W</t>
+  </si>
+  <si>
+    <t>7500 W
+12900 W
+15000 W</t>
+  </si>
+  <si>
+    <t>Max battery charge power</t>
   </si>
   <si>
     <t>7500W
 9000W
-12000W
-15000W</t>
+10600W
+10600W</t>
   </si>
   <si>
     <t>30000W
-40000W
-[...11 lines deleted...]
-6 kW</t>
+30000W
+25000W</t>
+  </si>
+  <si>
+    <t>7500W
+13500W</t>
   </si>
   <si>
     <t>9000W
 12000W
 15000W
 18000W
 24000W</t>
   </si>
   <si>
-    <t>21,000 W
-[...3 lines deleted...]
-  <si>
     <t>5000 W
 6000 W
 8000 W
 10000 W 
 12000 W</t>
   </si>
   <si>
     <t>5000 W
 10000 W 
 15000 W
 25000 W
 30000 W</t>
   </si>
   <si>
-    <t>7500W
-[...7 lines deleted...]
-25000W</t>
+    <t>21,000 W
+21,000 W
+21,000 W</t>
   </si>
   <si>
     <t>Does backup?</t>
   </si>
   <si>
+    <t>Yes - Level 3</t>
+  </si>
+  <si>
+    <t>Level 3 - 3.3kW per phase</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Level 3 </t>
+  </si>
+  <si>
+    <t>Level 3</t>
+  </si>
+  <si>
     <t>Yes</t>
   </si>
   <si>
-    <t>Level 3</t>
+    <t>Yes - level 3</t>
+  </si>
+  <si>
+    <t>Level 3 with optional backup box</t>
   </si>
   <si>
     <t xml:space="preserve">Yes </t>
   </si>
   <si>
-    <t>Yes - Level TBD</t>
-[...13 lines deleted...]
-  <si>
     <t>Single phase or three phase?</t>
   </si>
   <si>
-    <t>Single</t>
+    <t>Single phase</t>
   </si>
   <si>
     <t>Three phase</t>
   </si>
   <si>
-    <t>Single phase</t>
-[...1 lines deleted...]
-  <si>
     <t>Single Phase</t>
   </si>
   <si>
     <t>Three Phase</t>
   </si>
   <si>
     <t># of MPPT’s</t>
   </si>
   <si>
+    <t>2-4</t>
+  </si>
+  <si>
     <t>2-3</t>
   </si>
   <si>
-    <t>2-4</t>
+    <t>3/4</t>
   </si>
   <si>
     <t>N/A – Optimiser</t>
   </si>
   <si>
-    <t>3/4</t>
-[...1 lines deleted...]
-  <si>
     <t>Dimensions</t>
   </si>
   <si>
-    <t>507 x 441 x 177 mm</t>
-[...2 lines deleted...]
-    <t>425 x 590 x 160 mm</t>
+    <t>490 x 340 x 170 mm</t>
+  </si>
+  <si>
+    <t>605 x 435 x 181 mm</t>
+  </si>
+  <si>
+    <t>46 cm x 54 cm x 17cm</t>
+  </si>
+  <si>
+    <t>620 mm x 480 mm x 245 mm</t>
   </si>
   <si>
     <t>595 x 529 x 180 mm</t>
   </si>
   <si>
     <t>530 x 474 x 165 mm</t>
   </si>
   <si>
+    <t>415 × 791 × 180 mm</t>
+  </si>
+  <si>
+    <t>516 x 832 x 290 mm</t>
+  </si>
+  <si>
+    <t>496 × 460 × 221 mm</t>
+  </si>
+  <si>
+    <t>600 x 500 x 230 mm</t>
+  </si>
+  <si>
+    <t>700 x 300 x 260 mm</t>
+  </si>
+  <si>
+    <t>590 × 400 × 180 mm</t>
+  </si>
+  <si>
+    <t>503 × 199 × 503 mm</t>
+  </si>
+  <si>
+    <t>434 x 418 x 185 mm</t>
+  </si>
+  <si>
+    <t>450 x 527 x 208 mm</t>
+  </si>
+  <si>
+    <t>449 x 519 x 198 mm</t>
+  </si>
+  <si>
+    <t>365 x 365 x 156 mm</t>
+  </si>
+  <si>
+    <t>425 x 376.5 x 150 mm</t>
+  </si>
+  <si>
+    <t>525 x 470 x 166 mm </t>
+  </si>
+  <si>
+    <t>546 x 460 x 228 mm</t>
+  </si>
+  <si>
+    <t>540 x 370 x 185 mm</t>
+  </si>
+  <si>
+    <t>907 x 317 x 192 mm</t>
+  </si>
+  <si>
     <t>415 × 791 × 175</t>
   </si>
   <si>
-    <t>505 × 434 × 154 mm</t>
-[...55 lines deleted...]
-  <si>
     <t>Weight</t>
   </si>
   <si>
+    <t>18.5 kg</t>
+  </si>
+  <si>
+    <t>29 kg</t>
+  </si>
+  <si>
+    <t>27kg</t>
+  </si>
+  <si>
+    <t>38kg</t>
+  </si>
+  <si>
+    <t>24kg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.6 kg </t>
+  </si>
+  <si>
+    <t>33 kg</t>
+  </si>
+  <si>
+    <t>48 kg</t>
+  </si>
+  <si>
+    <t>25 kg</t>
+  </si>
+  <si>
+    <t>32.6 kg</t>
+  </si>
+  <si>
+    <t>36 kg</t>
+  </si>
+  <si>
+    <t>28 kg</t>
+  </si>
+  <si>
     <t>30 kg</t>
   </si>
   <si>
-    <t>21.6 kg</t>
-[...14 lines deleted...]
-    <t>25 kg</t>
+    <t>22 kg</t>
+  </si>
+  <si>
+    <t>12 kg</t>
+  </si>
+  <si>
+    <t>15 kg</t>
   </si>
   <si>
     <t>17 kg</t>
   </si>
   <si>
-    <t>12 kg</t>
-[...4 lines deleted...]
-  <si>
     <t>21 kg</t>
   </si>
   <si>
-    <t>27kg</t>
-[...4 lines deleted...]
-  <si>
     <t>15kg</t>
   </si>
   <si>
-    <t>20kg</t>
-[...11 lines deleted...]
-    <t>38kg</t>
+    <t>37kg</t>
   </si>
   <si>
     <t>IP Rating</t>
   </si>
   <si>
+    <t>IP65</t>
+  </si>
+  <si>
+    <t>IP66</t>
+  </si>
+  <si>
     <t>IP 65</t>
   </si>
   <si>
-    <t>IP66</t>
-[...1 lines deleted...]
-  <si>
     <t>IP 66</t>
   </si>
   <si>
-    <t>IP65</t>
-[...1 lines deleted...]
-  <si>
     <t>Ambient temperature range</t>
   </si>
   <si>
+    <t xml:space="preserve">-25 to 60°C </t>
+  </si>
+  <si>
+    <t>-25 - 60 °C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-20 to 60°C </t>
+  </si>
+  <si>
+    <t xml:space="preserve">-35 to 60°C </t>
+  </si>
+  <si>
+    <t>-25 ~ +60°C</t>
+  </si>
+  <si>
+    <t>-30 - +60°C</t>
+  </si>
+  <si>
+    <t>-35 to 60°C</t>
+  </si>
+  <si>
+    <t>-25 to +60°C</t>
+  </si>
+  <si>
     <t>-25°C to 60°C</t>
   </si>
   <si>
-    <t>-25°C to 65°C</t>
-[...2 lines deleted...]
-    <t>-25 - 60 °C</t>
+    <t xml:space="preserve">-40 to 60°C </t>
   </si>
   <si>
     <t>-35 ~ +60°C</t>
   </si>
   <si>
-    <t xml:space="preserve">-25 to 60°C </t>
-[...19 lines deleted...]
-  <si>
     <t>Max efficiency</t>
   </si>
   <si>
+    <t>97.7%</t>
+  </si>
+  <si>
+    <t>97.4%</t>
+  </si>
+  <si>
+    <t>98.0%</t>
+  </si>
+  <si>
+    <t>98.1%</t>
+  </si>
+  <si>
+    <t>97.8%</t>
+  </si>
+  <si>
     <t>97.2%</t>
   </si>
   <si>
-    <t>97.8%</t>
-[...1 lines deleted...]
-  <si>
     <t>97.6%</t>
   </si>
   <si>
+    <t>97.5%</t>
+  </si>
+  <si>
     <t>98%</t>
   </si>
   <si>
-    <t>97.5%</t>
+    <t>97.87 %</t>
   </si>
   <si>
     <t>98.4%</t>
   </si>
   <si>
-    <t>97.20%</t>
-[...4 lines deleted...]
-  <si>
     <t>99.2%</t>
   </si>
   <si>
-    <t>97.87 %</t>
-[...10 lines deleted...]
-  <si>
     <t>Standby consumption</t>
   </si>
   <si>
+    <t>&lt; 10W</t>
+  </si>
+  <si>
+    <t>&lt; 15 W</t>
+  </si>
+  <si>
+    <t>&lt; 2.5W</t>
+  </si>
+  <si>
     <t>TBD</t>
   </si>
   <si>
-    <t>&lt; 10W</t>
-[...46 lines deleted...]
-  <si>
     <t>Product warranty length</t>
   </si>
   <si>
+    <t>10 years</t>
+  </si>
+  <si>
+    <t>5+5 years</t>
+  </si>
+  <si>
+    <t>10 years (+2 years parts warranty for units installed up to July 2025)</t>
+  </si>
+  <si>
+    <t>12 years</t>
+  </si>
+  <si>
     <t>5 years</t>
   </si>
   <si>
-    <t>10 years</t>
-[...10 lines deleted...]
-  <si>
     <t>Compatible with what battery brands?</t>
   </si>
   <si>
-    <t>Delta</t>
+    <t>Sungrow</t>
+  </si>
+  <si>
+    <t>Sungrow, others TBD</t>
   </si>
   <si>
     <t>BYD B-Box</t>
   </si>
   <si>
+    <t>Goodwe</t>
+  </si>
+  <si>
+    <t>Many - Solis website has full list</t>
+  </si>
+  <si>
+    <t>Sigenergy</t>
+  </si>
+  <si>
+    <t>SolaX</t>
+  </si>
+  <si>
+    <t>Fox-ESS</t>
+  </si>
+  <si>
+    <t>iStore</t>
+  </si>
+  <si>
+    <t>SolarEdge</t>
+  </si>
+  <si>
     <t>BYD, LG, Goodwe</t>
-  </si>
-[...25 lines deleted...]
-    <t>Sungrow, others TBD</t>
   </si>
   <si>
     <t>Datasheet Supplied?</t>
   </si>
   <si>
     <t>Warranty Supplied?</t>
   </si>
   <si>
     <t>More information on brand</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1162,51 +1145,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/delta-logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/delta-logo2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ge-logo5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko-1015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LGES-logo16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-logo21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Delta20Hybrid20E526.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/delta-h10e27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-gen24-symo28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Fronius-gen24-primo29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GE-GEH-Hybrid30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-es-g231.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-ehb32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-etg233.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-et34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-eh35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-1p36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-1037.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-3p38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-3ph-lrg39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-suntank-hybrid40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/LGES41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-EC42.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-EC43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/se-energy-hub44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/se-energy-hub45.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-s646.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-shrs-hybrid47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-shrs-hybrid48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-rt-series49.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sht50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-logo10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6215.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6216.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6217.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ge-logo24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-shrs-hybrid25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-shrs-hybrid26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-rt-series27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sht28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-gen24-symo29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Fronius-gen24-primo30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-ehb31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa-inverter32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-etg233.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-s634.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-EC35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-EC36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-x1-vast37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-x3-hybrid-g438.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-ess-h139.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-ess-kh40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-ess-H3-smart41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-1p42.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-1043.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-3p44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-3ph-lrg45.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-home-hub-universal46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/se-home-hub-3phase47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/GE-GEH-Hybrid48.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1594,111 +1577,111 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1447800" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>16</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1447800" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>17</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1447800" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>18</xdr:col>
@@ -1889,815 +1872,755 @@
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>25</xdr:col>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
-      <xdr:row>2</xdr:row>
-      <xdr:rowOff>1047750</xdr:rowOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPr id="25" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>1</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>3</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>3</xdr:col>
+      <xdr:col>4</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>4</xdr:col>
+      <xdr:col>5</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>5</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>6</xdr:col>
+      <xdr:col>7</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>8</xdr:col>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>10</xdr:col>
+      <xdr:col>11</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>11</xdr:col>
+      <xdr:col>12</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>12</xdr:col>
+      <xdr:col>13</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>13</xdr:col>
+      <xdr:col>14</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>14</xdr:col>
+      <xdr:col>15</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>16</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>16</xdr:col>
+      <xdr:col>17</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>17</xdr:col>
+      <xdr:col>18</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>18</xdr:col>
+      <xdr:col>19</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>19</xdr:col>
+      <xdr:col>20</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>20</xdr:col>
+      <xdr:col>21</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>21</xdr:col>
+      <xdr:col>22</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
+      <xdr:col>23</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>23</xdr:col>
+      <xdr:col>24</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2956,59 +2879,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/05/H8E-H10E_series_datasheet_rev09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/goodwe-es-g2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-et.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/09/GW_EH_Datasheet-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/jinko-suntank-hybrid-inverter.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/LGES-5048-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sht.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/05/delta-warranty-latest.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/goodwe-warranty-2024-11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/jinko-suntank-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/LGES-inverter-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/WD_202404_Term_Sungrow-s-Inverters-10-Year-Limited-Warraty_V4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/delta-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/delta-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/ge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/lg-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sht.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x1-vast-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-hybrid-g4-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H1-G2-DatasheetAU-V1.5-20250702.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-KH-KA-DatasheetAU-V1.6-20251009.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H3-Smart-DatasheetAU-V1.2-20250702.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/04/se-home-hub-inverter-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-solaredge-home-hub-inverter-three-phase-backup-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/WD_202404_Term_Sungrow-s-Inverters-10-Year-Limited-Warraty_V4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/goodwe-warranty-2024-11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/ge-review.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:ZZ25"/>
+  <dimension ref="A1:ZZ24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="10" max="10" width="39" customWidth="true" style="1"/>
     <col min="11" max="11" width="39" customWidth="true" style="1"/>
     <col min="12" max="12" width="39" customWidth="true" style="1"/>
     <col min="13" max="13" width="39" customWidth="true" style="1"/>
     <col min="14" max="14" width="39" customWidth="true" style="1"/>
     <col min="15" max="15" width="39" customWidth="true" style="1"/>
     <col min="16" max="16" width="39" customWidth="true" style="1"/>
     <col min="17" max="17" width="39" customWidth="true" style="1"/>
     <col min="18" max="18" width="39" customWidth="true" style="1"/>
@@ -3761,1900 +3684,1752 @@
       </c>
       <c r="R2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="S2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="U2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="V2" s="1" t="s">
         <v>22</v>
       </c>
       <c r="W2" s="1" t="s">
         <v>23</v>
       </c>
       <c r="X2" s="1" t="s">
         <v>24</v>
       </c>
       <c r="Y2" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="Z2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:702" customHeight="1" ht="220">
       <c r="A3" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
-      <c r="Z3" s="1"/>
     </row>
     <row r="4" spans="1:702" customHeight="1" ht="230">
       <c r="A4" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
-      <c r="Z4" s="1"/>
     </row>
     <row r="5" spans="1:702">
       <c r="A5" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="D5" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="H5" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="H5" s="1" t="s">
+      <c r="I5" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="I5" s="1" t="s">
+      <c r="J5" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="J5" s="1" t="s">
+      <c r="K5" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="K5" s="1" t="s">
+      <c r="L5" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="L5" s="1" t="s">
+      <c r="M5" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="M5" s="1" t="s">
+      <c r="N5" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="N5" s="1" t="s">
+      <c r="O5" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="O5" s="1" t="s">
+      <c r="P5" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P5" s="1" t="s">
+      <c r="Q5" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="Q5" s="1" t="s">
+      <c r="R5" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="R5" s="1" t="s">
+      <c r="S5" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="S5" s="1" t="s">
+      <c r="T5" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="T5" s="1" t="s">
+      <c r="U5" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="U5" s="1" t="s">
+      <c r="V5" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="V5" s="1" t="s">
+      <c r="W5" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="W5" s="1" t="s">
+      <c r="X5" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="X5" s="1" t="s">
+      <c r="Y5" s="1" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:702">
       <c r="A6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="F6" s="1" t="s">
+      <c r="H6" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="I6" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="H6" s="1" t="s">
+      <c r="J6" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="I6" s="1" t="s">
+      <c r="K6" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="J6" s="1" t="s">
+      <c r="L6" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="K6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L6" s="1" t="s">
+      <c r="M6" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="M6" s="1" t="s">
+      <c r="N6" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="N6" s="1" t="s">
+      <c r="O6" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="O6" s="1" t="s">
+      <c r="P6" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="P6" s="1" t="s">
+      <c r="Q6" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="Q6" s="1" t="s">
+      <c r="R6" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="R6" s="1" t="s">
+      <c r="S6" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="S6" s="1" t="s">
+      <c r="T6" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="T6" s="1" t="s">
+      <c r="U6" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="U6" s="1" t="s">
+      <c r="V6" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="V6" s="1" t="s">
+      <c r="W6" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="W6" s="1" t="s">
+      <c r="X6" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="X6" s="1" t="s">
+      <c r="Y6" s="1" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="7" spans="1:702">
       <c r="A7" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="D7" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="F7" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="H7" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="F7" s="1" t="s">
+      <c r="I7" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="G7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="1" t="s">
+      <c r="J7" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="I7" s="1" t="s">
+      <c r="K7" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="J7" s="1" t="s">
+      <c r="L7" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="M7" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="N7" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="O7" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="P7" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q7" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="R7" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="S7" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="K7" s="1" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="T7" s="1" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="U7" s="1" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="V7" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="W7" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="X7" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="X7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y7" s="1" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="8" spans="1:702">
       <c r="A8" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>99</v>
+        <v>79</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D8" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="H8" s="1" t="s">
         <v>84</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>102</v>
       </c>
       <c r="J8" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="L8" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="M8" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="N8" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="O8" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="P8" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q8" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="R8" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="S8" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="T8" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="U8" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="K8" s="1" t="s">
-[...29 lines deleted...]
-      <c r="U8" s="1" t="s">
+      <c r="V8" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="V8" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W8" s="1" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="X8" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Y8" s="1" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>112</v>
       </c>
     </row>
     <row r="9" spans="1:702">
       <c r="A9" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="K9" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="M9" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="N9" s="1" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="O9" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="P9" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="Q9" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="R9" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="S9" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="T9" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="U9" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="V9" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="W9" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="X9" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="Y9" s="1" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:702">
       <c r="A10" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>137</v>
+        <v>79</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="D10" s="1" t="s">
+      <c r="E10" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="E10" s="1" t="s">
+      <c r="H10" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="F10" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I10" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>83</v>
+        <v>141</v>
       </c>
       <c r="K10" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
       <c r="M10" s="1" t="s">
-        <v>88</v>
+        <v>143</v>
       </c>
       <c r="N10" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="O10" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q10" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="R10" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="S10" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="T10" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="U10" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="V10" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="W10" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="O10" s="1" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="X10" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Y10" s="1" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:702">
       <c r="A11" s="1" t="s">
         <v>145</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>147</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>146</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L11" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="M11" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="N11" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="O11" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="P11" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="M11" s="1" t="s">
+      <c r="Q11" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="N11" s="1" t="s">
+      <c r="R11" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="O11" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="S11" s="1" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="T11" s="1" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="U11" s="1" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="V11" s="1" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="W11" s="1" t="s">
         <v>150</v>
       </c>
       <c r="X11" s="1" t="s">
         <v>150</v>
       </c>
       <c r="Y11" s="1" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="Z11" s="1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="12" spans="1:702">
       <c r="A12" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>156</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>156</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="O12" s="1" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="P12" s="1" t="s">
         <v>155</v>
       </c>
       <c r="Q12" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="R12" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="S12" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="R12" s="1" t="s">
+      <c r="T12" s="1" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
       <c r="U12" s="1" t="s">
         <v>158</v>
       </c>
       <c r="V12" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="W12" s="1" t="s">
         <v>157</v>
       </c>
       <c r="X12" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="Y12" s="1" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>155</v>
       </c>
     </row>
     <row r="13" spans="1:702">
       <c r="A13" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B13" s="1">
         <v>2</v>
       </c>
       <c r="C13" s="1">
         <v>4</v>
       </c>
       <c r="D13" s="1">
         <v>2</v>
       </c>
       <c r="E13" s="1">
+        <v>3</v>
+      </c>
+      <c r="F13" s="1">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="G13" s="1">
         <v>2</v>
       </c>
       <c r="H13" s="1">
         <v>4</v>
       </c>
       <c r="I13" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="J13" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="J13" s="1">
-[...9 lines deleted...]
-        <v>3</v>
+      <c r="K13" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="L13" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="M13" s="1" t="s">
+        <v>160</v>
       </c>
       <c r="N13" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O13" s="1">
         <v>2</v>
       </c>
       <c r="P13" s="1">
         <v>2</v>
       </c>
       <c r="Q13" s="1">
         <v>2</v>
       </c>
-      <c r="R13" s="1" t="s">
-[...5 lines deleted...]
-      <c r="T13" s="1" t="s">
+      <c r="R13" s="1">
+        <v>2</v>
+      </c>
+      <c r="S13" s="1">
+        <v>2</v>
+      </c>
+      <c r="T13" s="1">
+        <v>3</v>
+      </c>
+      <c r="U13" s="1">
+        <v>2</v>
+      </c>
+      <c r="V13" s="1">
+        <v>2</v>
+      </c>
+      <c r="W13" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="U13" s="1" t="s">
+      <c r="X13" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="V13" s="1" t="s">
-[...5 lines deleted...]
-      <c r="X13" s="1">
+      <c r="Y13" s="1">
         <v>4</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:702">
       <c r="A14" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="F14" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="F14" s="1" t="s">
+      <c r="G14" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="G14" s="1" t="s">
+      <c r="H14" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="H14" s="1" t="s">
+      <c r="I14" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="I14" s="1" t="s">
+      <c r="J14" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="J14" s="1" t="s">
+      <c r="K14" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="K14" s="1" t="s">
+      <c r="L14" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="L14" s="1" t="s">
+      <c r="M14" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="N14" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="M14" s="1" t="s">
+      <c r="O14" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="N14" s="1" t="s">
+      <c r="P14" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="O14" s="1" t="s">
+      <c r="Q14" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="P14" s="1" t="s">
+      <c r="R14" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="Q14" s="1" t="s">
+      <c r="S14" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="R14" s="1" t="s">
+      <c r="T14" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="S14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="T14" s="1" t="s">
+      <c r="U14" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="U14" s="1" t="s">
+      <c r="V14" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="V14" s="1" t="s">
+      <c r="W14" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="W14" s="1" t="s">
+      <c r="X14" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="X14" s="1" t="s">
+      <c r="Y14" s="1" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="15" spans="1:702">
       <c r="A15" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="D15" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="E15" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="G15" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="F15" s="1">
-[...2 lines deleted...]
-      <c r="G15" s="1" t="s">
+      <c r="H15" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="H15" s="1" t="s">
+      <c r="I15" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="I15" s="1" t="s">
+      <c r="J15" s="1" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>198</v>
       </c>
       <c r="L15" s="1" t="s">
         <v>199</v>
       </c>
       <c r="M15" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="N15" s="1" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="O15" s="1" t="s">
         <v>201</v>
       </c>
       <c r="P15" s="1" t="s">
         <v>202</v>
       </c>
       <c r="Q15" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="R15" s="1" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="S15" s="1" t="s">
         <v>203</v>
       </c>
       <c r="T15" s="1" t="s">
         <v>204</v>
       </c>
       <c r="U15" s="1" t="s">
         <v>205</v>
       </c>
       <c r="V15" s="1" t="s">
         <v>206</v>
       </c>
       <c r="W15" s="1" t="s">
         <v>207</v>
       </c>
       <c r="X15" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="Y15" s="1" t="s">
-[...3 lines deleted...]
-        <v>209</v>
+      <c r="Y15" s="1">
+        <v>32.3</v>
       </c>
     </row>
     <row r="16" spans="1:702">
       <c r="A16" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="1" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>211</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>211</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>213</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="M16" s="1" t="s">
         <v>213</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="O16" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="P16" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="Q16" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="R16" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="S16" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="T16" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="P16" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="U16" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="V16" s="1" t="s">
         <v>213</v>
       </c>
       <c r="W16" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="X16" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="Y16" s="1" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>212</v>
       </c>
     </row>
     <row r="17" spans="1:702">
       <c r="A17" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="G17" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="J17" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="E17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="1" t="s">
+      <c r="K17" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="G17" s="1" t="s">
+      <c r="L17" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="H17" s="1" t="s">
+      <c r="M17" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="I17" s="1" t="s">
+      <c r="N17" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="J17" s="1" t="s">
+      <c r="O17" s="1" t="s">
         <v>221</v>
-      </c>
-[...13 lines deleted...]
-        <v>216</v>
       </c>
       <c r="P17" s="1" t="s">
         <v>222</v>
       </c>
       <c r="Q17" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="R17" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="S17" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="R17" s="1" t="s">
+      <c r="T17" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="U17" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="V17" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="W17" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="S17" s="1" t="s">
+      <c r="X17" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="T17" s="1" t="s">
+      <c r="Y17" s="1" t="s">
         <v>225</v>
-      </c>
-[...16 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:702">
       <c r="A18" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>229</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="I18" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="J18" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="K18" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="L18" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="M18" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="N18" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="O18" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="P18" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="J18" s="1" t="s">
-[...17 lines deleted...]
-      <c r="P18" s="1" t="s">
+      <c r="Q18" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="R18" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="S18" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="Q18" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T18" s="1" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="U18" s="1" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="V18" s="1" t="s">
         <v>237</v>
       </c>
       <c r="W18" s="1" t="s">
         <v>238</v>
       </c>
       <c r="X18" s="1" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="Y18" s="1" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>240</v>
+        <v>233</v>
       </c>
     </row>
     <row r="19" spans="1:702">
       <c r="A19" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="P19" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="Q19" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="R19" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="S19" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="T19" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="U19" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="E19" s="1" t="s">
-[...14 lines deleted...]
-      <c r="P19" s="1" t="s">
+      <c r="V19" s="1" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="20" spans="1:702">
       <c r="A20" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="G20" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="J20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="K20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="L20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="M20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="N20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="O20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="P20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="Q20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="R20" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="S20" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="T20" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="U20" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="V20" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="W20" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="E20" s="1" t="s">
+      <c r="X20" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="F20" s="1" t="s">
+      <c r="Y20" s="1" t="s">
         <v>249</v>
-      </c>
-[...58 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="21" spans="1:702">
       <c r="A21" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="J21" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="K21" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="L21" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="M21" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="N21" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="O21" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="P21" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="Q21" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="R21" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="S21" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F21" s="1" t="s">
+      <c r="T21" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="G21" s="1" t="s">
-[...8 lines deleted...]
-      <c r="J21" s="1" t="s">
+      <c r="U21" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="K21" s="1" t="s">
+      <c r="V21" s="1" t="s">
         <v>259</v>
-      </c>
-[...31 lines deleted...]
-        <v>260</v>
       </c>
       <c r="W21" s="1" t="s">
         <v>260</v>
       </c>
       <c r="X21" s="1" t="s">
         <v>260</v>
       </c>
       <c r="Y21" s="1" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="22" spans="1:702">
       <c r="A22" s="1" t="s">
-        <v>264</v>
-[...74 lines deleted...]
-        <v>275</v>
+        <v>262</v>
+      </c>
+      <c r="B22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="C22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="D22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="E22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sht.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="F22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="G22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="H22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="I22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="J22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="K22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="L22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="M22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="N22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x1-vast-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="O22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-hybrid-g4-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="P22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H1-G2-DatasheetAU-V1.5-20250702.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Q22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-KH-KA-DatasheetAU-V1.6-20251009.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="R22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H3-Smart-DatasheetAU-V1.2-20250702.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="V22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="W22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/04/se-home-hub-inverter-datasheet-aus.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="X22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-solaredge-home-hub-inverter-three-phase-backup-datasheet-aus.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Y22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
     </row>
     <row r="23" spans="1:702">
       <c r="A23" s="1" t="s">
-        <v>277</v>
+        <v>263</v>
       </c>
       <c r="B23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-datasheet.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="C23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/05/H8E-H10E_series_datasheet_rev09.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="D23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="E23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/WD_202404_Term_Sungrow-s-Inverters-10-Year-Limited-Warraty_V4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="F23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="G23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/goodwe-es-g2.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="H23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="I23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="J23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-et.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/12/goodwe-warranty-2024-11.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/09/GW_EH_Datasheet-EN.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="L23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="M23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="N23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="O23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="P23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/05/jinko-suntank-hybrid-inverter.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="Q23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/LGES-5048-datasheet.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="R23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/se-energy-hub.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="V23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="W23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="X23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="Y23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf","Yes")</f>
-[...3 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sht.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf","Yes")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="24" spans="1:702">
       <c r="A24" s="1" t="s">
-        <v>278</v>
+        <v>264</v>
       </c>
       <c r="B24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/delta-hybrid-warranty.pdf","Yes")</f>
-        <v>Yes</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+        <v>Here</v>
       </c>
       <c r="C24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/05/delta-warranty-latest.pdf","Yes")</f>
-        <v>Yes</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+        <v>Here</v>
       </c>
       <c r="D24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf","Yes")</f>
-        <v>Yes</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+        <v>Here</v>
       </c>
       <c r="E24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf","Yes")</f>
-        <v>Yes</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+        <v>Here</v>
       </c>
       <c r="F24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf","Yes")</f>
-[...95 lines deleted...]
-      <c r="D25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="E25" s="2" t="str">
+      <c r="G24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="F25" s="2" t="str">
-[...3 lines deleted...]
-      <c r="G25" s="2" t="str">
+      <c r="H24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="H25" s="2" t="str">
+      <c r="I24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="I25" s="2" t="str">
+      <c r="J24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="J25" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
+      <c r="K24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solis-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="K25" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
+      <c r="L24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="L25" s="2" t="str">
+      <c r="M24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sigenergy-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="N24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solax-power-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="O24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solax-power-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="P24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fox-ess-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="Q24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fox-ess-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="R24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fox-ess-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="S24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="M25" s="2" t="str">
+      <c r="T24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="N25" s="2" t="str">
+      <c r="U24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="O25" s="2" t="str">
+      <c r="V24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="P25" s="2" t="str">
-[...15 lines deleted...]
-      <c r="T25" s="2" t="str">
+      <c r="W24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="U25" s="2" t="str">
+      <c r="X24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="V25" s="2" t="str">
-[...16 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+      <c r="Y24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/ge-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
-    <hyperlink ref="B23" r:id="rId_hyperlink_2" tooltip="Yes" display="Yes"/>
-[...73 lines deleted...]
-    <hyperlink ref="Z25" r:id="rId_hyperlink_76" tooltip="Here" display="Here"/>
+    <hyperlink ref="B22" r:id="rId_hyperlink_2" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="C22" r:id="rId_hyperlink_3" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="D22" r:id="rId_hyperlink_4" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="E22" r:id="rId_hyperlink_5" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="F22" r:id="rId_hyperlink_6" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="G22" r:id="rId_hyperlink_7" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="H22" r:id="rId_hyperlink_8" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="I22" r:id="rId_hyperlink_9" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="J22" r:id="rId_hyperlink_10" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="K22" r:id="rId_hyperlink_11" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="L22" r:id="rId_hyperlink_12" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="M22" r:id="rId_hyperlink_13" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="N22" r:id="rId_hyperlink_14" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="O22" r:id="rId_hyperlink_15" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="P22" r:id="rId_hyperlink_16" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Q22" r:id="rId_hyperlink_17" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R22" r:id="rId_hyperlink_18" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S22" r:id="rId_hyperlink_19" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T22" r:id="rId_hyperlink_20" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U22" r:id="rId_hyperlink_21" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="V22" r:id="rId_hyperlink_22" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="W22" r:id="rId_hyperlink_23" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="X22" r:id="rId_hyperlink_24" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Y22" r:id="rId_hyperlink_25" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B23" r:id="rId_hyperlink_26" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="C23" r:id="rId_hyperlink_27" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="D23" r:id="rId_hyperlink_28" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="E23" r:id="rId_hyperlink_29" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="F23" r:id="rId_hyperlink_30" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="G23" r:id="rId_hyperlink_31" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="H23" r:id="rId_hyperlink_32" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="I23" r:id="rId_hyperlink_33" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="J23" r:id="rId_hyperlink_34" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="K23" r:id="rId_hyperlink_35" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="L23" r:id="rId_hyperlink_36" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="M23" r:id="rId_hyperlink_37" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="N23" r:id="rId_hyperlink_38" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="O23" r:id="rId_hyperlink_39" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="P23" r:id="rId_hyperlink_40" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Q23" r:id="rId_hyperlink_41" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R23" r:id="rId_hyperlink_42" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S23" r:id="rId_hyperlink_43" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T23" r:id="rId_hyperlink_44" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U23" r:id="rId_hyperlink_45" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="V23" r:id="rId_hyperlink_46" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="W23" r:id="rId_hyperlink_47" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="X23" r:id="rId_hyperlink_48" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Y23" r:id="rId_hyperlink_49" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B24" r:id="rId_hyperlink_50" tooltip="Here" display="Here"/>
+    <hyperlink ref="C24" r:id="rId_hyperlink_51" tooltip="Here" display="Here"/>
+    <hyperlink ref="D24" r:id="rId_hyperlink_52" tooltip="Here" display="Here"/>
+    <hyperlink ref="E24" r:id="rId_hyperlink_53" tooltip="Here" display="Here"/>
+    <hyperlink ref="F24" r:id="rId_hyperlink_54" tooltip="Here" display="Here"/>
+    <hyperlink ref="G24" r:id="rId_hyperlink_55" tooltip="Here" display="Here"/>
+    <hyperlink ref="H24" r:id="rId_hyperlink_56" tooltip="Here" display="Here"/>
+    <hyperlink ref="I24" r:id="rId_hyperlink_57" tooltip="Here" display="Here"/>
+    <hyperlink ref="J24" r:id="rId_hyperlink_58" tooltip="Here" display="Here"/>
+    <hyperlink ref="K24" r:id="rId_hyperlink_59" tooltip="Here" display="Here"/>
+    <hyperlink ref="L24" r:id="rId_hyperlink_60" tooltip="Here" display="Here"/>
+    <hyperlink ref="M24" r:id="rId_hyperlink_61" tooltip="Here" display="Here"/>
+    <hyperlink ref="N24" r:id="rId_hyperlink_62" tooltip="Here" display="Here"/>
+    <hyperlink ref="O24" r:id="rId_hyperlink_63" tooltip="Here" display="Here"/>
+    <hyperlink ref="P24" r:id="rId_hyperlink_64" tooltip="Here" display="Here"/>
+    <hyperlink ref="Q24" r:id="rId_hyperlink_65" tooltip="Here" display="Here"/>
+    <hyperlink ref="R24" r:id="rId_hyperlink_66" tooltip="Here" display="Here"/>
+    <hyperlink ref="S24" r:id="rId_hyperlink_67" tooltip="Here" display="Here"/>
+    <hyperlink ref="T24" r:id="rId_hyperlink_68" tooltip="Here" display="Here"/>
+    <hyperlink ref="U24" r:id="rId_hyperlink_69" tooltip="Here" display="Here"/>
+    <hyperlink ref="V24" r:id="rId_hyperlink_70" tooltip="Here" display="Here"/>
+    <hyperlink ref="W24" r:id="rId_hyperlink_71" tooltip="Here" display="Here"/>
+    <hyperlink ref="X24" r:id="rId_hyperlink_72" tooltip="Here" display="Here"/>
+    <hyperlink ref="Y24" r:id="rId_hyperlink_73" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>