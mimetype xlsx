--- v2 (2026-01-12)
+++ v3 (2026-03-21)
@@ -1,1114 +1,1105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-[...1 lines deleted...]
-  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
+    <t>Choose model:</t>
+  </si>
+  <si>
+    <t>Price (Approx. AUD price RRP inc. GST)</t>
+  </si>
+  <si>
+    <t>Nominal AC Power (Inverter size)</t>
+  </si>
+  <si>
+    <t>Max battery output power</t>
+  </si>
+  <si>
+    <t>PV Input Power</t>
+  </si>
+  <si>
+    <t>Max battery charge power</t>
+  </si>
+  <si>
+    <t>Does backup?</t>
+  </si>
+  <si>
+    <t>Single phase or three phase?</t>
+  </si>
+  <si>
+    <t># of MPPT’s</t>
+  </si>
+  <si>
+    <t>Dimensions</t>
+  </si>
+  <si>
+    <t>Weight</t>
+  </si>
+  <si>
+    <t>IP Rating</t>
+  </si>
+  <si>
+    <t>Ambient temperature range</t>
+  </si>
+  <si>
+    <t>Max efficiency</t>
+  </si>
+  <si>
+    <t>Standby consumption</t>
+  </si>
+  <si>
+    <t>Product warranty length</t>
+  </si>
+  <si>
+    <t>Compatible with what battery brands?</t>
+  </si>
+  <si>
+    <t>Datasheet Supplied?</t>
+  </si>
+  <si>
+    <t>Warranty Supplied?</t>
+  </si>
+  <si>
+    <t>More information on brand</t>
+  </si>
+  <si>
     <t>Sungrow SHRS 5-6 kW</t>
-  </si>
-[...76 lines deleted...]
-    <t>Choose model:</t>
   </si>
   <si>
     <t xml:space="preserve">SH5.0RS
 SH6.0RS
 </t>
   </si>
   <si>
+    <t>$2,400
+$2,600</t>
+  </si>
+  <si>
+    <t>4999W
+6000W</t>
+  </si>
+  <si>
+    <t>12000W
+13000W</t>
+  </si>
+  <si>
+    <t>Yes - Level 3</t>
+  </si>
+  <si>
+    <t>Single phase</t>
+  </si>
+  <si>
+    <t>490 x 340 x 170 mm</t>
+  </si>
+  <si>
+    <t>18.5 kg</t>
+  </si>
+  <si>
+    <t>IP65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-25 to 60°C </t>
+  </si>
+  <si>
+    <t>97.7%</t>
+  </si>
+  <si>
+    <t>10 years</t>
+  </si>
+  <si>
+    <t>Sungrow</t>
+  </si>
+  <si>
+    <t>Sungrow SHRS 8-10 kW</t>
+  </si>
+  <si>
     <t xml:space="preserve">SH8.0RS
 SH10.0RS
 </t>
+  </si>
+  <si>
+    <t>$3,400
+$3,600</t>
+  </si>
+  <si>
+    <t>8000W
+9999W</t>
+  </si>
+  <si>
+    <t>10000W
+10000W</t>
+  </si>
+  <si>
+    <t>16000W
+20000W</t>
+  </si>
+  <si>
+    <t>605 x 435 x 181 mm</t>
+  </si>
+  <si>
+    <t>29 kg</t>
+  </si>
+  <si>
+    <t>97.4%</t>
+  </si>
+  <si>
+    <t>Sungrow SH-RT</t>
   </si>
   <si>
     <t xml:space="preserve">SH5.0RT
 SH6.0RT
 SH8.0RT
 SH10.0RT
 </t>
   </si>
   <si>
+    <t>$3,800
+$3900
+$4250
+$4620</t>
+  </si>
+  <si>
+    <t>5000W
+6000W
+8000W
+10000W</t>
+  </si>
+  <si>
+    <t>6000W
+7200W
+10600W
+10600W</t>
+  </si>
+  <si>
+    <t>7500W
+9000W
+12000W
+15000W</t>
+  </si>
+  <si>
+    <t>7500W
+9000W
+10600W
+10600W</t>
+  </si>
+  <si>
+    <t>Level 3 - 3.3kW per phase</t>
+  </si>
+  <si>
+    <t>Three phase</t>
+  </si>
+  <si>
+    <t>46 cm x 54 cm x 17cm</t>
+  </si>
+  <si>
+    <t>27kg</t>
+  </si>
+  <si>
+    <t>98.0%</t>
+  </si>
+  <si>
+    <t>Sungrow, others TBD</t>
+  </si>
+  <si>
+    <t>Sungrow SH-T</t>
+  </si>
+  <si>
     <t xml:space="preserve">SH15T
 SH20T
 SH25T
 </t>
+  </si>
+  <si>
+    <t>$5,570
+$6900
+$8600</t>
+  </si>
+  <si>
+    <t>15000W
+20000W
+25000W</t>
+  </si>
+  <si>
+    <t>30000W
+40000W
+50000W</t>
+  </si>
+  <si>
+    <t>30000W
+30000W
+25000W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Level 3 </t>
+  </si>
+  <si>
+    <t>620 mm x 480 mm x 245 mm</t>
+  </si>
+  <si>
+    <t>38kg</t>
+  </si>
+  <si>
+    <t>98.1%</t>
+  </si>
+  <si>
+    <t>Fronius Gen24 PLUS SYMO</t>
   </si>
   <si>
     <t xml:space="preserve">Symo GEN24 5.0 Plus
 Symo GEN24 6.0 Plus
 Symo GEN24 8.0 Plus
 Symo GEN24 10.0 Plus
 </t>
   </si>
   <si>
+    <t>$3,630
+$4,200
+$4900
+$5200</t>
+  </si>
+  <si>
+    <t>5220W
+6220W
+8260W
+10300W</t>
+  </si>
+  <si>
+    <t>Level 3</t>
+  </si>
+  <si>
+    <t>595 x 529 x 180 mm</t>
+  </si>
+  <si>
+    <t>24kg</t>
+  </si>
+  <si>
+    <t>IP66</t>
+  </si>
+  <si>
+    <t>-25 - 60 °C</t>
+  </si>
+  <si>
+    <t>97.8%</t>
+  </si>
+  <si>
+    <t>&lt; 10W</t>
+  </si>
+  <si>
+    <t>5+5 years</t>
+  </si>
+  <si>
+    <t>BYD B-Box</t>
+  </si>
+  <si>
+    <t>Fronius Gen24 PLUS PRIMO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Primo GEN24 5.0 Plus
 Primo GEN24 6.0 Plus
 </t>
+  </si>
+  <si>
+    <t>$3,300
+$3,700</t>
+  </si>
+  <si>
+    <t>5000W
+6000W</t>
+  </si>
+  <si>
+    <t>5170W
+6200W</t>
+  </si>
+  <si>
+    <t>530 x 474 x 165 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.6 kg </t>
+  </si>
+  <si>
+    <t>97.2%</t>
+  </si>
+  <si>
+    <t>GoodWe EHB Series</t>
   </si>
   <si>
     <t xml:space="preserve">GW5K-EHB-AU-G11
 GW8.6K-EHB-AU-G11
 GW9.99K-EHB-AU-G11
 </t>
   </si>
   <si>
+    <t>$2,400
+$2,800
+$3,000</t>
+  </si>
+  <si>
+    <t>5000W
+8600W
+10000W</t>
+  </si>
+  <si>
+    <t>10000W
+17200W
+20000W</t>
+  </si>
+  <si>
+    <t>415 × 791 × 180 mm</t>
+  </si>
+  <si>
+    <t>33 kg</t>
+  </si>
+  <si>
+    <t>IP 65</t>
+  </si>
+  <si>
+    <t>97.6%</t>
+  </si>
+  <si>
+    <t>TBD</t>
+  </si>
+  <si>
+    <t>GoodWe EHA series</t>
+  </si>
+  <si>
     <t xml:space="preserve">GW5K-EHA-G20
 GW10K-EHA-G20
 </t>
+  </si>
+  <si>
+    <t>$2,000
+$2,800</t>
+  </si>
+  <si>
+    <t>5000W
+9900W</t>
+  </si>
+  <si>
+    <t>5500W
+11000W</t>
+  </si>
+  <si>
+    <t>10000W
+20000W</t>
+  </si>
+  <si>
+    <t>7500W
+13500W</t>
+  </si>
+  <si>
+    <t>2-4</t>
+  </si>
+  <si>
+    <t>516 x 832 x 290 mm</t>
+  </si>
+  <si>
+    <t>48 kg</t>
+  </si>
+  <si>
+    <t>IP 66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-20 to 60°C </t>
+  </si>
+  <si>
+    <t>97.5%</t>
+  </si>
+  <si>
+    <t>Goodwe</t>
+  </si>
+  <si>
+    <t>GoodWe ET G2 Series</t>
   </si>
   <si>
     <t xml:space="preserve">GW6000-ET-20 
 GW8000-ET-20 
 GW9900-ET-20
 GW12K-ET-20 
 GW15K-ET-20
 </t>
   </si>
   <si>
+    <t>$2,600
+$2,800
+$3,000
+$3,400
+$3,500</t>
+  </si>
+  <si>
+    <t>6000W
+8000W
+9900W
+12000W
+15000W</t>
+  </si>
+  <si>
+    <t>6600W
+8800W
+11000W
+13200W
+16500W</t>
+  </si>
+  <si>
+    <t>9600W
+12800W
+16000W
+19200W
+24000W</t>
+  </si>
+  <si>
+    <t>9000W
+12000W
+15000W
+18000W
+24000W</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>2-3</t>
+  </si>
+  <si>
+    <t>496 × 460 × 221 mm</t>
+  </si>
+  <si>
+    <t>25 kg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-35 to 60°C </t>
+  </si>
+  <si>
+    <t>98%</t>
+  </si>
+  <si>
+    <t>Solis S6 Series</t>
+  </si>
+  <si>
     <t xml:space="preserve">S6-EH3P5K-H-AU
 S6-EH3P6K-H-AU
 S6-EH3P8K-H-AU
 S6-EH3P10K-H-AU
 </t>
+  </si>
+  <si>
+    <t>$2,500
+$2,700
+$3,000
+$3500</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W
+8000 W
+10000 W</t>
+  </si>
+  <si>
+    <t>8000 W
+9600 W
+12800 W
+16000 W</t>
+  </si>
+  <si>
+    <t>3/4</t>
+  </si>
+  <si>
+    <t>600 x 500 x 230 mm</t>
+  </si>
+  <si>
+    <t>32.6 kg</t>
+  </si>
+  <si>
+    <t>-25 ~ +60°C</t>
+  </si>
+  <si>
+    <t>97.87 %</t>
+  </si>
+  <si>
+    <t>Many - Solis website has full list</t>
+  </si>
+  <si>
+    <t>Sigenergy Energy Controller (single-phase)</t>
   </si>
   <si>
     <t xml:space="preserve">SigenStor EC 5.0 SP
 SigenStor EC 6.0 SP
 SigenStor EC 8.0 SP
 SigenStor EC 10.0 SP
 SigenStor EC 12.0 SP
 </t>
   </si>
   <si>
+    <t>$1770
+$1920
+$3270
+$3500
+$3800</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W
+8000 W
+10000 W
+12000 W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5000 W
+6000 W
+8000 W
+10000 W
+12000 W </t>
+  </si>
+  <si>
+    <t>10000 W
+12000 W
+16000 W
+20000 W
+24000 W</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W
+8000 W
+10000 W 
+12000 W</t>
+  </si>
+  <si>
+    <t>700 x 300 x 260 mm</t>
+  </si>
+  <si>
+    <t>36 kg</t>
+  </si>
+  <si>
+    <t>-30 - +60°C</t>
+  </si>
+  <si>
+    <t>Sigenergy</t>
+  </si>
+  <si>
+    <t>Sigenergy Energy Controller (three-phase)</t>
+  </si>
+  <si>
     <t xml:space="preserve">SigenStor EC 5.0 TP
 SigenStor EC 10.0 TP
 SigenStor EC 15.0 TP
 SigenStor EC 25.0 TP
 SigenStor EC 30.0 TP
 </t>
   </si>
   <si>
+    <t>$3000
+$3500
+$4600
+$6000
+$6700</t>
+  </si>
+  <si>
+    <t>5000 W
+10000 W
+15000 W
+25000 W
+30000 W</t>
+  </si>
+  <si>
+    <t>8000 W
+16000 W
+24000 W
+40000 W
+48000 W</t>
+  </si>
+  <si>
+    <t>5000 W
+10000 W 
+15000 W
+25000 W
+30000 W</t>
+  </si>
+  <si>
+    <t>SolaX X1-VAST</t>
+  </si>
+  <si>
     <t xml:space="preserve">X1-VAST-5K
 X1-VAST-8K
 X1-VAST-10K
 </t>
   </si>
   <si>
+    <t>$2,300
+$3,000
+$3,300</t>
+  </si>
+  <si>
+    <t>5000W
+8000W
+10000W</t>
+  </si>
+  <si>
+    <t>4999W
+8000W
+10000W</t>
+  </si>
+  <si>
+    <t>10000W
+16000W
+20000W</t>
+  </si>
+  <si>
+    <t>590 × 400 × 180 mm</t>
+  </si>
+  <si>
+    <t>28 kg</t>
+  </si>
+  <si>
+    <t>-35 to 60°C</t>
+  </si>
+  <si>
+    <t>SolaX</t>
+  </si>
+  <si>
+    <t>SolaX X3-HYBRID G4</t>
+  </si>
+  <si>
     <t xml:space="preserve">X3-HYBRID-5.0-D
 X3-HYBRID-10.0-D
 X3-HYBRID-15.0-D
 </t>
   </si>
   <si>
+    <t>$2,400
+$3,200
+$3,500</t>
+  </si>
+  <si>
+    <t>5000W
+10000W
+15000W</t>
+  </si>
+  <si>
+    <t>4999W
+1000W
+15000W</t>
+  </si>
+  <si>
+    <t>10000W
+20000W
+20000W</t>
+  </si>
+  <si>
+    <t>503 × 199 × 503 mm</t>
+  </si>
+  <si>
+    <t>30 kg</t>
+  </si>
+  <si>
+    <t>Fox-ESS H1</t>
+  </si>
+  <si>
     <t xml:space="preserve">H1-5.0-E-G2
 H1-6.0-E-G2
 </t>
   </si>
   <si>
+    <t>$1,800
+$2,100</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W</t>
+  </si>
+  <si>
+    <t>7500 W
+9000 W</t>
+  </si>
+  <si>
+    <t>Yes - level 3</t>
+  </si>
+  <si>
+    <t>434 x 418 x 185 mm</t>
+  </si>
+  <si>
+    <t>22 kg</t>
+  </si>
+  <si>
+    <t>-25 to +60°C</t>
+  </si>
+  <si>
+    <t>&lt; 15 W</t>
+  </si>
+  <si>
+    <t>Fox-ESS</t>
+  </si>
+  <si>
+    <t>Fox-ESS KH</t>
+  </si>
+  <si>
     <t xml:space="preserve">KH-8.0
 KH-10.0
 </t>
+  </si>
+  <si>
+    <t>$2,600
+$3,000</t>
+  </si>
+  <si>
+    <t>8000 W
+10000 W</t>
+  </si>
+  <si>
+    <t>12000 W
+15000 W</t>
+  </si>
+  <si>
+    <t>450 x 527 x 208 mm</t>
+  </si>
+  <si>
+    <t>Fox-ESS H3 Smart</t>
   </si>
   <si>
     <t xml:space="preserve">H3-5.0
 H3-6.0
 H3-8.0
 H3-10.0
 H3-15.0
 </t>
   </si>
   <si>
+    <t>$2,800
+$3,000
+$3,300
+$3,600
+$4,100</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W
+8000 W
+10000 W
+15000 W</t>
+  </si>
+  <si>
+    <t>7500 W
+9000 W
+12000 W
+15000 W
+22500 W</t>
+  </si>
+  <si>
+    <t>449 x 519 x 198 mm</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Single Phase (5-6kW)</t>
+  </si>
+  <si>
     <t xml:space="preserve">IS-HYB-5000-1PH
 IS-HYB-6000-1PH
 </t>
   </si>
   <si>
+    <t>$1,700
+$2,500</t>
+  </si>
+  <si>
+    <t>5000W
+5000W</t>
+  </si>
+  <si>
+    <t>12,500 W
+15,000 W</t>
+  </si>
+  <si>
+    <t>Level 3 with optional backup box</t>
+  </si>
+  <si>
+    <t>Single Phase</t>
+  </si>
+  <si>
+    <t>365 x 365 x 156 mm</t>
+  </si>
+  <si>
+    <t>12 kg</t>
+  </si>
+  <si>
+    <t>-25°C to 60°C</t>
+  </si>
+  <si>
+    <t>&lt; 2.5W</t>
+  </si>
+  <si>
+    <t>10 years (+2 years parts warranty for units installed up to July 2025)</t>
+  </si>
+  <si>
+    <t>iStore</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Single Phase (10kW)</t>
+  </si>
+  <si>
     <t xml:space="preserve">IS-HYB-10000-1PH
 </t>
+  </si>
+  <si>
+    <t>$2,300</t>
+  </si>
+  <si>
+    <t>10000W</t>
+  </si>
+  <si>
+    <t>9999W</t>
+  </si>
+  <si>
+    <t>25,000 W</t>
+  </si>
+  <si>
+    <t>425 x 376.5 x 150 mm</t>
+  </si>
+  <si>
+    <t>15 kg</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Three Phase (5-6 kW)</t>
   </si>
   <si>
     <t xml:space="preserve">IS-HYB-5000-3PH 
 IS-HYB-6000-3PH
 </t>
+  </si>
+  <si>
+    <t>$2,000
+$2,600</t>
+  </si>
+  <si>
+    <t>Three Phase</t>
+  </si>
+  <si>
+    <t>525 x 470 x 166 mm </t>
+  </si>
+  <si>
+    <t>17 kg</t>
+  </si>
+  <si>
+    <t>iStore Hybrid Three Phase (10-25 kW)</t>
   </si>
   <si>
     <t xml:space="preserve">IS-HYB-10000-3PH
 IS-HYB-15000-3PH
 IS-HYB-25000-3PH
 </t>
+  </si>
+  <si>
+    <t>$2,600
+$3,000
+$3,600</t>
+  </si>
+  <si>
+    <t>9,999 W
+15,000 W
+25,000 W</t>
+  </si>
+  <si>
+    <t>9,999 W
+16,500 W
+25,000 W</t>
+  </si>
+  <si>
+    <t>25,000 W
+37,500 W
+62,500 W</t>
+  </si>
+  <si>
+    <t>21,000 W
+21,000 W
+21,000 W</t>
+  </si>
+  <si>
+    <t>546 x 460 x 228 mm</t>
+  </si>
+  <si>
+    <t>21 kg</t>
+  </si>
+  <si>
+    <t>98.4%</t>
+  </si>
+  <si>
+    <t>SolarEdge Home Hub Universal (single phase)</t>
   </si>
   <si>
     <t xml:space="preserve">SE5000H-MM 
 SE6000H-MM 
 SE8250H-MM
 SE10000H-MM
 </t>
   </si>
   <si>
+    <t>$2,000
+$2,300
+$2,900
+$3,100</t>
+  </si>
+  <si>
+    <t>5000W
+6000W
+8250W
+10000W</t>
+  </si>
+  <si>
+    <t>5000W
+6000W
+7500W
+9000W</t>
+  </si>
+  <si>
+    <t>15000W
+18000W
+22000W
+22000W</t>
+  </si>
+  <si>
+    <t>N/A – Optimiser</t>
+  </si>
+  <si>
+    <t>540 x 370 x 185 mm</t>
+  </si>
+  <si>
+    <t>15kg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-40 to 60°C </t>
+  </si>
+  <si>
+    <t>99.2%</t>
+  </si>
+  <si>
+    <t>12 years</t>
+  </si>
+  <si>
+    <t>SolarEdge</t>
+  </si>
+  <si>
+    <t>SolarEdge Home Hub (three phase)</t>
+  </si>
+  <si>
     <t xml:space="preserve">SE10K-RWB48
 </t>
+  </si>
+  <si>
+    <t>$3,000</t>
+  </si>
+  <si>
+    <t>5000W</t>
+  </si>
+  <si>
+    <t>20000W</t>
+  </si>
+  <si>
+    <t>907 x 317 x 192 mm</t>
+  </si>
+  <si>
+    <t>37kg</t>
+  </si>
+  <si>
+    <t>GE H Series</t>
   </si>
   <si>
     <t xml:space="preserve">GEH5.0-1U-10
 GEH8.6-1U-10
 GEH10-1U-10
 </t>
   </si>
   <si>
-    <t>Price (Approx. AUD price RRP inc. GST)</t>
-[...116 lines deleted...]
-  <si>
     <t>$2,500
 $3,500
 $3,700</t>
   </si>
   <si>
-    <t>Nominal AC Power (Inverter size)</t>
-[...99 lines deleted...]
-  <si>
     <t>5000 W
 8600 W
 9600 W</t>
   </si>
   <si>
-    <t>Max battery output power</t>
-[...60 lines deleted...]
-  <si>
     <t>5250 W
 9030 W
 10080 W</t>
   </si>
   <si>
-    <t>PV Input Power</t>
-[...112 lines deleted...]
-  <si>
     <t>7500 W
 12900 W
 15000 W</t>
   </si>
   <si>
-    <t>Max battery charge power</t>
-[...66 lines deleted...]
-  <si>
     <t xml:space="preserve">Yes </t>
   </si>
   <si>
-    <t>Single phase or three phase?</t>
-[...97 lines deleted...]
-  <si>
     <t>415 × 791 × 175</t>
   </si>
   <si>
-    <t>Weight</t>
-[...109 lines deleted...]
-  <si>
     <t>-35 ~ +60°C</t>
   </si>
   <si>
-    <t>Max efficiency</t>
-[...67 lines deleted...]
-  <si>
     <t>5 years</t>
   </si>
   <si>
-    <t>Compatible with what battery brands?</t>
-[...31 lines deleted...]
-  <si>
     <t>BYD, LG, Goodwe</t>
-  </si>
-[...7 lines deleted...]
-    <t>More information on brand</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="double"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1142,1499 +1133,50 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-</file>
-[...1447 lines deleted...]
-</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2879,780 +1421,130 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sht.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x1-vast-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-hybrid-g4-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H1-G2-DatasheetAU-V1.5-20250702.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-KH-KA-DatasheetAU-V1.6-20251009.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H3-Smart-DatasheetAU-V1.2-20250702.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/04/se-home-hub-inverter-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-solaredge-home-hub-inverter-three-phase-backup-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/WD_202404_Term_Sungrow-s-Inverters-10-Year-Limited-Warraty_V4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/goodwe-warranty-2024-11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/ge-review.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sht.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/WD_202404_Term_Sungrow-s-Inverters-10-Year-Limited-Warraty_V4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/12/goodwe-warranty-2024-11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x1-vast-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-hybrid-g4-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H1-G2-DatasheetAU-V1.5-20250702.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-KH-KA-DatasheetAU-V1.6-20251009.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H3-Smart-DatasheetAU-V1.2-20250702.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/04/se-home-hub-inverter-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-solaredge-home-hub-inverter-three-phase-backup-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/ge-review.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:ZZ24"/>
+  <dimension ref="A1:AZ26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="34" customWidth="true" style="1"/>
+    <col min="1" max="1" width="39" customWidth="true" style="1"/>
+    <col min="27" max="27" width="39" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
+    <col min="28" max="28" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
+    <col min="29" max="29" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
+    <col min="30" max="30" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
+    <col min="31" max="31" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
+    <col min="32" max="32" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
+    <col min="33" max="33" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
+    <col min="34" max="34" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
+    <col min="35" max="35" width="39" customWidth="true" style="1"/>
     <col min="10" max="10" width="39" customWidth="true" style="1"/>
+    <col min="36" max="36" width="39" customWidth="true" style="1"/>
     <col min="11" max="11" width="39" customWidth="true" style="1"/>
+    <col min="37" max="37" width="39" customWidth="true" style="1"/>
     <col min="12" max="12" width="39" customWidth="true" style="1"/>
+    <col min="38" max="38" width="39" customWidth="true" style="1"/>
     <col min="13" max="13" width="39" customWidth="true" style="1"/>
+    <col min="39" max="39" width="39" customWidth="true" style="1"/>
     <col min="14" max="14" width="39" customWidth="true" style="1"/>
+    <col min="40" max="40" width="39" customWidth="true" style="1"/>
     <col min="15" max="15" width="39" customWidth="true" style="1"/>
+    <col min="41" max="41" width="39" customWidth="true" style="1"/>
     <col min="16" max="16" width="39" customWidth="true" style="1"/>
+    <col min="42" max="42" width="39" customWidth="true" style="1"/>
     <col min="17" max="17" width="39" customWidth="true" style="1"/>
+    <col min="43" max="43" width="39" customWidth="true" style="1"/>
     <col min="18" max="18" width="39" customWidth="true" style="1"/>
+    <col min="44" max="44" width="39" customWidth="true" style="1"/>
     <col min="19" max="19" width="39" customWidth="true" style="1"/>
+    <col min="45" max="45" width="39" customWidth="true" style="1"/>
     <col min="20" max="20" width="39" customWidth="true" style="1"/>
+    <col min="46" max="46" width="39" customWidth="true" style="1"/>
     <col min="21" max="21" width="39" customWidth="true" style="1"/>
+    <col min="47" max="47" width="39" customWidth="true" style="1"/>
     <col min="22" max="22" width="39" customWidth="true" style="1"/>
+    <col min="48" max="48" width="39" customWidth="true" style="1"/>
     <col min="23" max="23" width="39" customWidth="true" style="1"/>
+    <col min="49" max="49" width="39" customWidth="true" style="1"/>
     <col min="24" max="24" width="39" customWidth="true" style="1"/>
+    <col min="50" max="50" width="39" customWidth="true" style="1"/>
     <col min="25" max="25" width="39" customWidth="true" style="1"/>
+    <col min="51" max="51" width="39" customWidth="true" style="1"/>
     <col min="26" max="26" width="39" customWidth="true" style="1"/>
-    <col min="27" max="27" width="39" customWidth="true" style="1"/>
-[...23 lines deleted...]
-    <col min="51" max="51" width="39" customWidth="true" style="1"/>
     <col min="52" max="52" width="39" customWidth="true" style="1"/>
-    <col min="53" max="53" width="39" customWidth="true" style="1"/>
-[...648 lines deleted...]
-    <col min="702" max="702" width="39" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:702">
+    <row r="1" spans="1:52">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/","Latest version here")</f>
         <v>Latest version here</v>
       </c>
     </row>
-    <row r="2" spans="1:702">
+    <row r="2" spans="1:52">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="I2" s="1" t="s">
@@ -3672,1777 +1564,1726 @@
       </c>
       <c r="N2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="Q2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="R2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="S2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="U2" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="V2" s="1" t="s">
+    </row>
+    <row r="3" spans="1:52">
+      <c r="A3" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="W2" s="1" t="s">
+      <c r="B3" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="X2" s="1" t="s">
+      <c r="C3" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="Y2" s="1" t="s">
+      <c r="D3" s="1" t="s">
         <v>25</v>
       </c>
+      <c r="E3" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I3" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J3" s="1">
+        <v>2</v>
+      </c>
+      <c r="K3" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="L3" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="N3" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="O3" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q3" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R3" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="S3" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-shrs-hybrid.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T3" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U3" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+        <v>Here</v>
+      </c>
     </row>
-    <row r="3" spans="1:702" customHeight="1" ht="220">
-[...26 lines deleted...]
-      <c r="Y3" s="1"/>
+    <row r="4" spans="1:52">
+      <c r="A4" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J4" s="1">
+        <v>4</v>
+      </c>
+      <c r="K4" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="N4" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="O4" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R4" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="S4" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/10/Sungrow-SHRS-8.010.0.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T4" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U4" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+        <v>Here</v>
+      </c>
     </row>
-    <row r="4" spans="1:702" customHeight="1" ht="230">
-[...26 lines deleted...]
-      <c r="Y4" s="1"/>
+    <row r="5" spans="1:52">
+      <c r="A5" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J5" s="1">
+        <v>2</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="N5" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="O5" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q5" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R5" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="S5" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-3-phase-RT.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T5" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U5" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+        <v>Here</v>
+      </c>
     </row>
-    <row r="5" spans="1:702">
-[...9 lines deleted...]
-      <c r="D5" s="1" t="s">
+    <row r="6" spans="1:52">
+      <c r="A6" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J6" s="1">
+        <v>3</v>
+      </c>
+      <c r="K6" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="L6" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="N6" s="1" t="s">
         <v>32</v>
-      </c>
-[...102 lines deleted...]
-        <v>66</v>
       </c>
       <c r="O6" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="P6" s="1" t="s">
+      <c r="Q6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R6" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="S6" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sht.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T6" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/WD_202404_Term_Sungrow-s-Inverters-10-Year-Limited-Warraty_V4.2.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U6" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="7" spans="1:52">
+      <c r="A7" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="Q6" s="1" t="s">
+      <c r="B7" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="R6" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="S6" s="1" t="s">
+      <c r="D7" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="T6" s="1" t="s">
+      <c r="G7" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="U6" s="1" t="s">
+      <c r="I7" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J7" s="1">
+        <v>2</v>
+      </c>
+      <c r="K7" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="V6" s="1" t="s">
+      <c r="L7" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="W6" s="1" t="s">
+      <c r="M7" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="X6" s="1" t="s">
+      <c r="N7" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="Y6" s="1" t="s">
+      <c r="O7" s="1" t="s">
         <v>77</v>
       </c>
+      <c r="P7" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q7" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="R7" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="S7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-symo-datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fronius-review.html","Here")</f>
+        <v>Here</v>
+      </c>
     </row>
-    <row r="7" spans="1:702">
-      <c r="A7" s="1" t="s">
+    <row r="8" spans="1:52">
+      <c r="A8" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J8" s="1">
+        <v>2</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="L8" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="M8" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="O8" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="P8" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="Q8" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="R8" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...11 lines deleted...]
-      <c r="H7" s="1" t="s">
+      <c r="S8" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-primo-datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T8" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U8" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fronius-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="9" spans="1:52">
+      <c r="A9" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J9" s="1">
+        <v>4</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="L9" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="M9" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N9" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="O9" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R9" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="S9" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/GW_EHB_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T9" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-2.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U9" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="10" spans="1:52">
+      <c r="A10" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="L10" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M10" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N10" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="O10" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R10" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="S10" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T10" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ-3.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U10" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="11" spans="1:52">
+      <c r="A11" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="K11" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L11" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M11" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N11" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="O11" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q11" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R11" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="S11" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/12/GW_ET-G2_Datasheet-AU_C.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T11" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/12/goodwe-warranty-2024-11.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U11" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="12" spans="1:52">
+      <c r="A12" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J12" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="K12" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="L12" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="M12" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="O12" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q12" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R12" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="S12" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-EH3P5-10K-H-AU_AUS_V2.1_2023_04.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T12" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U12" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solis-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="13" spans="1:52">
+      <c r="A13" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J13" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="L13" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="M13" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="O13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q13" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R13" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="S13" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T13" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U13" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sigenergy-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="14" spans="1:52">
+      <c r="A14" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="K14" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="L14" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="M14" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="O14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q14" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R14" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="S14" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T14" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U14" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sigenergy-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="15" spans="1:52">
+      <c r="A15" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J15" s="1">
+        <v>4</v>
+      </c>
+      <c r="K15" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="L15" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="M15" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N15" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="O15" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q15" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R15" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="S15" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x1-vast-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T15" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U15" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solax-power-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="16" spans="1:52">
+      <c r="A16" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J16" s="1">
+        <v>2</v>
+      </c>
+      <c r="K16" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="L16" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="M16" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N16" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="O16" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q16" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R16" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="S16" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-hybrid-g4-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T16" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U16" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solax-power-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="17" spans="1:52">
+      <c r="A17" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J17" s="1">
+        <v>2</v>
+      </c>
+      <c r="K17" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="L17" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="M17" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N17" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="O17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="P17" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="Q17" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R17" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="S17" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H1-G2-DatasheetAU-V1.5-20250702.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T17" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U17" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fox-ess-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="18" spans="1:52">
+      <c r="A18" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J18" s="1">
+        <v>2</v>
+      </c>
+      <c r="K18" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="L18" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M18" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N18" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="O18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="P18" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="Q18" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R18" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="S18" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-KH-KA-DatasheetAU-V1.6-20251009.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T18" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U18" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fox-ess-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="19" spans="1:52">
+      <c r="A19" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J19" s="1">
+        <v>2</v>
+      </c>
+      <c r="K19" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="L19" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="M19" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N19" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="O19" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="P19" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="Q19" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="R19" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="S19" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/EN-H3-Smart-DatasheetAU-V1.2-20250702.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T19" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/INVERTER-WARRANTY-AU-20251205.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U19" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fox-ess-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="20" spans="1:52">
+      <c r="A20" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="I7" s="1" t="s">
-[...38 lines deleted...]
-      <c r="V7" s="1" t="s">
+      <c r="E20" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="J20" s="1">
+        <v>2</v>
+      </c>
+      <c r="K20" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="L20" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="M20" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="W7" s="1" t="s">
-[...5 lines deleted...]
-      <c r="Y7" s="1" t="s">
+      <c r="N20" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="O20" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="P20" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="Q20" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="R20" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="S20" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T20" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U20" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="21" spans="1:52">
+      <c r="A21" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="J21" s="1">
+        <v>3</v>
+      </c>
+      <c r="K21" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="L21" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="M21" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N21" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="O21" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="P21" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="Q21" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="R21" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="S21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+    </row>
+    <row r="22" spans="1:52">
+      <c r="A22" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="J22" s="1">
+        <v>2</v>
+      </c>
+      <c r="K22" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="L22" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="M22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N22" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="O22" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="P22" s="1" t="s">
         <v>98</v>
       </c>
+      <c r="Q22" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="R22" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="S22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
+        <v>Here</v>
+      </c>
     </row>
-    <row r="8" spans="1:702">
-[...63 lines deleted...]
-      <c r="V8" s="1" t="s">
+    <row r="23" spans="1:52">
+      <c r="A23" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="J23" s="1">
+        <v>2</v>
+      </c>
+      <c r="K23" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="L23" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="M23" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="W8" s="1" t="s">
-[...159 lines deleted...]
-      <c r="Y10" s="1" t="s">
+      <c r="N23" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="O23" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="P23" s="1" t="s">
         <v>98</v>
       </c>
-    </row>
-[...372 lines deleted...]
-      <c r="V15" s="1" t="s">
+      <c r="Q23" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="W15" s="1" t="s">
+      <c r="R23" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="X15" s="1" t="s">
-[...507 lines deleted...]
-      <c r="V22" s="2" t="str">
+      <c r="S23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf","Yes")</f>
-        <v>Yes</v>
-[...87 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
-[...91 lines deleted...]
-      <c r="S24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
+    </row>
+    <row r="24" spans="1:52">
+      <c r="A24" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="J24" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="K24" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="L24" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="M24" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N24" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="O24" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="Q24" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="R24" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="S24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/04/se-home-hub-inverter-datasheet-aus.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
       <c r="T24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
-        <v>Here</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="U24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
-[...6 lines deleted...]
-      <c r="W24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="X24" s="2" t="str">
+    </row>
+    <row r="25" spans="1:52">
+      <c r="A25" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="J25" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="K25" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="L25" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="M25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N25" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="O25" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q25" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="R25" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="S25" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-solaredge-home-hub-inverter-three-phase-backup-datasheet-aus.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T25" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/03/solaredge-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U25" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="Y24" s="2" t="str">
+    </row>
+    <row r="26" spans="1:52">
+      <c r="A26" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J26" s="1">
+        <v>4</v>
+      </c>
+      <c r="K26" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="L26" s="1">
+        <v>32.3</v>
+      </c>
+      <c r="M26" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N26" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="O26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q26" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="R26" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="S26" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GEH-5-10kW_AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T26" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.7.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U26" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/ge-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
-    <hyperlink ref="B22" r:id="rId_hyperlink_2" tooltip="Yes" display="Yes"/>
-[...70 lines deleted...]
-    <hyperlink ref="Y24" r:id="rId_hyperlink_73" tooltip="Here" display="Here"/>
+    <hyperlink ref="S3" r:id="rId_hyperlink_2" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T3" r:id="rId_hyperlink_3" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U3" r:id="rId_hyperlink_4" tooltip="Here" display="Here"/>
+    <hyperlink ref="S4" r:id="rId_hyperlink_5" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T4" r:id="rId_hyperlink_6" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U4" r:id="rId_hyperlink_7" tooltip="Here" display="Here"/>
+    <hyperlink ref="S5" r:id="rId_hyperlink_8" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T5" r:id="rId_hyperlink_9" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U5" r:id="rId_hyperlink_10" tooltip="Here" display="Here"/>
+    <hyperlink ref="S6" r:id="rId_hyperlink_11" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T6" r:id="rId_hyperlink_12" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U6" r:id="rId_hyperlink_13" tooltip="Here" display="Here"/>
+    <hyperlink ref="S7" r:id="rId_hyperlink_14" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T7" r:id="rId_hyperlink_15" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U7" r:id="rId_hyperlink_16" tooltip="Here" display="Here"/>
+    <hyperlink ref="S8" r:id="rId_hyperlink_17" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T8" r:id="rId_hyperlink_18" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U8" r:id="rId_hyperlink_19" tooltip="Here" display="Here"/>
+    <hyperlink ref="S9" r:id="rId_hyperlink_20" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T9" r:id="rId_hyperlink_21" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U9" r:id="rId_hyperlink_22" tooltip="Here" display="Here"/>
+    <hyperlink ref="S10" r:id="rId_hyperlink_23" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T10" r:id="rId_hyperlink_24" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U10" r:id="rId_hyperlink_25" tooltip="Here" display="Here"/>
+    <hyperlink ref="S11" r:id="rId_hyperlink_26" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T11" r:id="rId_hyperlink_27" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U11" r:id="rId_hyperlink_28" tooltip="Here" display="Here"/>
+    <hyperlink ref="S12" r:id="rId_hyperlink_29" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T12" r:id="rId_hyperlink_30" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U12" r:id="rId_hyperlink_31" tooltip="Here" display="Here"/>
+    <hyperlink ref="S13" r:id="rId_hyperlink_32" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T13" r:id="rId_hyperlink_33" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U13" r:id="rId_hyperlink_34" tooltip="Here" display="Here"/>
+    <hyperlink ref="S14" r:id="rId_hyperlink_35" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T14" r:id="rId_hyperlink_36" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U14" r:id="rId_hyperlink_37" tooltip="Here" display="Here"/>
+    <hyperlink ref="S15" r:id="rId_hyperlink_38" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T15" r:id="rId_hyperlink_39" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U15" r:id="rId_hyperlink_40" tooltip="Here" display="Here"/>
+    <hyperlink ref="S16" r:id="rId_hyperlink_41" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T16" r:id="rId_hyperlink_42" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U16" r:id="rId_hyperlink_43" tooltip="Here" display="Here"/>
+    <hyperlink ref="S17" r:id="rId_hyperlink_44" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T17" r:id="rId_hyperlink_45" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U17" r:id="rId_hyperlink_46" tooltip="Here" display="Here"/>
+    <hyperlink ref="S18" r:id="rId_hyperlink_47" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T18" r:id="rId_hyperlink_48" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U18" r:id="rId_hyperlink_49" tooltip="Here" display="Here"/>
+    <hyperlink ref="S19" r:id="rId_hyperlink_50" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T19" r:id="rId_hyperlink_51" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U19" r:id="rId_hyperlink_52" tooltip="Here" display="Here"/>
+    <hyperlink ref="S20" r:id="rId_hyperlink_53" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T20" r:id="rId_hyperlink_54" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U20" r:id="rId_hyperlink_55" tooltip="Here" display="Here"/>
+    <hyperlink ref="S21" r:id="rId_hyperlink_56" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T21" r:id="rId_hyperlink_57" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U21" r:id="rId_hyperlink_58" tooltip="Here" display="Here"/>
+    <hyperlink ref="S22" r:id="rId_hyperlink_59" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T22" r:id="rId_hyperlink_60" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U22" r:id="rId_hyperlink_61" tooltip="Here" display="Here"/>
+    <hyperlink ref="S23" r:id="rId_hyperlink_62" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T23" r:id="rId_hyperlink_63" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U23" r:id="rId_hyperlink_64" tooltip="Here" display="Here"/>
+    <hyperlink ref="S24" r:id="rId_hyperlink_65" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T24" r:id="rId_hyperlink_66" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U24" r:id="rId_hyperlink_67" tooltip="Here" display="Here"/>
+    <hyperlink ref="S25" r:id="rId_hyperlink_68" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T25" r:id="rId_hyperlink_69" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U25" r:id="rId_hyperlink_70" tooltip="Here" display="Here"/>
+    <hyperlink ref="S26" r:id="rId_hyperlink_71" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T26" r:id="rId_hyperlink_72" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U26" r:id="rId_hyperlink_73" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>