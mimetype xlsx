--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Solahart Silhouette series</t>
   </si>
   <si>
     <t>Solahart SunCell series</t>
   </si>
   <si>
     <t>SolarEdge Smart Panel</t>
   </si>
   <si>
     <t>Canadian Solar Inc TOPHiKu 6</t>
   </si>
   <si>
     <t>Trina Solar Vertex S+</t>
   </si>
   <si>
     <t>SunPower P7</t>
   </si>
   <si>
@@ -74,69 +74,72 @@
   <si>
     <t>Jinko Solar Tiger Neo (475W)</t>
   </si>
   <si>
     <t>Jinko Solar Tiger Neo BOLD</t>
   </si>
   <si>
     <t>JA Solar Deep Blue 4.0 Pro</t>
   </si>
   <si>
     <t>Aiko Neostar 2S</t>
   </si>
   <si>
     <t>Aiko Neostar 2P</t>
   </si>
   <si>
     <t>REC Alpha Pure-RX</t>
   </si>
   <si>
     <t>REC Alpha Pure-R</t>
   </si>
   <si>
     <t>Longi Hi-MO 6 Scientist</t>
   </si>
   <si>
-    <t>TW TNC</t>
-[...2 lines deleted...]
-    <t>TW MNH</t>
+    <t>TW MNH-48HE</t>
+  </si>
+  <si>
+    <t>TWMNH-48HD</t>
   </si>
   <si>
     <t>Tindo Walara</t>
   </si>
   <si>
     <t>Suntech Ultra V Pro (N-type) 440W</t>
   </si>
   <si>
     <t>Suntech Ultra V Pro (N-type) 415W</t>
   </si>
   <si>
     <t>Suntech Ultra V Pro (P-type)</t>
   </si>
   <si>
     <t>Winaico WST-NGX-D3</t>
+  </si>
+  <si>
+    <t>Phono Solar Quasar</t>
   </si>
   <si>
     <t>Phono Solar Helios Clear</t>
   </si>
   <si>
     <t>Risen Titan S (440W)</t>
   </si>
   <si>
     <t>Risen TOPCon</t>
   </si>
   <si>
     <t>Manufacturer Logo</t>
   </si>
   <si>
     <t>Product Image</t>
   </si>
   <si>
     <t>Choose model:</t>
   </si>
   <si>
     <t xml:space="preserve">SOLAHART440BRB1
 </t>
   </si>
   <si>
     <t xml:space="preserve">SOLAHART440R1
@@ -218,50 +221,54 @@
     <t xml:space="preserve">48HD440
 </t>
   </si>
   <si>
     <t xml:space="preserve">Walara-440G4P
 </t>
   </si>
   <si>
     <t xml:space="preserve">STP4405-C54/Nshm
 </t>
   </si>
   <si>
     <t xml:space="preserve">STP415S-C54/Nshm
 </t>
   </si>
   <si>
     <t xml:space="preserve">STP395S-C54/Umhm
 STP400S-C54/Umhm
 STP405S-C54/Umhm
 STP410S-C54/Umhm
 STP415S-C54/Umhm
 </t>
   </si>
   <si>
     <t xml:space="preserve">WST-450NGX-D3
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PS475L7GFH-18/VBH
 </t>
   </si>
   <si>
     <t xml:space="preserve">PS440L12GFH-16/QSH
 </t>
   </si>
   <si>
     <t xml:space="preserve">RSM130-8-440M
 </t>
   </si>
   <si>
     <t xml:space="preserve">RSM108-9-415N
 RSM108-9-420N
 RSM108-9-425N
 RSM108-9-430N
 RSM108-9-435N
 RSM108-9-440N
 </t>
   </si>
   <si>
     <t>Approx cost per panel – AUD Retail incl GST</t>
   </si>
   <si>
     <t>$158</t>
   </si>
@@ -286,102 +293,108 @@
   <si>
     <t>$125</t>
   </si>
   <si>
     <t>$135</t>
   </si>
   <si>
     <t>$117</t>
   </si>
   <si>
     <t>$138</t>
   </si>
   <si>
     <t>$149</t>
   </si>
   <si>
     <t>$280</t>
   </si>
   <si>
     <t>$255</t>
   </si>
   <si>
     <t>$100</t>
   </si>
   <si>
-    <t>$260</t>
+    <t>$191</t>
   </si>
   <si>
     <t>$198</t>
   </si>
   <si>
+    <t>$175</t>
+  </si>
+  <si>
     <t>Approx Cost per Watt – AUD Retail incl GST</t>
   </si>
   <si>
     <t>$0.36</t>
   </si>
   <si>
     <t>$0.32</t>
   </si>
   <si>
     <t>$0.50</t>
   </si>
   <si>
     <t>$0.30</t>
   </si>
   <si>
     <t>$0.27</t>
   </si>
   <si>
     <t>$0.48</t>
   </si>
   <si>
     <t>$0.29</t>
   </si>
   <si>
     <t>$0.28</t>
   </si>
   <si>
     <t>$0.26</t>
   </si>
   <si>
     <t>$0.31</t>
   </si>
   <si>
     <t>$0.61</t>
   </si>
   <si>
     <t>$0.62</t>
   </si>
   <si>
     <t>$0.23</t>
   </si>
   <si>
-    <t>$0.60</t>
+    <t>$0.43</t>
   </si>
   <si>
     <t>$0.44</t>
+  </si>
+  <si>
+    <t>$0.37</t>
   </si>
   <si>
     <t>$0.46</t>
   </si>
   <si>
     <t>$0.33</t>
   </si>
   <si>
     <t>Wattage</t>
   </si>
   <si>
     <t>440W</t>
   </si>
   <si>
     <t>415W</t>
   </si>
   <si>
     <t>440W
 445W
 450W
 455W</t>
   </si>
   <si>
     <t>390W
 395W
@@ -465,50 +478,53 @@
     <t>20.7%
 21.2%
 21.8%
 22.3%</t>
   </si>
   <si>
     <t>23.5%</t>
   </si>
   <si>
     <t>22.6%</t>
   </si>
   <si>
     <t>21.3%</t>
   </si>
   <si>
     <t>20.2%
 20.5%
 20.7%
 21.0%
 21.3%</t>
   </si>
   <si>
     <t>23.0%</t>
   </si>
   <si>
+    <t>23.27%</t>
+  </si>
+  <si>
     <t>22.02%</t>
   </si>
   <si>
     <t>21.2%</t>
   </si>
   <si>
     <t>21.3%
 21.5%
 21.8%
 22.0%
 22.3%
 22.5%</t>
   </si>
   <si>
     <t>Country of manufacture</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Malaysia/Mexico</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
@@ -551,50 +567,53 @@
   <si>
     <t>22kg</t>
   </si>
   <si>
     <t>24.2kg</t>
   </si>
   <si>
     <t>23.4kg</t>
   </si>
   <si>
     <t>20.8kg</t>
   </si>
   <si>
     <t>22.8kg</t>
   </si>
   <si>
     <t>20.9kg</t>
   </si>
   <si>
     <t>21kg</t>
   </si>
   <si>
     <t>21.0kg</t>
   </si>
   <si>
+    <t>23.5kg</t>
+  </si>
+  <si>
     <t>22.0kg</t>
   </si>
   <si>
     <t>22.5kg</t>
   </si>
   <si>
     <t>Temperature coefficient (Pmax)</t>
   </si>
   <si>
     <t>-0.29%/°C</t>
   </si>
   <si>
     <t>-0.34%/°C</t>
   </si>
   <si>
     <t>-0.27%/°C</t>
   </si>
   <si>
     <t>-0.30%/°C</t>
   </si>
   <si>
     <t>-0.26%/°C</t>
   </si>
   <si>
     <t>-0.24%/°C</t>
@@ -623,99 +642,102 @@
   <si>
     <t>IEC 61701 certified, level 8</t>
   </si>
   <si>
     <t>IEC 61701 level 6</t>
   </si>
   <si>
     <t>No data</t>
   </si>
   <si>
     <t>IEC 61701 level 1 claimed</t>
   </si>
   <si>
     <t>Front load resistance</t>
   </si>
   <si>
     <t>5400Pa</t>
   </si>
   <si>
     <t>6000Pa</t>
   </si>
   <si>
     <t>7000Pa</t>
   </si>
   <si>
+    <t>Rear load/wind resistance</t>
+  </si>
+  <si>
+    <t>4000Pa</t>
+  </si>
+  <si>
     <t>2400Pa</t>
   </si>
   <si>
-    <t>Rear load/wind resistance</t>
-[...4 lines deleted...]
-  <si>
     <t>3600Pa</t>
   </si>
   <si>
     <t>3800Pa</t>
   </si>
   <si>
     <t>Product warranty length</t>
   </si>
   <si>
     <t>30 years</t>
   </si>
   <si>
     <t>25 years</t>
   </si>
   <si>
     <t>40 years</t>
   </si>
   <si>
     <t>Warranted annual performance degradation year 2-25</t>
   </si>
   <si>
     <t>0.4% per year</t>
   </si>
   <si>
     <t>0.55% loss each year</t>
   </si>
   <si>
     <t>0.25% per year</t>
   </si>
   <si>
     <t>0.4% loss each year</t>
   </si>
   <si>
     <t>0.35% loss each year</t>
   </si>
   <si>
     <t>0.40% per year</t>
   </si>
   <si>
     <t>0.4%</t>
+  </si>
+  <si>
+    <t>0.35% per year</t>
   </si>
   <si>
     <t>0.375% per year</t>
   </si>
   <si>
     <t>0.55% per year</t>
   </si>
   <si>
     <t>Power output warranted at year 25</t>
   </si>
   <si>
     <t>89.4%</t>
   </si>
   <si>
     <t>84.8%</t>
   </si>
   <si>
     <t>87.4%</t>
   </si>
   <si>
     <t>89.40%</t>
   </si>
   <si>
     <t>92%</t>
   </si>
@@ -809,51 +831,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solahart-logos1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solahart-logos2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Canadian20Solar-84.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Trina20Solar5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Sunpower6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Sunpower7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Sunpower8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/JA20Solar12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-logo13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/REC15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/REC16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Longi17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tw-solar18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tw-solar19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tindo-logo-new20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Suntech21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Suntech22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Suntech23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Winaico24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/phono-logo25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Risen26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Risen27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/silhouette28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suncell29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/se-smart-panel30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hiku631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/trina-vertex-s32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/p3-37033.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sunpower-maxeon-3-black34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sunpower-max335.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-tiger-neo36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-tiger-neo-47037.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-tiger-neo-bold38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jadeepblue4.039.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-1s40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neostar-2p41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rec-alpha-purer42.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rec-alpha-purer43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/longi-himo6-scientist44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TW-TNC45.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tw-panel46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tindo47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suntech-nshm48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suntech-nshm49.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suntech-mini50.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/winaico-ngx51.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/helios-clear52.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/risen-titan-s-44053.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/risen-topcon-129x23654.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solahart-logos1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solahart-logos2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Canadian20Solar-84.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Trina20Solar5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Sunpower6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Sunpower7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Sunpower8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/JA20Solar12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-logo13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/REC15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/REC16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Longi17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tw-solar18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tw-solar19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tindo-logo-new20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Suntech21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Suntech22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Suntech23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Winaico24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/phono-logo25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/phono-logo26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Risen27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Risen28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/silhouette29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suncell30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/se-smart-panel31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hiku632.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/trina-vertex-s33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/p3-37034.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sunpower-maxeon-3-black35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sunpower-max336.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-tiger-neo37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-tiger-neo-47038.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-tiger-neo-bold39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jadeepblue4.040.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-1s41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neostar-2p42.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rec-alpha-purer43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rec-alpha-purer44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/longi-himo6-scientist45.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TW-TNC46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tw-panel47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tindo48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suntech-nshm49.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suntech-nshm50.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suntech-mini51.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/winaico-ngx52.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/quasar53.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/helios-clear54.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/risen-titan-s-44055.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/risen-topcon-129x23656.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1626,845 +1648,905 @@
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>1</xdr:col>
+      <xdr:col>28</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
-      <xdr:row>3</xdr:row>
-      <xdr:rowOff>481013</xdr:rowOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPr id="28" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>3</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>4</xdr:col>
+      <xdr:col>3</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>5</xdr:col>
+      <xdr:col>4</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>6</xdr:col>
+      <xdr:col>5</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>8</xdr:col>
+      <xdr:col>7</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>10</xdr:col>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>11</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>12</xdr:col>
+      <xdr:col>11</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>13</xdr:col>
+      <xdr:col>12</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>14</xdr:col>
+      <xdr:col>13</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>14</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>16</xdr:col>
+      <xdr:col>15</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>17</xdr:col>
+      <xdr:col>16</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>18</xdr:col>
+      <xdr:col>17</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>19</xdr:col>
+      <xdr:col>18</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>20</xdr:col>
+      <xdr:col>19</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>21</xdr:col>
+      <xdr:col>20</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
+      <xdr:col>21</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>23</xdr:col>
+      <xdr:col>22</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>24</xdr:col>
+      <xdr:col>23</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>25</xdr:col>
+      <xdr:col>24</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>26</xdr:col>
+      <xdr:col>25</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>27</xdr:col>
+      <xdr:col>26</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1114425" cy="2047875"/>
+    <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>27</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>28</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1114425" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2723,51 +2805,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-silhouette.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/03/solahart-suncell.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/12/se-smart-panel-j-white-framed-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/tophiku6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/trina-vertex-s-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-p7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sunpower-max3-black.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/sunpower-max3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/Jinko-tiger-neo-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/jinko-tiger-neo-470.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/10/jinko-tiger-neo-bold.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/08/JA-deepblue-4.0-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/09/aiko-2s.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/09/neostar-2p.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/01/REC-alpha-pure-rx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/09/rec-alpha-purer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/09/longi-himo6-scientist.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/TW-470.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/09/tw-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/07/tindo-walara-g4.png" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-ultravpro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/ultra-v-pro-415-ntype.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Datasheet-STP415S-C54-Umhm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/Comp-WINAICO_WST-450NGX-D3_AUS_0824-comp2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/01/Phono-Solar-Helios-Clear-v1.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/risen-titan-s-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/risen-topcon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/12/se-limited-warranty-smart-pv-panel-54-cell-december-2022-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/cs-tophiku-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/trina-vertexsplus-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/jinko-neo-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/jinko-neo-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/jinko-neo-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/08/JA-combined-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Warranty-TandCs-Single-glass-AIKO-Energy-12.02.24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Warranty-TandCs-Single-glass-AIKO-Energy-12.02.24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/09/warranty_alpha_rev_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/09/warranty_alpha_rev_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/09/longi-25-year-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/09/TW-Solar-Aus-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/09/TW-Solar-Aus-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/07/Tindo_NTYPE_Consumer_Warranty_VersionC_24July25Final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-warranty-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-warranty-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/suntech-warranty-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/winaico-ngx-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/01/Limited-Warranty-PV-Module-Statements.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/09/risen-titan-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/solahart-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/solahart-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/canadian-solar-inc-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/trina-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/sunpower-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/sunpower-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/sunpower-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/ja-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/aiko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/aiko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/rec-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/rec-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/longi-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/tw-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/tw-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/tindo-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/suntech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/suntech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/suntech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/winaico-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/phono-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/risen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/risen-review.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-silhouette.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/03/solahart-suncell.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/12/se-smart-panel-j-white-framed-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/tophiku6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/trina-vertex-s-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-p7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sunpower-max3-black.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/sunpower-max3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/Jinko-tiger-neo-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/jinko-tiger-neo-470.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/10/jinko-tiger-neo-bold.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/08/JA-deepblue-4.0-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/09/aiko-2s.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/09/neostar-2p.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/01/REC-alpha-pure-rx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/09/rec-alpha-purer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/09/longi-himo6-scientist.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/TW-470.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/09/tw-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/07/tindo-walara-g4.png" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-ultravpro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/ultra-v-pro-415-ntype.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Datasheet-STP415S-C54-Umhm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/Comp-WINAICO_WST-450NGX-D3_AUS_0824-comp2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/PS-Quasar-475W-Datasheet-I-Compressed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/01/Phono-Solar-Helios-Clear-v1.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/risen-titan-s-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/risen-topcon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/12/se-limited-warranty-smart-pv-panel-54-cell-december-2022-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/cs-tophiku-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/trina-vertexsplus-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/jinko-neo-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/jinko-neo-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/jinko-neo-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/08/JA-combined-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Warranty-TandCs-Single-glass-AIKO-Energy-12.02.24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Warranty-TandCs-Single-glass-AIKO-Energy-12.02.24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/09/warranty_alpha_rev_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/09/warranty_alpha_rev_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/09/longi-25-year-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/09/TW-Solar-Aus-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/09/TW-Solar-Aus-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/07/Tindo_NTYPE_Consumer_Warranty_VersionC_24July25Final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-warranty-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-warranty-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/suntech-warranty-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/winaico-ngx-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/Limited-Warranty_AUS-20250103_Statement-Of-30-Year-Product-Warranty-for-PSXXXL12GFH-16-QSH-Series.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/01/Limited-Warranty-PV-Module-Statements.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/09/risen-titan-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/solahart-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/solahart-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/canadian-solar-inc-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/trina-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/sunpower-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/sunpower-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/sunpower-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/ja-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/aiko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/aiko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/rec-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/rec-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/longi-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/tw-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/tw-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/tindo-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/suntech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/suntech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/suntech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/winaico-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/phono-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/phono-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/risen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/risen-review.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:ZZ23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="10" max="10" width="39" customWidth="true" style="1"/>
@@ -3537,1494 +3619,1547 @@
       </c>
       <c r="U2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="V2" s="1" t="s">
         <v>22</v>
       </c>
       <c r="W2" s="1" t="s">
         <v>23</v>
       </c>
       <c r="X2" s="1" t="s">
         <v>24</v>
       </c>
       <c r="Y2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="Z2" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AA2" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AB2" s="1" t="s">
         <v>28</v>
       </c>
+      <c r="AC2" s="1" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="3" spans="1:702" customHeight="1" ht="220">
       <c r="A3" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1"/>
+      <c r="AC3" s="1"/>
     </row>
     <row r="4" spans="1:702" customHeight="1" ht="230">
       <c r="A4" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
       <c r="Z4" s="1"/>
       <c r="AA4" s="1"/>
       <c r="AB4" s="1"/>
+      <c r="AC4" s="1"/>
     </row>
     <row r="5" spans="1:702">
       <c r="A5" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="O5" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P5" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q5" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="R5" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="S5" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="T5" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U5" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V5" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="W5" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X5" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="Y5" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Z5" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AA5" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AB5" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
+      </c>
+      <c r="AC5" s="1" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:702">
       <c r="A6" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E6" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="F6" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H6" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="K6" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="L6" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M6" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="O6" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="P6" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q6" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="R6" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="I6" s="1" t="s">
+      <c r="S6" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="J6" s="1" t="s">
+      <c r="T6" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="U6" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="V6" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="W6" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="X6" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y6" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="Z6" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA6" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="K6" s="1" t="s">
-[...8 lines deleted...]
-      <c r="N6" s="1" t="s">
+      <c r="AB6" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="O6" s="1" t="s">
-[...8 lines deleted...]
-      <c r="R6" s="1" t="s">
+      <c r="AC6" s="1" t="s">
         <v>63</v>
-      </c>
-[...28 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:702">
       <c r="A7" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F7" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="G7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="J7" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="K7" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="L7" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="M7" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="N7" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="O7" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="P7" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q7" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="R7" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="K7" s="1" t="s">
+      <c r="S7" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="L7" s="1" t="s">
-[...5 lines deleted...]
-      <c r="N7" s="1" t="s">
+      <c r="T7" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="U7" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="V7" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="W7" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X7" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="O7" s="1" t="s">
-[...14 lines deleted...]
-      <c r="T7" s="1" t="s">
+      <c r="Y7" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z7" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA7" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="AB7" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="U7" s="1" t="s">
-[...21 lines deleted...]
-        <v>94</v>
+      <c r="AC7" s="1" t="s">
+        <v>98</v>
       </c>
     </row>
     <row r="8" spans="1:702">
       <c r="A8" s="1" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="K8" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="L8" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="L8" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M8" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="O8" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="P8" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q8" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="R8" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="S8" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="T8" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="U8" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="V8" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="W8" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="P8" s="1" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="X8" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y8" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z8" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="Y8" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AA8" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="AB8" s="1" t="s">
-        <v>106</v>
+        <v>100</v>
+      </c>
+      <c r="AC8" s="1" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="9" spans="1:702">
       <c r="A9" s="1" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="H9" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="L9" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="M9" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="N9" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="O9" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="P9" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q9" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="R9" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="I9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J9" s="1" t="s">
+      <c r="S9" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="T9" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="K9" s="1" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="U9" s="1" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="V9" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="W9" s="1" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="X9" s="1" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="Y9" s="1" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="Z9" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="AA9" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="AB9" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
+      </c>
+      <c r="AC9" s="1" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="10" spans="1:702">
       <c r="A10" s="1" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="K10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="M10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="N10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="O10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="P10" s="1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="Q10" s="1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="R10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="S10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="T10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="U10" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="V10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="W10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="X10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="Y10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="Z10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="AA10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="AB10" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
+      </c>
+      <c r="AC10" s="1" t="s">
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:702">
       <c r="A11" s="1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D11" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="E11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="O11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="P11" s="1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="Q11" s="1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="R11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="S11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="T11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="U11" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="V11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="W11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="X11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="Y11" s="1" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="Z11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="AA11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="AB11" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
+      </c>
+      <c r="AC11" s="1" t="s">
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:702">
       <c r="A12" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="I12" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="J12" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="K12" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="L12" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="M12" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="N12" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="J12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="K12" s="1" t="s">
+      <c r="O12" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="P12" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="Q12" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="R12" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="S12" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="T12" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="U12" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="V12" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="W12" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="X12" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="Y12" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="L12" s="1" t="s">
-[...23 lines deleted...]
-      <c r="T12" s="1" t="s">
+      <c r="Z12" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="AA12" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AB12" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="AC12" s="1" t="s">
         <v>149</v>
-      </c>
-[...22 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="13" spans="1:702">
       <c r="A13" s="1" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="O13" s="1" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="P13" s="1" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="Q13" s="1" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="R13" s="1" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="S13" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="T13" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="U13" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="V13" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="T13" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="W13" s="1" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="X13" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="Y13" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="Z13" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="AA13" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="AB13" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="Y13" s="1" t="s">
-[...9 lines deleted...]
-        <v>158</v>
+      <c r="AC13" s="1" t="s">
+        <v>164</v>
       </c>
     </row>
     <row r="14" spans="1:702">
       <c r="A14" s="1" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="M14" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="O14" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="P14" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="Q14" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="R14" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="S14" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="T14" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="U14" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="V14" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="W14" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="X14" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="Y14" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="S14" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="Z14" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="AA14" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="AB14" s="1" t="s">
-        <v>171</v>
+        <v>177</v>
+      </c>
+      <c r="AC14" s="1" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="15" spans="1:702">
       <c r="A15" s="1" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="O15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="P15" s="1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="Q15" s="1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="R15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="S15" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="T15" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="U15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="V15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="W15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="X15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="Y15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="Z15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="AA15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="AB15" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
+      </c>
+      <c r="AC15" s="1" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="16" spans="1:702">
       <c r="A16" s="1" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="O16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="P16" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="Q16" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="R16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="S16" s="1" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="T16" s="1" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="U16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="V16" s="1" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="W16" s="1" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="X16" s="1" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="Y16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="Z16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="AA16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="AB16" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
+      </c>
+      <c r="AC16" s="1" t="s">
+        <v>184</v>
       </c>
     </row>
     <row r="17" spans="1:702">
       <c r="A17" s="1" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="O17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="P17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="Q17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="R17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="S17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="T17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="U17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="V17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="W17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="X17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="Y17" s="1" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="Z17" s="1" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="AA17" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="AB17" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
+      </c>
+      <c r="AC17" s="1" t="s">
+        <v>189</v>
       </c>
     </row>
     <row r="18" spans="1:702">
       <c r="A18" s="1" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="O18" s="1" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="P18" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="Q18" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="R18" s="1" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="S18" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="T18" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="U18" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="T18" s="1" t="s">
+      <c r="V18" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="U18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W18" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="X18" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="Y18" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="Z18" s="1" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="AA18" s="1" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="AB18" s="1" t="s">
-        <v>186</v>
+        <v>201</v>
+      </c>
+      <c r="AC18" s="1" t="s">
+        <v>192</v>
       </c>
     </row>
     <row r="19" spans="1:702">
       <c r="A19" s="1" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="O19" s="1" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="P19" s="1" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="Q19" s="1" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="R19" s="1" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="S19" s="1" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="T19" s="1" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="U19" s="1" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="V19" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="W19" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="X19" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="Y19" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="Z19" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="AA19" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="AB19" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="AC19" s="1" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="20" spans="1:702">
       <c r="A20" s="1" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="L20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="M20" s="1" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="O20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="P20" s="1" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="Q20" s="1" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="R20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="S20" s="1" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="T20" s="1" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="U20" s="1" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="V20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="W20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="X20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="Y20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="Z20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="AA20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="AB20" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
+      </c>
+      <c r="AC20" s="1" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="21" spans="1:702">
       <c r="A21" s="1" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="B21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-silhouette.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="C21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/03/solahart-suncell.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="D21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/12/se-smart-panel-j-white-framed-datasheet-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="E21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/tophiku6.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="F21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/05/trina-vertex-s-440.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="G21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-p7.pdf","Yes")</f>
         <v>Yes</v>
       </c>
@@ -5079,65 +5214,69 @@
       <c r="T21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/09/tw-440.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/07/tindo-walara-g4.png","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="V21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-ultravpro.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="W21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/ultra-v-pro-415-ntype.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="X21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Datasheet-STP415S-C54-Umhm.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="Y21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/05/Comp-WINAICO_WST-450NGX-D3_AUS_0824-comp2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="Z21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/PS-Quasar-475W-Datasheet-I-Compressed.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AA21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/01/Phono-Solar-Helios-Clear-v1.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AA21" s="2" t="str">
+      <c r="AB21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/risen-titan-s-440.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AB21" s="2" t="str">
+      <c r="AC21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/04/risen-topcon.pdf","Yes")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="22" spans="1:702">
       <c r="A22" s="1" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="B22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="C22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="D22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/12/se-limited-warranty-smart-pv-panel-54-cell-december-2022-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="E22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/cs-tophiku-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="F22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/05/trina-vertexsplus-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="G22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf","Yes")</f>
         <v>Yes</v>
       </c>
@@ -5192,64 +5331,68 @@
       <c r="T22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/09/TW-Solar-Aus-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/07/Tindo_NTYPE_Consumer_Warranty_VersionC_24July25Final.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="V22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-warranty-2023.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="W22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-warranty-2023.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="X22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/suntech-warranty-2022.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="Y22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/05/winaico-ngx-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="Z22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/Limited-Warranty_AUS-20250103_Statement-Of-30-Year-Product-Warranty-for-PSXXXL12GFH-16-QSH-Series.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AA22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/01/Limited-Warranty-PV-Module-Statements.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AA22" s="2" t="str">
+      <c r="AB22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/09/risen-titan-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AB22" s="1" t="s">
-        <v>206</v>
+      <c r="AC22" s="1" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="23" spans="1:702">
       <c r="A23" s="1" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="B23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/solahart-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="C23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/solahart-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="D23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="E23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/canadian-solar-inc-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="F23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/trina-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="G23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/sunpower-review.html","Here")</f>
         <v>Here</v>
       </c>
@@ -5308,142 +5451,149 @@
       <c r="U23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/tindo-solar-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="V23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/suntech-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="W23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/suntech-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="X23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/suntech-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="Y23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/winaico-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="Z23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/phono-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AA23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/panels/phono-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="AB23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/risen-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AB23" s="2" t="str">
+      <c r="AC23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/risen-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_2" tooltip="Yes" display="Yes"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_3" tooltip="Yes" display="Yes"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_4" tooltip="Yes" display="Yes"/>
     <hyperlink ref="E21" r:id="rId_hyperlink_5" tooltip="Yes" display="Yes"/>
     <hyperlink ref="F21" r:id="rId_hyperlink_6" tooltip="Yes" display="Yes"/>
     <hyperlink ref="G21" r:id="rId_hyperlink_7" tooltip="Yes" display="Yes"/>
     <hyperlink ref="H21" r:id="rId_hyperlink_8" tooltip="Yes" display="Yes"/>
     <hyperlink ref="I21" r:id="rId_hyperlink_9" tooltip="Yes" display="Yes"/>
     <hyperlink ref="J21" r:id="rId_hyperlink_10" tooltip="Yes" display="Yes"/>
     <hyperlink ref="K21" r:id="rId_hyperlink_11" tooltip="Yes" display="Yes"/>
     <hyperlink ref="L21" r:id="rId_hyperlink_12" tooltip="Yes" display="Yes"/>
     <hyperlink ref="M21" r:id="rId_hyperlink_13" tooltip="Yes" display="Yes"/>
     <hyperlink ref="N21" r:id="rId_hyperlink_14" tooltip="Yes" display="Yes"/>
     <hyperlink ref="O21" r:id="rId_hyperlink_15" tooltip="Yes" display="Yes"/>
     <hyperlink ref="P21" r:id="rId_hyperlink_16" tooltip="Yes" display="Yes"/>
     <hyperlink ref="Q21" r:id="rId_hyperlink_17" tooltip="Yes" display="Yes"/>
     <hyperlink ref="R21" r:id="rId_hyperlink_18" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S21" r:id="rId_hyperlink_19" tooltip="Yes" display="Yes"/>
     <hyperlink ref="T21" r:id="rId_hyperlink_20" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U21" r:id="rId_hyperlink_21" tooltip="Yes" display="Yes"/>
     <hyperlink ref="V21" r:id="rId_hyperlink_22" tooltip="Yes" display="Yes"/>
     <hyperlink ref="W21" r:id="rId_hyperlink_23" tooltip="Yes" display="Yes"/>
     <hyperlink ref="X21" r:id="rId_hyperlink_24" tooltip="Yes" display="Yes"/>
     <hyperlink ref="Y21" r:id="rId_hyperlink_25" tooltip="Yes" display="Yes"/>
     <hyperlink ref="Z21" r:id="rId_hyperlink_26" tooltip="Yes" display="Yes"/>
     <hyperlink ref="AA21" r:id="rId_hyperlink_27" tooltip="Yes" display="Yes"/>
     <hyperlink ref="AB21" r:id="rId_hyperlink_28" tooltip="Yes" display="Yes"/>
-    <hyperlink ref="B22" r:id="rId_hyperlink_29" tooltip="Yes" display="Yes"/>
-[...51 lines deleted...]
-    <hyperlink ref="AB23" r:id="rId_hyperlink_81" tooltip="Here" display="Here"/>
+    <hyperlink ref="AC21" r:id="rId_hyperlink_29" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B22" r:id="rId_hyperlink_30" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="C22" r:id="rId_hyperlink_31" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="D22" r:id="rId_hyperlink_32" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="E22" r:id="rId_hyperlink_33" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="F22" r:id="rId_hyperlink_34" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="G22" r:id="rId_hyperlink_35" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="H22" r:id="rId_hyperlink_36" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="I22" r:id="rId_hyperlink_37" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="J22" r:id="rId_hyperlink_38" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="K22" r:id="rId_hyperlink_39" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="L22" r:id="rId_hyperlink_40" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="M22" r:id="rId_hyperlink_41" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="N22" r:id="rId_hyperlink_42" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="O22" r:id="rId_hyperlink_43" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="P22" r:id="rId_hyperlink_44" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Q22" r:id="rId_hyperlink_45" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R22" r:id="rId_hyperlink_46" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S22" r:id="rId_hyperlink_47" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T22" r:id="rId_hyperlink_48" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U22" r:id="rId_hyperlink_49" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="V22" r:id="rId_hyperlink_50" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="W22" r:id="rId_hyperlink_51" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="X22" r:id="rId_hyperlink_52" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Y22" r:id="rId_hyperlink_53" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Z22" r:id="rId_hyperlink_54" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AA22" r:id="rId_hyperlink_55" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AB22" r:id="rId_hyperlink_56" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B23" r:id="rId_hyperlink_57" tooltip="Here" display="Here"/>
+    <hyperlink ref="C23" r:id="rId_hyperlink_58" tooltip="Here" display="Here"/>
+    <hyperlink ref="D23" r:id="rId_hyperlink_59" tooltip="Here" display="Here"/>
+    <hyperlink ref="E23" r:id="rId_hyperlink_60" tooltip="Here" display="Here"/>
+    <hyperlink ref="F23" r:id="rId_hyperlink_61" tooltip="Here" display="Here"/>
+    <hyperlink ref="G23" r:id="rId_hyperlink_62" tooltip="Here" display="Here"/>
+    <hyperlink ref="H23" r:id="rId_hyperlink_63" tooltip="Here" display="Here"/>
+    <hyperlink ref="I23" r:id="rId_hyperlink_64" tooltip="Here" display="Here"/>
+    <hyperlink ref="J23" r:id="rId_hyperlink_65" tooltip="Here" display="Here"/>
+    <hyperlink ref="K23" r:id="rId_hyperlink_66" tooltip="Here" display="Here"/>
+    <hyperlink ref="L23" r:id="rId_hyperlink_67" tooltip="Here" display="Here"/>
+    <hyperlink ref="M23" r:id="rId_hyperlink_68" tooltip="Here" display="Here"/>
+    <hyperlink ref="N23" r:id="rId_hyperlink_69" tooltip="Here" display="Here"/>
+    <hyperlink ref="O23" r:id="rId_hyperlink_70" tooltip="Here" display="Here"/>
+    <hyperlink ref="P23" r:id="rId_hyperlink_71" tooltip="Here" display="Here"/>
+    <hyperlink ref="Q23" r:id="rId_hyperlink_72" tooltip="Here" display="Here"/>
+    <hyperlink ref="R23" r:id="rId_hyperlink_73" tooltip="Here" display="Here"/>
+    <hyperlink ref="S23" r:id="rId_hyperlink_74" tooltip="Here" display="Here"/>
+    <hyperlink ref="T23" r:id="rId_hyperlink_75" tooltip="Here" display="Here"/>
+    <hyperlink ref="U23" r:id="rId_hyperlink_76" tooltip="Here" display="Here"/>
+    <hyperlink ref="V23" r:id="rId_hyperlink_77" tooltip="Here" display="Here"/>
+    <hyperlink ref="W23" r:id="rId_hyperlink_78" tooltip="Here" display="Here"/>
+    <hyperlink ref="X23" r:id="rId_hyperlink_79" tooltip="Here" display="Here"/>
+    <hyperlink ref="Y23" r:id="rId_hyperlink_80" tooltip="Here" display="Here"/>
+    <hyperlink ref="Z23" r:id="rId_hyperlink_81" tooltip="Here" display="Here"/>
+    <hyperlink ref="AA23" r:id="rId_hyperlink_82" tooltip="Here" display="Here"/>
+    <hyperlink ref="AB23" r:id="rId_hyperlink_83" tooltip="Here" display="Here"/>
+    <hyperlink ref="AC23" r:id="rId_hyperlink_84" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>