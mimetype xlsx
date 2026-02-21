--- v1 (2025-11-27)
+++ v2 (2026-02-21)
@@ -15,156 +15,165 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Solahart Silhouette series</t>
   </si>
   <si>
     <t>Solahart SunCell series</t>
   </si>
   <si>
     <t>SolarEdge Smart Panel</t>
   </si>
   <si>
     <t>Canadian Solar Inc TOPHiKu 6</t>
   </si>
   <si>
     <t>Trina Solar Vertex S+</t>
   </si>
   <si>
     <t>SunPower P7</t>
   </si>
   <si>
     <t>SunPower Maxeon 3 (black)</t>
   </si>
   <si>
     <t>SunPower Maxeon 3</t>
   </si>
   <si>
     <t>Jinko Solar Tiger Neo (440W)</t>
   </si>
   <si>
     <t>Jinko Solar Tiger Neo (475W)</t>
   </si>
   <si>
     <t>Jinko Solar Tiger Neo BOLD</t>
   </si>
   <si>
     <t>JA Solar Deep Blue 4.0 Pro</t>
   </si>
   <si>
     <t>Aiko Neostar 2S</t>
   </si>
   <si>
+    <t>Aiko Neostar 3S</t>
+  </si>
+  <si>
+    <t>Aiko Neostar 3P</t>
+  </si>
+  <si>
     <t>Aiko Neostar 2P</t>
   </si>
   <si>
     <t>REC Alpha Pure-RX</t>
   </si>
   <si>
     <t>REC Alpha Pure-R</t>
   </si>
   <si>
-    <t>Longi Hi-MO 6 Scientist</t>
+    <t>Longi Hi-MO X6 Scientist</t>
+  </si>
+  <si>
+    <t>Longi Hi-MO X6 Max Scientist</t>
   </si>
   <si>
     <t>TW MNH-48HE</t>
   </si>
   <si>
     <t>TWMNH-48HD</t>
   </si>
   <si>
     <t>Tindo Walara</t>
   </si>
   <si>
     <t>Suntech Ultra V Pro (N-type) 440W</t>
   </si>
   <si>
     <t>Suntech Ultra V Pro (N-type) 415W</t>
   </si>
   <si>
     <t>Suntech Ultra V Pro (P-type)</t>
   </si>
   <si>
     <t>Winaico WST-NGX-D3</t>
   </si>
   <si>
     <t>Phono Solar Quasar</t>
   </si>
   <si>
     <t>Phono Solar Helios Clear</t>
   </si>
   <si>
     <t>Risen Titan S (440W)</t>
   </si>
   <si>
     <t>Risen TOPCon</t>
   </si>
   <si>
     <t>Manufacturer Logo</t>
   </si>
   <si>
     <t>Product Image</t>
   </si>
   <si>
     <t>Choose model:</t>
   </si>
   <si>
-    <t xml:space="preserve">SOLAHART440BRB1
+    <t xml:space="preserve">SOLAHART455BRB3
 </t>
   </si>
   <si>
-    <t xml:space="preserve">SOLAHART440R1
+    <t xml:space="preserve">SOLAHART440BR3
 </t>
   </si>
   <si>
     <t xml:space="preserve">SPV415-R54JWML
 </t>
   </si>
   <si>
     <t xml:space="preserve">CS6R-440T
 </t>
   </si>
   <si>
     <t xml:space="preserve">TSM-440NEG9R.28
 </t>
   </si>
   <si>
     <t xml:space="preserve">SPR-P7-440-BLK-1500
 SPR-P7-445-BLK-1500
 SPR-P7-450-BLK-1500
 SPR-P7-455-BLK-1500
 </t>
   </si>
   <si>
     <t xml:space="preserve">SPR-MAX3-415-BLK-R 
 </t>
   </si>
@@ -173,66 +182,78 @@
 SPR-MAX3-395
 SPR-MAX3-400 
 </t>
   </si>
   <si>
     <t xml:space="preserve">JKM440N-54HL4-V
 </t>
   </si>
   <si>
     <t xml:space="preserve">JKM475N-60HL4
 </t>
   </si>
   <si>
     <t xml:space="preserve">JKM440N-54HL4R-BDV
 </t>
   </si>
   <si>
     <t xml:space="preserve">JAM54D40-440/LB
 </t>
   </si>
   <si>
     <t xml:space="preserve">AIKO-A440-MAH54Mb
 </t>
   </si>
   <si>
+    <t xml:space="preserve">AIKO-A475-MCE54Mb
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AIKO-A490-MCE54Mw
+</t>
+  </si>
+  <si>
     <t xml:space="preserve">AIKO-A470-MAH54Mw
 </t>
   </si>
   <si>
     <t xml:space="preserve">REC460AA Pure-RX
 </t>
   </si>
   <si>
     <t xml:space="preserve">REC400AA Pure-R
 REC410AA Pure-R
 REC420AA Pure-R
 REC430AA Pure-R
 </t>
   </si>
   <si>
-    <t xml:space="preserve">LR5-54HTH-440M 
+    <t xml:space="preserve">LR5-54HTB
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LR7-54HTH-475M
 </t>
   </si>
   <si>
     <t xml:space="preserve">TWMNH-48HE
 </t>
   </si>
   <si>
     <t xml:space="preserve">48HD440
 </t>
   </si>
   <si>
     <t xml:space="preserve">Walara-440G4P
 </t>
   </si>
   <si>
     <t xml:space="preserve">STP4405-C54/Nshm
 </t>
   </si>
   <si>
     <t xml:space="preserve">STP415S-C54/Nshm
 </t>
   </si>
   <si>
     <t xml:space="preserve">STP395S-C54/Umhm
 STP400S-C54/Umhm
@@ -248,259 +269,280 @@
   <si>
     <t xml:space="preserve">PS475L7GFH-18/VBH
 </t>
   </si>
   <si>
     <t xml:space="preserve">PS440L12GFH-16/QSH
 </t>
   </si>
   <si>
     <t xml:space="preserve">RSM130-8-440M
 </t>
   </si>
   <si>
     <t xml:space="preserve">RSM108-9-415N
 RSM108-9-420N
 RSM108-9-425N
 RSM108-9-430N
 RSM108-9-435N
 RSM108-9-440N
 </t>
   </si>
   <si>
     <t>Approx cost per panel – AUD Retail incl GST</t>
   </si>
   <si>
-    <t>$158</t>
+    <t>$165</t>
   </si>
   <si>
     <t>$140</t>
   </si>
   <si>
     <t>$207</t>
   </si>
   <si>
     <t>$130</t>
   </si>
   <si>
     <t>$120</t>
   </si>
   <si>
+    <t>$145</t>
+  </si>
+  <si>
     <t>$200</t>
   </si>
   <si>
     <t>$190</t>
   </si>
   <si>
     <t>$125</t>
   </si>
   <si>
     <t>$135</t>
   </si>
   <si>
     <t>$117</t>
   </si>
   <si>
     <t>$138</t>
   </si>
   <si>
+    <t>$175</t>
+  </si>
+  <si>
+    <t>$180</t>
+  </si>
+  <si>
     <t>$149</t>
   </si>
   <si>
     <t>$280</t>
   </si>
   <si>
     <t>$255</t>
   </si>
   <si>
     <t>$100</t>
   </si>
   <si>
     <t>$191</t>
   </si>
   <si>
     <t>$198</t>
   </si>
   <si>
-    <t>$175</t>
-[...1 lines deleted...]
-  <si>
     <t>Approx Cost per Watt – AUD Retail incl GST</t>
   </si>
   <si>
     <t>$0.36</t>
   </si>
   <si>
     <t>$0.32</t>
   </si>
   <si>
     <t>$0.50</t>
   </si>
   <si>
     <t>$0.30</t>
   </si>
   <si>
     <t>$0.27</t>
   </si>
   <si>
+    <t>$0.33</t>
+  </si>
+  <si>
     <t>$0.48</t>
   </si>
   <si>
     <t>$0.29</t>
   </si>
   <si>
     <t>$0.28</t>
   </si>
   <si>
     <t>$0.26</t>
   </si>
   <si>
     <t>$0.31</t>
   </si>
   <si>
+    <t>$0.37</t>
+  </si>
+  <si>
     <t>$0.61</t>
   </si>
   <si>
     <t>$0.62</t>
   </si>
   <si>
     <t>$0.23</t>
   </si>
   <si>
     <t>$0.43</t>
   </si>
   <si>
     <t>$0.44</t>
   </si>
   <si>
-    <t>$0.37</t>
-[...1 lines deleted...]
-  <si>
     <t>$0.46</t>
   </si>
   <si>
-    <t>$0.33</t>
-[...1 lines deleted...]
-  <si>
     <t>Wattage</t>
+  </si>
+  <si>
+    <t>455W</t>
   </si>
   <si>
     <t>440W</t>
   </si>
   <si>
     <t>415W</t>
   </si>
   <si>
     <t>440W
 445W
 450W
 455W</t>
   </si>
   <si>
     <t>390W
 395W
 400W</t>
   </si>
   <si>
     <t>475W</t>
+  </si>
+  <si>
+    <t>490W</t>
   </si>
   <si>
     <t>470W</t>
   </si>
   <si>
     <t>460W</t>
   </si>
   <si>
     <t>400W
 410W
 420W
 430W</t>
   </si>
   <si>
     <t>390W
 400W
 405W
 410W
 415W</t>
   </si>
   <si>
     <t>450W</t>
   </si>
   <si>
     <t>415W
 420W
 425W
 430W
 435W
 440W</t>
   </si>
   <si>
     <t>Panel efficiency (%)</t>
   </si>
   <si>
-    <t>22.00%</t>
+    <t>22.8%</t>
+  </si>
+  <si>
+    <t>22.0%</t>
+  </si>
+  <si>
+    <t>21.25%</t>
   </si>
   <si>
     <t>22.5%</t>
-  </si>
-[...4 lines deleted...]
-    <t>22.0%</t>
   </si>
   <si>
     <t>21.7%
 21.9%
 22.2%
 22.4%</t>
   </si>
   <si>
     <t>21.9%</t>
   </si>
   <si>
     <t>22.1%
 22.3%
 22.6%</t>
   </si>
   <si>
     <t>22.53%</t>
   </si>
   <si>
     <t>22.01%</t>
   </si>
   <si>
     <t>22.1%</t>
   </si>
   <si>
+    <t>23.8%</t>
+  </si>
+  <si>
+    <t>24.5%</t>
+  </si>
+  <si>
     <t>23.6%</t>
   </si>
   <si>
     <t>20.7%
 21.2%
 21.8%
 22.3%</t>
+  </si>
+  <si>
+    <t>23.3%</t>
   </si>
   <si>
     <t>23.5%</t>
   </si>
   <si>
     <t>22.6%</t>
   </si>
   <si>
     <t>21.3%</t>
   </si>
   <si>
     <t>20.2%
 20.5%
 20.7%
 21.0%
 21.3%</t>
   </si>
   <si>
     <t>23.0%</t>
   </si>
   <si>
     <t>23.27%</t>
   </si>
   <si>
     <t>22.02%</t>
@@ -525,78 +567,87 @@
   <si>
     <t>Malaysia/Mexico</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Company origin</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Norway (now owned by India's Reliance group)</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>Panel weight</t>
   </si>
   <si>
+    <t>24.5kg</t>
+  </si>
+  <si>
+    <t>21.4kg</t>
+  </si>
+  <si>
+    <t>21.3kg</t>
+  </si>
+  <si>
     <t>21.5kg</t>
   </si>
   <si>
-    <t>21.3kg</t>
-[...4 lines deleted...]
-  <si>
     <t>24.8kg</t>
   </si>
   <si>
     <t>21.2kg</t>
   </si>
   <si>
     <t>19kg</t>
   </si>
   <si>
     <t>22kg</t>
   </si>
   <si>
     <t>24.2kg</t>
   </si>
   <si>
+    <t>20.6kg</t>
+  </si>
+  <si>
     <t>23.4kg</t>
   </si>
   <si>
     <t>20.8kg</t>
+  </si>
+  <si>
+    <t>21.6kg</t>
   </si>
   <si>
     <t>22.8kg</t>
   </si>
   <si>
     <t>20.9kg</t>
   </si>
   <si>
     <t>21kg</t>
   </si>
   <si>
     <t>21.0kg</t>
   </si>
   <si>
     <t>23.5kg</t>
   </si>
   <si>
     <t>22.0kg</t>
   </si>
   <si>
     <t>22.5kg</t>
   </si>
   <si>
     <t>Temperature coefficient (Pmax)</t>
   </si>
@@ -831,51 +882,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solahart-logos1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solahart-logos2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Canadian20Solar-84.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Trina20Solar5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Sunpower6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Sunpower7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Sunpower8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/JA20Solar12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-logo13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/REC15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/REC16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Longi17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tw-solar18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tw-solar19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tindo-logo-new20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Suntech21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Suntech22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Suntech23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Winaico24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/phono-logo25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/phono-logo26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Risen27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Risen28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/silhouette29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suncell30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/se-smart-panel31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hiku632.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/trina-vertex-s33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/p3-37034.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sunpower-maxeon-3-black35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sunpower-max336.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-tiger-neo37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-tiger-neo-47038.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-tiger-neo-bold39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jadeepblue4.040.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-1s41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neostar-2p42.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rec-alpha-purer43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rec-alpha-purer44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/longi-himo6-scientist45.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TW-TNC46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tw-panel47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tindo48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suntech-nshm49.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suntech-nshm50.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suntech-mini51.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/winaico-ngx52.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/quasar53.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/helios-clear54.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/risen-titan-s-44055.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/risen-topcon-129x23656.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solahart-logos1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solahart-logos2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Canadian20Solar-84.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Trina20Solar5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Sunpower6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Sunpower7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Sunpower8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Jinko11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/JA20Solar12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-logo13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-logo15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-logo16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/REC17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/REC18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Longi19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Longi20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tw-solar21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tw-solar22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tindo-logo-new23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Suntech24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Suntech25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Suntech26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Winaico27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/phono-logo28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/phono-logo29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Risen30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Risen31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/silhouette-br332.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Screenshot-2026-01-08-at-2.12.26-pm-129x25233.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/se-smart-panel34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hiku635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/trina-vertex-s36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/p3-37037.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sunpower-maxeon-3-black38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sunpower-max339.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-tiger-neo40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-tiger-neo-47041.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jinko-tiger-neo-bold42.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jadeepblue4.043.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-1s44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-1s45.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aiko-3p46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neostar-2p47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rec-alpha-purer48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rec-alpha-purer49.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/longi-x650.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/longi-himo-x6-max51.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/TW-TNC52.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tw-panel53.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tindo54.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suntech-nshm55.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suntech-nshm56.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/suntech-mini57.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/winaico-ngx58.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/quasar59.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/helios-clear60.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/risen-titan-s-44061.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/risen-topcon-129x23662.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1678,875 +1729,1055 @@
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
+      <xdr:col>29</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>30</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>31</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <xdr:cNvPr id="32" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1200150" cy="2047875"/>
-[...8 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+    <xdr:ext cx="1047750" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <xdr:cNvPr id="34" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <xdr:cNvPr id="35" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <xdr:cNvPr id="36" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <xdr:cNvPr id="37" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <xdr:cNvPr id="38" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <xdr:cNvPr id="39" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <xdr:cNvPr id="40" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <xdr:cNvPr id="41" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <xdr:cNvPr id="42" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <xdr:cNvPr id="43" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>13</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <xdr:cNvPr id="44" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <xdr:cNvPr id="45" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <xdr:cNvPr id="46" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>16</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <xdr:cNvPr id="47" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>17</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <xdr:cNvPr id="48" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <xdr:cNvPr id="49" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>19</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <xdr:cNvPr id="50" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <xdr:cNvPr id="51" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>21</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <xdr:cNvPr id="52" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <xdr:cNvPr id="53" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <xdr:cNvPr id="54" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <xdr:cNvPr id="55" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <xdr:cNvPr id="56" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <xdr:cNvPr id="57" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <xdr:cNvPr id="58" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>29</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>30</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>31</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="1114425" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <xdr:cNvPr id="62" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2805,51 +3036,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-silhouette.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/03/solahart-suncell.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/12/se-smart-panel-j-white-framed-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/tophiku6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/trina-vertex-s-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-p7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sunpower-max3-black.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/sunpower-max3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/Jinko-tiger-neo-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/jinko-tiger-neo-470.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/10/jinko-tiger-neo-bold.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/08/JA-deepblue-4.0-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/09/aiko-2s.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/09/neostar-2p.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/01/REC-alpha-pure-rx.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/09/rec-alpha-purer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/09/longi-himo6-scientist.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/TW-470.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/09/tw-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/07/tindo-walara-g4.png" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-ultravpro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/ultra-v-pro-415-ntype.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Datasheet-STP415S-C54-Umhm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/Comp-WINAICO_WST-450NGX-D3_AUS_0824-comp2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/PS-Quasar-475W-Datasheet-I-Compressed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/01/Phono-Solar-Helios-Clear-v1.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/risen-titan-s-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/risen-topcon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/12/se-limited-warranty-smart-pv-panel-54-cell-december-2022-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/cs-tophiku-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/trina-vertexsplus-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/jinko-neo-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/jinko-neo-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/jinko-neo-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/08/JA-combined-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Warranty-TandCs-Single-glass-AIKO-Energy-12.02.24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Warranty-TandCs-Single-glass-AIKO-Energy-12.02.24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/09/warranty_alpha_rev_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/09/warranty_alpha_rev_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/09/longi-25-year-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/09/TW-Solar-Aus-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/09/TW-Solar-Aus-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/07/Tindo_NTYPE_Consumer_Warranty_VersionC_24July25Final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-warranty-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-warranty-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/suntech-warranty-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/winaico-ngx-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/Limited-Warranty_AUS-20250103_Statement-Of-30-Year-Product-Warranty-for-PSXXXL12GFH-16-QSH-Series.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/01/Limited-Warranty-PV-Module-Statements.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/09/risen-titan-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/solahart-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/solahart-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/canadian-solar-inc-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/trina-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/sunpower-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/sunpower-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/sunpower-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/ja-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/aiko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/aiko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/rec-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/rec-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/longi-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/tw-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/tw-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/tindo-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/suntech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/suntech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/suntech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/winaico-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/phono-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/phono-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/risen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/risen-review.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/CEC_ir5360-SOLAHART455BRB3_June_2025_V3_LR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/03/CEC_ir5346-SOLAHART440BR3_April_2025_V4_LR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/12/se-smart-panel-j-white-framed-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/tophiku6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/trina-vertex-s-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-p7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sunpower-max3-black.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/sunpower-max3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/Jinko-tiger-neo-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/jinko-tiger-neo-470.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/10/jinko-tiger-neo-bold.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/08/JA-deepblue-4.0-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/09/aiko-2s.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/aiko-3s.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/aiko-3p.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/09/neostar-2p.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/01/DS_Alpha_Pure-RX_IEC_EN_AUCEC_101125.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/09/rec-alpha-purer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/09/L_Gi_LE_PM_T_PMD_059_F129_LR_5_54_HTB_440_450_M_30_30_and_15_Frame_Scientist_V19_8908c0d707.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/longi-x6-max.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/TW-470.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/09/tw-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/07/tindo-walara-g4.png" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-ultravpro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/ultra-v-pro-415-ntype.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Datasheet-STP415S-C54-Umhm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/Comp-WINAICO_WST-450NGX-D3_AUS_0824-comp2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/PS-Quasar-475W-Datasheet-I-Compressed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/01/Phono-Solar-Helios-Clear-v1.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/risen-titan-s-440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/risen-topcon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/12/se-limited-warranty-smart-pv-panel-54-cell-december-2022-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/cs-tophiku-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/trina-vertexsplus-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/jinko-neo-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/jinko-neo-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/jinko-neo-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/08/JA-combined-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Warranty-TandCs-Single-glass-AIKO-Energy-12.02.24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/Warranty-for-Residential-2nd&#8209;Gen-3rd&#8209;Gen-Full&#8209;Black-Modules-less-than-480W-1.7-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/Warranty-for-Residential-2nd&#8209;Gen-3rd&#8209;Gen-Full&#8209;Black-Modules-less-than-480W-1.7-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Warranty-TandCs-Single-glass-AIKO-Energy-12.02.24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/09/warranty_alpha_rev_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/09/warranty_alpha_rev_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/09/longi-25-year-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/09/longi-25-year-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/09/TW-Solar-Aus-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/09/TW-Solar-Aus-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/07/Tindo_NTYPE_Consumer_Warranty_VersionC_24July25Final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-warranty-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-warranty-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/suntech-warranty-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/05/winaico-ngx-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/Limited-Warranty_AUS-20250103_Statement-Of-30-Year-Product-Warranty-for-PSXXXL12GFH-16-QSH-Series.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/01/Limited-Warranty-PV-Module-Statements.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/09/risen-titan-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/04/Warranty-Document-Risen-25-years-Warranty-for-rooftop-markets-in-Australia-and-New-Zealand-only_n-type-A32024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/solahart-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/solahart-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/canadian-solar-inc-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/trina-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/sunpower-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/sunpower-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/sunpower-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/jinko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/ja-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/aiko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/aiko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/aiko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/aiko-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/rec-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/rec-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/longi-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/longi-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/tw-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/tw-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/tindo-solar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/suntech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/suntech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/suntech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/winaico-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/phono-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/phono-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/risen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/panels/risen-review.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:ZZ23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="10" max="10" width="39" customWidth="true" style="1"/>
@@ -3622,1661 +3853,1832 @@
       </c>
       <c r="V2" s="1" t="s">
         <v>22</v>
       </c>
       <c r="W2" s="1" t="s">
         <v>23</v>
       </c>
       <c r="X2" s="1" t="s">
         <v>24</v>
       </c>
       <c r="Y2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="Z2" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AA2" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AB2" s="1" t="s">
         <v>28</v>
       </c>
       <c r="AC2" s="1" t="s">
         <v>29</v>
       </c>
+      <c r="AD2" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AE2" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AF2" s="1" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="3" spans="1:702" customHeight="1" ht="220">
       <c r="A3" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1"/>
       <c r="AC3" s="1"/>
+      <c r="AD3" s="1"/>
+      <c r="AE3" s="1"/>
+      <c r="AF3" s="1"/>
     </row>
     <row r="4" spans="1:702" customHeight="1" ht="230">
       <c r="A4" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
       <c r="Z4" s="1"/>
       <c r="AA4" s="1"/>
       <c r="AB4" s="1"/>
       <c r="AC4" s="1"/>
+      <c r="AD4" s="1"/>
+      <c r="AE4" s="1"/>
+      <c r="AF4" s="1"/>
     </row>
     <row r="5" spans="1:702">
       <c r="A5" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="O5" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="P5" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="Q5" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="R5" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="S5" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="T5" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="U5" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="V5" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="W5" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="X5" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="Y5" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="Z5" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="AA5" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="AB5" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="AC5" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
+      </c>
+      <c r="AD5" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="AE5" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="AF5" s="1" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:702">
       <c r="A6" s="1" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="J6" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="K6" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="L6" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="M6" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="K6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L6" s="1" t="s">
+      <c r="N6" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="O6" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="P6" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q6" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="R6" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="S6" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="T6" s="1" t="s">
         <v>71</v>
-      </c>
-[...22 lines deleted...]
-        <v>76</v>
       </c>
       <c r="U6" s="1" t="s">
         <v>77</v>
       </c>
       <c r="V6" s="1" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="W6" s="1" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="X6" s="1" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="Y6" s="1" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="Z6" s="1" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="AA6" s="1" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="AB6" s="1" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="AC6" s="1" t="s">
-        <v>63</v>
+        <v>80</v>
+      </c>
+      <c r="AD6" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="AE6" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF6" s="1" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:702">
       <c r="A7" s="1" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="L7" s="1" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="M7" s="1" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="N7" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="O7" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="P7" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q7" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="O7" s="1" t="s">
-[...5 lines deleted...]
-      <c r="Q7" s="1" t="s">
+      <c r="R7" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="S7" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="T7" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="R7" s="1" t="s">
-[...5 lines deleted...]
-      <c r="T7" s="1" t="s">
+      <c r="U7" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="V7" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="U7" s="1" t="s">
+      <c r="W7" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="X7" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="Y7" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="Z7" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="AA7" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB7" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC7" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="AD7" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="AE7" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="AF7" s="1" t="s">
         <v>94</v>
-      </c>
-[...22 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="8" spans="1:702">
       <c r="A8" s="1" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="M8" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="O8" s="1" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="P8" s="1" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="Q8" s="1" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="R8" s="1" t="s">
-        <v>100</v>
+        <v>116</v>
       </c>
       <c r="S8" s="1" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="T8" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="U8" s="1" t="s">
-        <v>100</v>
+        <v>113</v>
       </c>
       <c r="V8" s="1" t="s">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="W8" s="1" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="X8" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Y8" s="1" t="s">
         <v>109</v>
       </c>
       <c r="Z8" s="1" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="AA8" s="1" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="AB8" s="1" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="AC8" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
+      </c>
+      <c r="AD8" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="AE8" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="AF8" s="1" t="s">
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:702">
       <c r="A9" s="1" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>113</v>
+        <v>125</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="K9" s="1" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="M9" s="1" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="N9" s="1" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="O9" s="1" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="P9" s="1" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="Q9" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="R9" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="S9" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="T9" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="U9" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="V9" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="W9" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="R9" s="1" t="s">
-[...8 lines deleted...]
-      <c r="U9" s="1" t="s">
+      <c r="X9" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="Y9" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="V9" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Z9" s="1" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="AA9" s="1" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="AB9" s="1" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="AC9" s="1" t="s">
-        <v>132</v>
+        <v>142</v>
+      </c>
+      <c r="AD9" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="AE9" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="AF9" s="1" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="10" spans="1:702">
       <c r="A10" s="1" t="s">
-        <v>133</v>
+        <v>146</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>135</v>
+        <v>148</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>135</v>
+        <v>148</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="K10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="M10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="N10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="O10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="P10" s="1" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="Q10" s="1" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="R10" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="S10" s="1" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="T10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="U10" s="1" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="V10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="W10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="X10" s="1" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="Y10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="Z10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="AA10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="AB10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="AC10" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
+      </c>
+      <c r="AD10" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="AE10" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="AF10" s="1" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="11" spans="1:702">
       <c r="A11" s="1" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>136</v>
+        <v>149</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>136</v>
+        <v>149</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>136</v>
+        <v>149</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="O11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="P11" s="1" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="Q11" s="1" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="R11" s="1" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="S11" s="1" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="T11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="U11" s="1" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="V11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="W11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="X11" s="1" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="Y11" s="1" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="Z11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="AA11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="AB11" s="1" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="AC11" s="1" t="s">
-        <v>134</v>
+        <v>147</v>
+      </c>
+      <c r="AD11" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="AE11" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="AF11" s="1" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="12" spans="1:702">
       <c r="A12" s="1" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>144</v>
+        <v>158</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>146</v>
+        <v>160</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>150</v>
+        <v>164</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="O12" s="1" t="s">
-        <v>143</v>
+        <v>165</v>
       </c>
       <c r="P12" s="1" t="s">
-        <v>151</v>
+        <v>165</v>
       </c>
       <c r="Q12" s="1" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="R12" s="1" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="S12" s="1" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="T12" s="1" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="U12" s="1" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="V12" s="1" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
       <c r="W12" s="1" t="s">
-        <v>156</v>
+        <v>170</v>
       </c>
       <c r="X12" s="1" t="s">
-        <v>156</v>
+        <v>171</v>
       </c>
       <c r="Y12" s="1" t="s">
-        <v>145</v>
+        <v>172</v>
       </c>
       <c r="Z12" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="AA12" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="AB12" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="AA12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC12" s="1" t="s">
-        <v>149</v>
+        <v>173</v>
+      </c>
+      <c r="AD12" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="AE12" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="AF12" s="1" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="13" spans="1:702">
       <c r="A13" s="1" t="s">
-        <v>160</v>
+        <v>176</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>162</v>
+        <v>178</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>162</v>
+        <v>178</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>163</v>
+        <v>179</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>163</v>
+        <v>179</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>165</v>
+        <v>181</v>
       </c>
       <c r="O13" s="1" t="s">
-        <v>165</v>
+        <v>181</v>
       </c>
       <c r="P13" s="1" t="s">
-        <v>166</v>
+        <v>181</v>
       </c>
       <c r="Q13" s="1" t="s">
-        <v>165</v>
+        <v>181</v>
       </c>
       <c r="R13" s="1" t="s">
-        <v>161</v>
+        <v>182</v>
       </c>
       <c r="S13" s="1" t="s">
-        <v>167</v>
+        <v>181</v>
       </c>
       <c r="T13" s="1" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="U13" s="1" t="s">
-        <v>164</v>
+        <v>183</v>
       </c>
       <c r="V13" s="1" t="s">
-        <v>161</v>
+        <v>183</v>
       </c>
       <c r="W13" s="1" t="s">
-        <v>164</v>
+        <v>183</v>
       </c>
       <c r="X13" s="1" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="Y13" s="1" t="s">
-        <v>164</v>
+        <v>177</v>
       </c>
       <c r="Z13" s="1" t="s">
-        <v>165</v>
+        <v>180</v>
       </c>
       <c r="AA13" s="1" t="s">
-        <v>166</v>
+        <v>184</v>
       </c>
       <c r="AB13" s="1" t="s">
-        <v>162</v>
+        <v>180</v>
       </c>
       <c r="AC13" s="1" t="s">
-        <v>164</v>
+        <v>181</v>
+      </c>
+      <c r="AD13" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="AE13" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="AF13" s="1" t="s">
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:702">
       <c r="A14" s="1" t="s">
-        <v>169</v>
+        <v>185</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>170</v>
+        <v>186</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>170</v>
+        <v>186</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>171</v>
+        <v>187</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>172</v>
+        <v>188</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>173</v>
+        <v>189</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>174</v>
+        <v>190</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>170</v>
+        <v>186</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>170</v>
+        <v>186</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="M14" s="1" t="s">
-        <v>170</v>
+        <v>186</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="O14" s="1" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="P14" s="1" t="s">
-        <v>170</v>
+        <v>191</v>
       </c>
       <c r="Q14" s="1" t="s">
-        <v>170</v>
+        <v>191</v>
       </c>
       <c r="R14" s="1" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="S14" s="1" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="T14" s="1" t="s">
-        <v>174</v>
+        <v>192</v>
       </c>
       <c r="U14" s="1" t="s">
-        <v>174</v>
+        <v>192</v>
       </c>
       <c r="V14" s="1" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="W14" s="1" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="X14" s="1" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="Y14" s="1" t="s">
-        <v>170</v>
+        <v>191</v>
       </c>
       <c r="Z14" s="1" t="s">
-        <v>170</v>
+        <v>191</v>
       </c>
       <c r="AA14" s="1" t="s">
-        <v>170</v>
+        <v>191</v>
       </c>
       <c r="AB14" s="1" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="AC14" s="1" t="s">
-        <v>177</v>
+        <v>186</v>
+      </c>
+      <c r="AD14" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="AE14" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="AF14" s="1" t="s">
+        <v>193</v>
       </c>
     </row>
     <row r="15" spans="1:702">
       <c r="A15" s="1" t="s">
-        <v>178</v>
+        <v>194</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>180</v>
+        <v>196</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="O15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="P15" s="1" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="Q15" s="1" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="R15" s="1" t="s">
-        <v>179</v>
+        <v>197</v>
       </c>
       <c r="S15" s="1" t="s">
-        <v>179</v>
+        <v>197</v>
       </c>
       <c r="T15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="U15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="V15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="W15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="X15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="Y15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="Z15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="AA15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="AB15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="AC15" s="1" t="s">
-        <v>179</v>
+        <v>195</v>
+      </c>
+      <c r="AD15" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="AE15" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="AF15" s="1" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="16" spans="1:702">
       <c r="A16" s="1" t="s">
-        <v>182</v>
+        <v>198</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>185</v>
+        <v>201</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>185</v>
+        <v>201</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>185</v>
+        <v>201</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="O16" s="1" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="P16" s="1" t="s">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="Q16" s="1" t="s">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="R16" s="1" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="S16" s="1" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="T16" s="1" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="U16" s="1" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="V16" s="1" t="s">
-        <v>186</v>
+        <v>200</v>
       </c>
       <c r="W16" s="1" t="s">
-        <v>186</v>
+        <v>200</v>
       </c>
       <c r="X16" s="1" t="s">
-        <v>186</v>
+        <v>200</v>
       </c>
       <c r="Y16" s="1" t="s">
-        <v>184</v>
+        <v>202</v>
       </c>
       <c r="Z16" s="1" t="s">
-        <v>184</v>
+        <v>202</v>
       </c>
       <c r="AA16" s="1" t="s">
-        <v>184</v>
+        <v>202</v>
       </c>
       <c r="AB16" s="1" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="AC16" s="1" t="s">
-        <v>184</v>
+        <v>200</v>
+      </c>
+      <c r="AD16" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="AE16" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="AF16" s="1" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:702">
       <c r="A17" s="1" t="s">
-        <v>187</v>
+        <v>203</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>190</v>
+        <v>206</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>190</v>
+        <v>206</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="O17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="P17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="Q17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="R17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="S17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="T17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="U17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="V17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="W17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="X17" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="Y17" s="1" t="s">
-        <v>188</v>
+        <v>205</v>
       </c>
       <c r="Z17" s="1" t="s">
-        <v>188</v>
+        <v>205</v>
       </c>
       <c r="AA17" s="1" t="s">
-        <v>188</v>
+        <v>205</v>
       </c>
       <c r="AB17" s="1" t="s">
-        <v>189</v>
+        <v>204</v>
       </c>
       <c r="AC17" s="1" t="s">
-        <v>189</v>
+        <v>204</v>
+      </c>
+      <c r="AD17" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="AE17" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="AF17" s="1" t="s">
+        <v>205</v>
       </c>
     </row>
     <row r="18" spans="1:702">
       <c r="A18" s="1" t="s">
-        <v>191</v>
+        <v>207</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>193</v>
+        <v>209</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>194</v>
+        <v>210</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>194</v>
+        <v>210</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>195</v>
+        <v>211</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>195</v>
+        <v>211</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>195</v>
+        <v>211</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
       <c r="O18" s="1" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
       <c r="P18" s="1" t="s">
-        <v>194</v>
+        <v>212</v>
       </c>
       <c r="Q18" s="1" t="s">
-        <v>194</v>
+        <v>212</v>
       </c>
       <c r="R18" s="1" t="s">
-        <v>197</v>
+        <v>210</v>
       </c>
       <c r="S18" s="1" t="s">
-        <v>198</v>
+        <v>210</v>
       </c>
       <c r="T18" s="1" t="s">
-        <v>198</v>
+        <v>213</v>
       </c>
       <c r="U18" s="1" t="s">
-        <v>192</v>
+        <v>213</v>
       </c>
       <c r="V18" s="1" t="s">
-        <v>192</v>
+        <v>214</v>
       </c>
       <c r="W18" s="1" t="s">
-        <v>192</v>
+        <v>214</v>
       </c>
       <c r="X18" s="1" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="Y18" s="1" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="Z18" s="1" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="AA18" s="1" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="AB18" s="1" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="AC18" s="1" t="s">
-        <v>192</v>
+        <v>215</v>
+      </c>
+      <c r="AD18" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="AE18" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="AF18" s="1" t="s">
+        <v>208</v>
       </c>
     </row>
     <row r="19" spans="1:702">
       <c r="A19" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>203</v>
+        <v>219</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>203</v>
+        <v>219</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>204</v>
+        <v>220</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>205</v>
+        <v>221</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>203</v>
+        <v>219</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>206</v>
+        <v>222</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>207</v>
+        <v>223</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>207</v>
+        <v>223</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>203</v>
+        <v>219</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>203</v>
+        <v>219</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>203</v>
+        <v>219</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>205</v>
+        <v>221</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>208</v>
+        <v>224</v>
       </c>
       <c r="O19" s="1" t="s">
-        <v>208</v>
+        <v>224</v>
       </c>
       <c r="P19" s="1" t="s">
-        <v>207</v>
+        <v>224</v>
       </c>
       <c r="Q19" s="1" t="s">
-        <v>207</v>
+        <v>224</v>
       </c>
       <c r="R19" s="1" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
       <c r="S19" s="1" t="s">
-        <v>205</v>
+        <v>223</v>
       </c>
       <c r="T19" s="1" t="s">
-        <v>205</v>
+        <v>225</v>
       </c>
       <c r="U19" s="1" t="s">
-        <v>205</v>
+        <v>225</v>
       </c>
       <c r="V19" s="1" t="s">
-        <v>203</v>
+        <v>221</v>
       </c>
       <c r="W19" s="1" t="s">
-        <v>203</v>
+        <v>221</v>
       </c>
       <c r="X19" s="1" t="s">
-        <v>203</v>
+        <v>221</v>
       </c>
       <c r="Y19" s="1" t="s">
-        <v>203</v>
+        <v>219</v>
       </c>
       <c r="Z19" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="AA19" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="AB19" s="1" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="AC19" s="1" t="s">
-        <v>203</v>
+        <v>226</v>
+      </c>
+      <c r="AD19" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="AE19" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="AF19" s="1" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="20" spans="1:702">
       <c r="A20" s="1" t="s">
-        <v>211</v>
+        <v>227</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>213</v>
+        <v>229</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="L20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="M20" s="1" t="s">
-        <v>213</v>
+        <v>229</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="O20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="P20" s="1" t="s">
-        <v>214</v>
+        <v>228</v>
       </c>
       <c r="Q20" s="1" t="s">
-        <v>214</v>
+        <v>228</v>
       </c>
       <c r="R20" s="1" t="s">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="S20" s="1" t="s">
-        <v>213</v>
+        <v>230</v>
       </c>
       <c r="T20" s="1" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="U20" s="1" t="s">
-        <v>215</v>
+        <v>228</v>
       </c>
       <c r="V20" s="1" t="s">
-        <v>212</v>
+        <v>229</v>
       </c>
       <c r="W20" s="1" t="s">
-        <v>212</v>
+        <v>229</v>
       </c>
       <c r="X20" s="1" t="s">
-        <v>212</v>
+        <v>231</v>
       </c>
       <c r="Y20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="Z20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="AA20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="AB20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="AC20" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
+      </c>
+      <c r="AD20" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="AE20" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="AF20" s="1" t="s">
+        <v>228</v>
       </c>
     </row>
     <row r="21" spans="1:702">
       <c r="A21" s="1" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="B21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-silhouette.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/CEC_ir5360-SOLAHART455BRB3_June_2025_V3_LR.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="C21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/03/solahart-suncell.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/03/CEC_ir5346-SOLAHART440BR3_April_2025_V4_LR.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="D21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/12/se-smart-panel-j-white-framed-datasheet-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="E21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/tophiku6.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="F21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/05/trina-vertex-s-440.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="G21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-p7.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="H21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/sunpower-max3-black.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="I21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/sunpower-max3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="J21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/04/Jinko-tiger-neo-440.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/jinko-tiger-neo-470.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="L21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/10/jinko-tiger-neo-bold.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="M21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/08/JA-deepblue-4.0-1.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="N21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/09/aiko-2s.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="O21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/aiko-3s.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="P21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/aiko-3p.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Q21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/09/neostar-2p.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="P21" s="2" t="str">
-[...3 lines deleted...]
-      <c r="Q21" s="2" t="str">
+      <c r="R21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/01/DS_Alpha_Pure-RX_IEC_EN_AUCEC_101125.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/09/rec-alpha-purer.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="R21" s="2" t="str">
-[...3 lines deleted...]
-      <c r="S21" s="2" t="str">
+      <c r="T21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/09/L_Gi_LE_PM_T_PMD_059_F129_LR_5_54_HTB_440_450_M_30_30_and_15_Frame_Scientist_V19_8908c0d707.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/longi-x6-max.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="V21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/TW-470.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="T21" s="2" t="str">
+      <c r="W21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/09/tw-440.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="U21" s="2" t="str">
+      <c r="X21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/07/tindo-walara-g4.png","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="V21" s="2" t="str">
+      <c r="Y21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-ultravpro.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="W21" s="2" t="str">
+      <c r="Z21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/ultra-v-pro-415-ntype.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="X21" s="2" t="str">
+      <c r="AA21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Datasheet-STP415S-C54-Umhm.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="Y21" s="2" t="str">
+      <c r="AB21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/05/Comp-WINAICO_WST-450NGX-D3_AUS_0824-comp2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="Z21" s="2" t="str">
+      <c r="AC21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/PS-Quasar-475W-Datasheet-I-Compressed.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AA21" s="2" t="str">
+      <c r="AD21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/01/Phono-Solar-Helios-Clear-v1.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AB21" s="2" t="str">
+      <c r="AE21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/risen-titan-s-440.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AC21" s="2" t="str">
+      <c r="AF21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/04/risen-topcon.pdf","Yes")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="22" spans="1:702">
       <c r="A22" s="1" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
       <c r="B22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="C22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/solahart-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="D22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/12/se-limited-warranty-smart-pv-panel-54-cell-december-2022-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="E22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/cs-tophiku-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="F22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/05/trina-vertexsplus-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="G22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf","Yes")</f>
         <v>Yes</v>
       </c>
@@ -5287,112 +5689,125 @@
       <c r="I22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/sunpower-warranty-2025.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="J22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/04/jinko-neo-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/jinko-neo-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="L22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/04/jinko-neo-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="M22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/08/JA-combined-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="N22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Warranty-TandCs-Single-glass-AIKO-Energy-12.02.24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="O22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/Warranty-for-Residential-2nd‑Gen-3rd‑Gen-Full‑Black-Modules-less-than-480W-1.7-EN.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="P22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/Warranty-for-Residential-2nd‑Gen-3rd‑Gen-Full‑Black-Modules-less-than-480W-1.7-EN.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Q22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Warranty-TandCs-Single-glass-AIKO-Energy-12.02.24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="P22" s="2" t="str">
+      <c r="R22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/09/warranty_alpha_rev_b.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="Q22" s="2" t="str">
+      <c r="S22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/09/warranty_alpha_rev_b.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="R22" s="2" t="str">
+      <c r="T22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/09/longi-25-year-warranty-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="S22" s="2" t="str">
+      <c r="U22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/09/longi-25-year-warranty-aus.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="V22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/09/TW-Solar-Aus-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="T22" s="2" t="str">
+      <c r="W22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/09/TW-Solar-Aus-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="U22" s="2" t="str">
+      <c r="X22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/07/Tindo_NTYPE_Consumer_Warranty_VersionC_24July25Final.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="V22" s="2" t="str">
+      <c r="Y22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-warranty-2023.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="W22" s="2" t="str">
+      <c r="Z22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/suntech-warranty-2023.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="X22" s="2" t="str">
+      <c r="AA22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/suntech-warranty-2022.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="Y22" s="2" t="str">
+      <c r="AB22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/05/winaico-ngx-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="Z22" s="2" t="str">
+      <c r="AC22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/Limited-Warranty_AUS-20250103_Statement-Of-30-Year-Product-Warranty-for-PSXXXL12GFH-16-QSH-Series.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AA22" s="2" t="str">
+      <c r="AD22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/01/Limited-Warranty-PV-Module-Statements.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AB22" s="2" t="str">
+      <c r="AE22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/09/risen-titan-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AC22" s="1" t="s">
-        <v>213</v>
+      <c r="AF22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/04/Warranty-Document-Risen-25-years-Warranty-for-rooftop-markets-in-Australia-and-New-Zealand-only_n-type-A32024.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
     </row>
     <row r="23" spans="1:702">
       <c r="A23" s="1" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="B23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/solahart-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="C23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/solahart-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="D23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="E23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/canadian-solar-inc-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="F23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/trina-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="G23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/sunpower-review.html","Here")</f>
         <v>Here</v>
       </c>
@@ -5407,193 +5822,215 @@
       <c r="J23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/jinko-solar-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/jinko-solar-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="L23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/jinko-solar-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="M23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/ja-solar-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="N23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/aiko-solar-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="O23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/aiko-solar-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="P23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/panels/aiko-solar-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="Q23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/panels/aiko-solar-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="R23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/rec-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="Q23" s="2" t="str">
+      <c r="S23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/rec-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="R23" s="2" t="str">
+      <c r="T23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/longi-solar-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="S23" s="2" t="str">
+      <c r="U23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/panels/longi-solar-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="V23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/tw-solar-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="T23" s="2" t="str">
+      <c r="W23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/tw-solar-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="U23" s="2" t="str">
+      <c r="X23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/tindo-solar-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="V23" s="2" t="str">
+      <c r="Y23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/suntech-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="W23" s="2" t="str">
+      <c r="Z23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/suntech-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="X23" s="2" t="str">
+      <c r="AA23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/suntech-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="Y23" s="2" t="str">
+      <c r="AB23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/winaico-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="Z23" s="2" t="str">
+      <c r="AC23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/phono-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AA23" s="2" t="str">
+      <c r="AD23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/phono-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AB23" s="2" t="str">
+      <c r="AE23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/risen-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AC23" s="2" t="str">
+      <c r="AF23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/panels/risen-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_2" tooltip="Yes" display="Yes"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_3" tooltip="Yes" display="Yes"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_4" tooltip="Yes" display="Yes"/>
     <hyperlink ref="E21" r:id="rId_hyperlink_5" tooltip="Yes" display="Yes"/>
     <hyperlink ref="F21" r:id="rId_hyperlink_6" tooltip="Yes" display="Yes"/>
     <hyperlink ref="G21" r:id="rId_hyperlink_7" tooltip="Yes" display="Yes"/>
     <hyperlink ref="H21" r:id="rId_hyperlink_8" tooltip="Yes" display="Yes"/>
     <hyperlink ref="I21" r:id="rId_hyperlink_9" tooltip="Yes" display="Yes"/>
     <hyperlink ref="J21" r:id="rId_hyperlink_10" tooltip="Yes" display="Yes"/>
     <hyperlink ref="K21" r:id="rId_hyperlink_11" tooltip="Yes" display="Yes"/>
     <hyperlink ref="L21" r:id="rId_hyperlink_12" tooltip="Yes" display="Yes"/>
     <hyperlink ref="M21" r:id="rId_hyperlink_13" tooltip="Yes" display="Yes"/>
     <hyperlink ref="N21" r:id="rId_hyperlink_14" tooltip="Yes" display="Yes"/>
     <hyperlink ref="O21" r:id="rId_hyperlink_15" tooltip="Yes" display="Yes"/>
     <hyperlink ref="P21" r:id="rId_hyperlink_16" tooltip="Yes" display="Yes"/>
     <hyperlink ref="Q21" r:id="rId_hyperlink_17" tooltip="Yes" display="Yes"/>
     <hyperlink ref="R21" r:id="rId_hyperlink_18" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S21" r:id="rId_hyperlink_19" tooltip="Yes" display="Yes"/>
     <hyperlink ref="T21" r:id="rId_hyperlink_20" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U21" r:id="rId_hyperlink_21" tooltip="Yes" display="Yes"/>
     <hyperlink ref="V21" r:id="rId_hyperlink_22" tooltip="Yes" display="Yes"/>
     <hyperlink ref="W21" r:id="rId_hyperlink_23" tooltip="Yes" display="Yes"/>
     <hyperlink ref="X21" r:id="rId_hyperlink_24" tooltip="Yes" display="Yes"/>
     <hyperlink ref="Y21" r:id="rId_hyperlink_25" tooltip="Yes" display="Yes"/>
     <hyperlink ref="Z21" r:id="rId_hyperlink_26" tooltip="Yes" display="Yes"/>
     <hyperlink ref="AA21" r:id="rId_hyperlink_27" tooltip="Yes" display="Yes"/>
     <hyperlink ref="AB21" r:id="rId_hyperlink_28" tooltip="Yes" display="Yes"/>
     <hyperlink ref="AC21" r:id="rId_hyperlink_29" tooltip="Yes" display="Yes"/>
-    <hyperlink ref="B22" r:id="rId_hyperlink_30" tooltip="Yes" display="Yes"/>
-[...53 lines deleted...]
-    <hyperlink ref="AC23" r:id="rId_hyperlink_84" tooltip="Here" display="Here"/>
+    <hyperlink ref="AD21" r:id="rId_hyperlink_30" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AE21" r:id="rId_hyperlink_31" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AF21" r:id="rId_hyperlink_32" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B22" r:id="rId_hyperlink_33" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="C22" r:id="rId_hyperlink_34" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="D22" r:id="rId_hyperlink_35" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="E22" r:id="rId_hyperlink_36" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="F22" r:id="rId_hyperlink_37" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="G22" r:id="rId_hyperlink_38" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="H22" r:id="rId_hyperlink_39" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="I22" r:id="rId_hyperlink_40" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="J22" r:id="rId_hyperlink_41" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="K22" r:id="rId_hyperlink_42" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="L22" r:id="rId_hyperlink_43" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="M22" r:id="rId_hyperlink_44" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="N22" r:id="rId_hyperlink_45" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="O22" r:id="rId_hyperlink_46" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="P22" r:id="rId_hyperlink_47" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Q22" r:id="rId_hyperlink_48" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R22" r:id="rId_hyperlink_49" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S22" r:id="rId_hyperlink_50" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T22" r:id="rId_hyperlink_51" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U22" r:id="rId_hyperlink_52" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="V22" r:id="rId_hyperlink_53" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="W22" r:id="rId_hyperlink_54" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="X22" r:id="rId_hyperlink_55" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Y22" r:id="rId_hyperlink_56" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Z22" r:id="rId_hyperlink_57" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AA22" r:id="rId_hyperlink_58" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AB22" r:id="rId_hyperlink_59" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AC22" r:id="rId_hyperlink_60" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AD22" r:id="rId_hyperlink_61" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AE22" r:id="rId_hyperlink_62" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AF22" r:id="rId_hyperlink_63" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B23" r:id="rId_hyperlink_64" tooltip="Here" display="Here"/>
+    <hyperlink ref="C23" r:id="rId_hyperlink_65" tooltip="Here" display="Here"/>
+    <hyperlink ref="D23" r:id="rId_hyperlink_66" tooltip="Here" display="Here"/>
+    <hyperlink ref="E23" r:id="rId_hyperlink_67" tooltip="Here" display="Here"/>
+    <hyperlink ref="F23" r:id="rId_hyperlink_68" tooltip="Here" display="Here"/>
+    <hyperlink ref="G23" r:id="rId_hyperlink_69" tooltip="Here" display="Here"/>
+    <hyperlink ref="H23" r:id="rId_hyperlink_70" tooltip="Here" display="Here"/>
+    <hyperlink ref="I23" r:id="rId_hyperlink_71" tooltip="Here" display="Here"/>
+    <hyperlink ref="J23" r:id="rId_hyperlink_72" tooltip="Here" display="Here"/>
+    <hyperlink ref="K23" r:id="rId_hyperlink_73" tooltip="Here" display="Here"/>
+    <hyperlink ref="L23" r:id="rId_hyperlink_74" tooltip="Here" display="Here"/>
+    <hyperlink ref="M23" r:id="rId_hyperlink_75" tooltip="Here" display="Here"/>
+    <hyperlink ref="N23" r:id="rId_hyperlink_76" tooltip="Here" display="Here"/>
+    <hyperlink ref="O23" r:id="rId_hyperlink_77" tooltip="Here" display="Here"/>
+    <hyperlink ref="P23" r:id="rId_hyperlink_78" tooltip="Here" display="Here"/>
+    <hyperlink ref="Q23" r:id="rId_hyperlink_79" tooltip="Here" display="Here"/>
+    <hyperlink ref="R23" r:id="rId_hyperlink_80" tooltip="Here" display="Here"/>
+    <hyperlink ref="S23" r:id="rId_hyperlink_81" tooltip="Here" display="Here"/>
+    <hyperlink ref="T23" r:id="rId_hyperlink_82" tooltip="Here" display="Here"/>
+    <hyperlink ref="U23" r:id="rId_hyperlink_83" tooltip="Here" display="Here"/>
+    <hyperlink ref="V23" r:id="rId_hyperlink_84" tooltip="Here" display="Here"/>
+    <hyperlink ref="W23" r:id="rId_hyperlink_85" tooltip="Here" display="Here"/>
+    <hyperlink ref="X23" r:id="rId_hyperlink_86" tooltip="Here" display="Here"/>
+    <hyperlink ref="Y23" r:id="rId_hyperlink_87" tooltip="Here" display="Here"/>
+    <hyperlink ref="Z23" r:id="rId_hyperlink_88" tooltip="Here" display="Here"/>
+    <hyperlink ref="AA23" r:id="rId_hyperlink_89" tooltip="Here" display="Here"/>
+    <hyperlink ref="AB23" r:id="rId_hyperlink_90" tooltip="Here" display="Here"/>
+    <hyperlink ref="AC23" r:id="rId_hyperlink_91" tooltip="Here" display="Here"/>
+    <hyperlink ref="AD23" r:id="rId_hyperlink_92" tooltip="Here" display="Here"/>
+    <hyperlink ref="AE23" r:id="rId_hyperlink_93" tooltip="Here" display="Here"/>
+    <hyperlink ref="AF23" r:id="rId_hyperlink_94" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>