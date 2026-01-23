--- v2 (2025-12-27)
+++ v3 (2026-01-23)
@@ -15,301 +15,370 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="748">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="870">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Sungrow SBR HV 16 kWh</t>
   </si>
   <si>
     <t>Sungrow SBR HV 19.2 kWh</t>
   </si>
   <si>
     <t>Sungrow SBR HV 22.4 kWh</t>
   </si>
   <si>
     <t>Sungrow SBR HV 25.6 kWh</t>
   </si>
   <si>
     <t>Sungrow SBR HV 12.8 kWh</t>
   </si>
   <si>
     <t>Sungrow SBH200</t>
   </si>
   <si>
     <t>Sungrow SBH250</t>
   </si>
   <si>
     <t>Sungrow SBH300</t>
   </si>
   <si>
     <t>Sungrow SBH350</t>
   </si>
   <si>
     <t>Sungrow SBH400</t>
   </si>
   <si>
+    <t>SigenStor Single-Phase (16 kWh)</t>
+  </si>
+  <si>
+    <t>SigenStor Single-Phase (24 kWh)</t>
+  </si>
+  <si>
+    <t>SigenStor Single-Phase (32 kWh)</t>
+  </si>
+  <si>
+    <t>SigenStor Single-Phase (40 kWh)</t>
+  </si>
+  <si>
+    <t>SigenStor Single-Phase (48 kWh)</t>
+  </si>
+  <si>
+    <t>SigenStor Single-Phase (13 kWh)</t>
+  </si>
+  <si>
+    <t>SigenStor Single-Phase (10 kWh)</t>
+  </si>
+  <si>
+    <t>SigenStor Three-Phase (32 kWh)</t>
+  </si>
+  <si>
+    <t>SigenStor Three-Phase (40 kWh)</t>
+  </si>
+  <si>
+    <t>SigenStor Three-Phase (48 kWh)</t>
+  </si>
+  <si>
+    <t>SigenStor Three-Phase (24 kWh)</t>
+  </si>
+  <si>
+    <t>SigenStor Three-Phase (16 kWh)</t>
+  </si>
+  <si>
+    <t>SigenStor Three-Phase (13 kWh)</t>
+  </si>
+  <si>
+    <t>SigenStor Three-Phase (10 kWh)</t>
+  </si>
+  <si>
+    <t>Fox-ESS EQ 13.98 kWh</t>
+  </si>
+  <si>
+    <t>Fox-ESS EQ 18.64 kWh</t>
+  </si>
+  <si>
+    <t>Fox-ESS EQ 23.30 kWh</t>
+  </si>
+  <si>
+    <t>Fox-ESS EQ 27.96 kWh</t>
+  </si>
+  <si>
+    <t>Fox-ESS EQ 32.62 kWh</t>
+  </si>
+  <si>
+    <t>Fox-ESS EQ 37.28 kWh</t>
+  </si>
+  <si>
+    <t>Fox-ESS EQ 41.94 kWh</t>
+  </si>
+  <si>
+    <t>AlphaESS Smile-M5 (10 kWh)</t>
+  </si>
+  <si>
+    <t>AlphaESS Smile-M5 (15 kWh)</t>
+  </si>
+  <si>
+    <t>AlphaESS Smile-M5 (20 kWh)</t>
+  </si>
+  <si>
+    <t>AlphaESS Smile-M5 (25 kWh)</t>
+  </si>
+  <si>
+    <t>AlphaESS Smile-M5 (30 kWh)</t>
+  </si>
+  <si>
+    <t>AlphaESS Smile-G3-S5 10.1 kWh</t>
+  </si>
+  <si>
+    <t>AlphaESS Smile-G3-S5 20.2 kWh</t>
+  </si>
+  <si>
+    <t>AlphaESS Smile-G3-S5 30.3 kWh</t>
+  </si>
+  <si>
     <t>Tesla Powerwall 3</t>
   </si>
   <si>
-    <t>SigenStor Single-Phase (16 kWh)</t>
-[...40 lines deleted...]
-  <si>
     <t>BYD Battery Box Premium HVM 16.6</t>
   </si>
   <si>
+    <t>BYD Battery Box Premium HVM 19.3</t>
+  </si>
+  <si>
     <t>BYD Battery Box Premium HVM 22.1</t>
   </si>
   <si>
-    <t>BYD Battery Box Premium HVM 19.3</t>
+    <t>BYD Battery Box Premium HVM 44.2</t>
   </si>
   <si>
     <t>BYD Battery Box Premium HVM 13.8</t>
   </si>
   <si>
     <t>BYD Battery Box Premium HVM 11.0</t>
   </si>
   <si>
     <t>BYD Battery Box Premium HVM 8.3</t>
   </si>
   <si>
     <t>BYD Battery Box Premium HVS 12.8</t>
   </si>
   <si>
     <t>BYD Battery Box Premium HVS 10.2</t>
   </si>
   <si>
     <t>BYD Battery Box Premium HVS 7.7</t>
   </si>
   <si>
     <t>BYD Battery Box LVS 12 kWh</t>
   </si>
   <si>
     <t>BYD Battery Box LVS 8 kWh</t>
   </si>
   <si>
     <t>Enphase IQ Battery 5P</t>
   </si>
   <si>
-    <t>AlphaESS G3 10.1 kWh</t>
-[...4 lines deleted...]
-  <si>
     <t>SolarEdge Home Battery</t>
   </si>
   <si>
     <t>SolarEdge Home Battery (three phase) 14.55 kWh</t>
   </si>
   <si>
     <t>SolarEdge Home Battery (three phase) 19.4 kWh</t>
   </si>
   <si>
     <t>SolarEdge Home Battery (three phase) 24.25 kWh</t>
   </si>
   <si>
     <t>Neovolt 10 kWh</t>
   </si>
   <si>
     <t>Neovolt 20 kWh</t>
   </si>
   <si>
     <t>Neovolt 30 kWh</t>
   </si>
   <si>
     <t>Neovolt 40 kWh</t>
   </si>
   <si>
     <t>Neovolt 50 kWh</t>
   </si>
   <si>
-    <t>Growatt Ark 10.2H</t>
+    <t>Growatt APX HV 10.0</t>
+  </si>
+  <si>
+    <t>Growatt APX HV 15.0</t>
+  </si>
+  <si>
+    <t>Growatt APX HV 20.0</t>
+  </si>
+  <si>
+    <t>Growatt APX HV 25.0</t>
+  </si>
+  <si>
+    <t>Growatt APX HV 30.0</t>
+  </si>
+  <si>
+    <t>Goodwe ESA 16 kWh</t>
+  </si>
+  <si>
+    <t>Goodwe ESA 24 kWh</t>
+  </si>
+  <si>
+    <t>Goodwe ESA 32 kWh</t>
+  </si>
+  <si>
+    <t>Goodwe ESA 40 kWh</t>
+  </si>
+  <si>
+    <t>Goodwe ESA 48 kWh</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 12.8</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 9.6</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 16.0</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 19.2</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 22.4</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 25.6</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 28.8</t>
   </si>
   <si>
     <t>ESY Sunhome HM6-10</t>
   </si>
   <si>
     <t>ESY Sunhome HM6-15</t>
   </si>
   <si>
     <t>ESY Sunhome HM6-20</t>
   </si>
   <si>
     <t>ESY Sunhome HM6-25</t>
   </si>
   <si>
     <t>ESY Sunhome HM6-30</t>
   </si>
   <si>
-    <t>Fox-ESS ECS 9.6 kWh</t>
-[...16 lines deleted...]
-  <si>
     <t>Anker SOLIX X1 15 kWh</t>
   </si>
   <si>
     <t>Anker SOLIX X1 20 kWh</t>
   </si>
   <si>
     <t>Anker SOLIX X1 25 kWh</t>
   </si>
   <si>
     <t>Anker SOLIX X1 30 kWh</t>
   </si>
   <si>
     <t>Anker SOLIX X1 10 kWh</t>
   </si>
   <si>
     <t>iStore Smart Battery (10 kWh)</t>
   </si>
   <si>
     <t>iStore Smart Battery (15 kWh)</t>
   </si>
   <si>
+    <t>iStore Smart Battery (30 kWh)</t>
+  </si>
+  <si>
     <t>Fronius Reserva 12.6</t>
   </si>
   <si>
     <t>Fronius Reserva 15.8</t>
   </si>
   <si>
     <t>Fronius Reserva 31.6</t>
   </si>
   <si>
     <t>Fronius Reserva 47.4</t>
   </si>
   <si>
-    <t>Pylontech Force L2 10.65 kWh</t>
+    <t>Pylontech Force H3X Hybrid (10 kWh)</t>
+  </si>
+  <si>
+    <t>Pylontech Force H3X Hybrid (20 kWh)</t>
+  </si>
+  <si>
+    <t>Pylontech Force H3X Hybrid (35 kWh)</t>
   </si>
   <si>
     <t>SOFAR PowerAll (10 kWh)</t>
   </si>
   <si>
     <t>SOFAR PowerAll (15 kWh)</t>
   </si>
   <si>
+    <t>SOFAR PowerAll (20 kWh)</t>
+  </si>
+  <si>
+    <t>SOFAR PowerAll (25 kWh)</t>
+  </si>
+  <si>
+    <t>SOFAR PowerAll (30 kWh)</t>
+  </si>
+  <si>
     <t>SolaX X1 10.2</t>
   </si>
   <si>
     <t>SolaX X1 15.3</t>
   </si>
   <si>
     <t>SolaX X1 20.4</t>
   </si>
   <si>
     <t>SolaX X3 10.2</t>
   </si>
   <si>
     <t>SolaX X3 15.3</t>
   </si>
   <si>
     <t>SolaX X3 20.4</t>
   </si>
   <si>
     <t>SolaX X3 25.6</t>
   </si>
   <si>
     <t>SolaX X3 30.7</t>
   </si>
   <si>
     <t>SolaX TSYS-HS51 10.2 kWh</t>
@@ -374,206 +443,251 @@
   <si>
     <t>$9,000</t>
   </si>
   <si>
     <t>$10,000</t>
   </si>
   <si>
     <t>$5,700</t>
   </si>
   <si>
     <t>$10,200</t>
   </si>
   <si>
     <t>$11,000</t>
   </si>
   <si>
     <t>$13,100</t>
   </si>
   <si>
     <t>$14,600</t>
   </si>
   <si>
     <t>$16,000</t>
   </si>
   <si>
+    <t>$7,700</t>
+  </si>
+  <si>
+    <t>$14,400</t>
+  </si>
+  <si>
+    <t>$17,000</t>
+  </si>
+  <si>
+    <t>$19,900</t>
+  </si>
+  <si>
+    <t>$7,600</t>
+  </si>
+  <si>
+    <t>$7,368</t>
+  </si>
+  <si>
+    <t>$15,200</t>
+  </si>
+  <si>
+    <t>$18,000</t>
+  </si>
+  <si>
+    <t>$20,900</t>
+  </si>
+  <si>
+    <t>$12,300</t>
+  </si>
+  <si>
+    <t>$8,800</t>
+  </si>
+  <si>
+    <t>$2,800</t>
+  </si>
+  <si>
+    <t>$3,500</t>
+  </si>
+  <si>
+    <t>$4,200</t>
+  </si>
+  <si>
+    <t>$4,900</t>
+  </si>
+  <si>
+    <t>$5,500</t>
+  </si>
+  <si>
+    <t>$6,200</t>
+  </si>
+  <si>
+    <t>$6,800</t>
+  </si>
+  <si>
+    <t>$3,600</t>
+  </si>
+  <si>
+    <t>$4,700</t>
+  </si>
+  <si>
+    <t>$5,000</t>
+  </si>
+  <si>
+    <t>$5,800</t>
+  </si>
+  <si>
+    <t>$6,400</t>
+  </si>
+  <si>
+    <t>$4,100</t>
+  </si>
+  <si>
+    <t>$8,300</t>
+  </si>
+  <si>
     <t>$9,000 (including Gateway)</t>
   </si>
   <si>
-    <t>$7,700</t>
-[...29 lines deleted...]
-    <t>$8,800</t>
+    <t>$8,600</t>
   </si>
   <si>
     <t>$9,700</t>
   </si>
   <si>
-    <t>$8,600</t>
+    <t>$19,400</t>
   </si>
   <si>
     <t>$6,600</t>
   </si>
   <si>
     <t>$6,300</t>
   </si>
   <si>
-    <t>$5,000</t>
-[...1 lines deleted...]
-  <si>
     <t>$8,000</t>
   </si>
   <si>
-    <t>$6,200</t>
-[...1 lines deleted...]
-  <si>
     <t>$6,500</t>
   </si>
   <si>
-    <t>$4,700</t>
-[...1 lines deleted...]
-  <si>
     <t>$6,900</t>
   </si>
   <si>
+    <t>$8,200</t>
+  </si>
+  <si>
+    <t>$14,000</t>
+  </si>
+  <si>
+    <t>$4,600</t>
+  </si>
+  <si>
     <t>$5,600</t>
   </si>
   <si>
     <t>$8,500</t>
   </si>
   <si>
-    <t>$8,200</t>
-[...8 lines deleted...]
-    <t>$6,800</t>
+    <t>$3,700</t>
+  </si>
+  <si>
+    <t>$7,000</t>
+  </si>
+  <si>
+    <t>$7,400</t>
+  </si>
+  <si>
+    <t>$9,200</t>
+  </si>
+  <si>
+    <t>$10,600</t>
+  </si>
+  <si>
+    <t>$12,000</t>
+  </si>
+  <si>
+    <t>$13,400</t>
   </si>
   <si>
     <t>$4,250</t>
   </si>
   <si>
     <t>$3,400</t>
   </si>
   <si>
-    <t>$6,400</t>
-[...1 lines deleted...]
-  <si>
     <t>$7,100</t>
   </si>
   <si>
     <t>$4,000</t>
   </si>
   <si>
     <t>$6,100</t>
   </si>
   <si>
-    <t>$7,000</t>
-[...2 lines deleted...]
-    <t>$4,900</t>
+    <t>$8,400</t>
+  </si>
+  <si>
+    <t>$12,800</t>
+  </si>
+  <si>
+    <t>$15,000</t>
+  </si>
+  <si>
+    <t>$7,200</t>
+  </si>
+  <si>
+    <t>$10,100</t>
+  </si>
+  <si>
+    <t>$20,000</t>
   </si>
   <si>
     <t>$5,900</t>
   </si>
   <si>
-    <t>$8,400</t>
-[...16 lines deleted...]
-  <si>
     <t>$21,300</t>
   </si>
   <si>
     <t>$3,000</t>
   </si>
   <si>
-    <t>$3,700</t>
+    <t>$4,400</t>
+  </si>
+  <si>
+    <t>$5,100</t>
   </si>
   <si>
     <t>$10,800</t>
   </si>
   <si>
     <t>$9,100</t>
   </si>
   <si>
     <t>$12,200</t>
   </si>
   <si>
     <t>$14,100</t>
   </si>
   <si>
     <t>$3,900</t>
   </si>
   <si>
-    <t>$5,100</t>
-[...1 lines deleted...]
-  <si>
     <t>$7,500</t>
   </si>
   <si>
     <t>$10,900</t>
   </si>
   <si>
     <t>$6,000</t>
   </si>
   <si>
     <t>$7,900 (including FranklinWH aGate)</t>
   </si>
   <si>
     <t>$9,500</t>
   </si>
   <si>
     <t>$18,700</t>
   </si>
   <si>
     <t>$28,200</t>
   </si>
   <si>
     <t>$37,500</t>
   </si>
   <si>
     <t>In Depth Analysis</t>
@@ -620,496 +734,559 @@
   <si>
     <t>22.4 kWh</t>
   </si>
   <si>
     <t>25.6 kWh</t>
   </si>
   <si>
     <t>12.8 kWh</t>
   </si>
   <si>
     <t>20 kWh</t>
   </si>
   <si>
     <t>25 kWh</t>
   </si>
   <si>
     <t>30 kWh</t>
   </si>
   <si>
     <t>35 kWh</t>
   </si>
   <si>
     <t>40 kWh</t>
   </si>
   <si>
+    <t>16.12 kWh</t>
+  </si>
+  <si>
+    <t>24.18 kWh</t>
+  </si>
+  <si>
+    <t>32.24 kWh</t>
+  </si>
+  <si>
+    <t>40.3 kWh</t>
+  </si>
+  <si>
+    <t>48.36 kWh</t>
+  </si>
+  <si>
+    <t>13.44 kWh</t>
+  </si>
+  <si>
+    <t>10.76 kWh</t>
+  </si>
+  <si>
+    <t>13.98 kWh</t>
+  </si>
+  <si>
+    <t>18.64 kWh</t>
+  </si>
+  <si>
+    <t>23.30 kWh</t>
+  </si>
+  <si>
+    <t>27.96 kWh</t>
+  </si>
+  <si>
+    <t>32.62 kWh</t>
+  </si>
+  <si>
+    <t>37.28 kWh</t>
+  </si>
+  <si>
+    <t>41.94 kWh</t>
+  </si>
+  <si>
+    <t>10 kWh</t>
+  </si>
+  <si>
+    <t>15 kWh</t>
+  </si>
+  <si>
+    <t>10.1 kWh</t>
+  </si>
+  <si>
+    <t>20.2 kWh</t>
+  </si>
+  <si>
+    <t>30.3 kWh</t>
+  </si>
+  <si>
     <t>14 kWh</t>
   </si>
   <si>
-    <t>16.12 kWh</t>
-[...19 lines deleted...]
-  <si>
     <t>16.56 kWh</t>
   </si>
   <si>
+    <t>19.32 kWh</t>
+  </si>
+  <si>
     <t>22.08 kWh</t>
   </si>
   <si>
-    <t>19.32 kWh</t>
+    <t>44.16 kWh</t>
   </si>
   <si>
     <t>13.80 kWh</t>
   </si>
   <si>
     <t>11.04 kWh</t>
   </si>
   <si>
     <t>8.28 kWh</t>
   </si>
   <si>
     <t>10.24 kWh</t>
   </si>
   <si>
     <t>7.68 kWh</t>
   </si>
   <si>
     <t>12 kWh</t>
   </si>
   <si>
     <t>8 kWh</t>
   </si>
   <si>
     <t>5.0 kWh</t>
   </si>
   <si>
-    <t>10.1 kWh</t>
-[...7 lines deleted...]
-  <si>
     <t>14.55 kWh</t>
   </si>
   <si>
     <t>19.4 kWh</t>
   </si>
   <si>
     <t>24.25 kWh</t>
   </si>
   <si>
-    <t>20.2 kWh</t>
-[...4 lines deleted...]
-  <si>
     <t>40.4 kWh</t>
   </si>
   <si>
     <t>50.5 kWh</t>
   </si>
   <si>
-    <t xml:space="preserve">10.24 kWh </t>
+    <t xml:space="preserve">10 kWh </t>
+  </si>
+  <si>
+    <t xml:space="preserve">20 kWh </t>
+  </si>
+  <si>
+    <t xml:space="preserve">25 kWh </t>
+  </si>
+  <si>
+    <t xml:space="preserve">30 kWh </t>
+  </si>
+  <si>
+    <t>16.64 kWh</t>
+  </si>
+  <si>
+    <t>24.96 kWh</t>
+  </si>
+  <si>
+    <t>33.28 kWh</t>
+  </si>
+  <si>
+    <t>41.60 kWh</t>
+  </si>
+  <si>
+    <t>49.92 kWh</t>
   </si>
   <si>
     <t>9.6 kWh</t>
   </si>
   <si>
     <t>28.8 kWh</t>
   </si>
   <si>
     <t>15.36 kWh</t>
   </si>
   <si>
     <t>20.48 kWh</t>
   </si>
   <si>
     <t>25.60 kWh</t>
   </si>
   <si>
     <t>30.72 kWh</t>
   </si>
   <si>
-    <t>14.4 kWh</t>
+    <t>12.63 kWh</t>
+  </si>
+  <si>
+    <t>15.8 kWh</t>
+  </si>
+  <si>
+    <t>31.6 kWh</t>
+  </si>
+  <si>
+    <t>47.4 kWh</t>
+  </si>
+  <si>
+    <t>35.84 kWh</t>
+  </si>
+  <si>
+    <t>30.27 kWh</t>
+  </si>
+  <si>
+    <t>10.2 kWh</t>
+  </si>
+  <si>
+    <t>15.3 kWh</t>
+  </si>
+  <si>
+    <t>20.4 kWh</t>
+  </si>
+  <si>
+    <t>30.7 kWh</t>
+  </si>
+  <si>
+    <t>25.5 kWh</t>
+  </si>
+  <si>
+    <t>35.8 kWh</t>
+  </si>
+  <si>
+    <t>40.9 kWh</t>
+  </si>
+  <si>
+    <t>9.92 kWh</t>
+  </si>
+  <si>
+    <t>13.37 kWh</t>
+  </si>
+  <si>
+    <t>26.74 kWh</t>
+  </si>
+  <si>
+    <t>40.11 kWh</t>
+  </si>
+  <si>
+    <t>53.48 kWh</t>
+  </si>
+  <si>
+    <t>11 kWh</t>
+  </si>
+  <si>
+    <t>Usable Storage Capacity</t>
+  </si>
+  <si>
+    <t>15.6 kWh</t>
+  </si>
+  <si>
+    <t>23.4 kWh</t>
+  </si>
+  <si>
+    <t>31.2 kWh</t>
+  </si>
+  <si>
+    <t>39 kWh</t>
+  </si>
+  <si>
+    <t>46.8 kWh</t>
+  </si>
+  <si>
+    <t>13 kWh</t>
+  </si>
+  <si>
+    <t>10.4 kWh</t>
+  </si>
+  <si>
+    <t>13.5 kWh</t>
+  </si>
+  <si>
+    <t>11.5 kWh</t>
+  </si>
+  <si>
+    <t>7.7 kWh</t>
+  </si>
+  <si>
+    <t>9.7 kWh</t>
+  </si>
+  <si>
+    <t>38.4 kWh</t>
+  </si>
+  <si>
+    <t>48 kWh</t>
+  </si>
+  <si>
+    <t>9 kWh</t>
+  </si>
+  <si>
+    <t>18 kWh</t>
+  </si>
+  <si>
+    <t>22.5 kWh</t>
+  </si>
+  <si>
+    <t>27 kWh</t>
   </si>
   <si>
     <t>24 kWh</t>
   </si>
   <si>
-    <t>33.6 kWh</t>
-[...104 lines deleted...]
-    <t>9.21 kWh</t>
+    <t>32 kWh</t>
   </si>
   <si>
     <t>9.73 kWh</t>
   </si>
   <si>
     <t>14.59 kWh</t>
   </si>
   <si>
     <t>19.46 kWh</t>
   </si>
   <si>
     <t>24.32 kWh</t>
   </si>
   <si>
     <t>29.18 kWh</t>
   </si>
   <si>
-    <t>9.3 kWh</t>
-[...16 lines deleted...]
-  <si>
     <t>15.79 kWh</t>
   </si>
   <si>
     <t>31.58 kWh</t>
   </si>
   <si>
     <t>47.37 kWh</t>
   </si>
   <si>
-    <t>10.1 kWh </t>
+    <t>9.73 kWh </t>
+  </si>
+  <si>
+    <t>19.46 kWh </t>
+  </si>
+  <si>
+    <t>34.05 kWh </t>
   </si>
   <si>
     <t>9.5 kWh</t>
   </si>
   <si>
     <t>14.25 kWh</t>
   </si>
   <si>
+    <t>19 kWh</t>
+  </si>
+  <si>
+    <t>23.75 kWh</t>
+  </si>
+  <si>
+    <t>28.5 kWh</t>
+  </si>
+  <si>
     <t>9.2 kWh</t>
   </si>
   <si>
     <t>13.8 kWh</t>
   </si>
   <si>
     <t>18.4 kWh</t>
   </si>
   <si>
     <t>23 kWh</t>
   </si>
   <si>
     <t>27.6 kWh</t>
   </si>
   <si>
     <t>8.9 kWh</t>
   </si>
   <si>
     <t>13.6 kWh</t>
   </si>
   <si>
     <t>12.70 kWh</t>
   </si>
   <si>
     <t>25.4 kWh</t>
   </si>
   <si>
     <t>38.1 kWh</t>
   </si>
   <si>
     <t>50.8 kWh</t>
   </si>
   <si>
     <t>Features</t>
   </si>
   <si>
     <t>Modular, expandable</t>
   </si>
   <si>
+    <t>Modular, scalable, optional DC EV charger module</t>
+  </si>
+  <si>
+    <t>UPS, fast response, modular</t>
+  </si>
+  <si>
+    <t>UPS, fast response, 24/7 monitoring</t>
+  </si>
+  <si>
     <t>3 MPPT's, higher output current</t>
   </si>
   <si>
-    <t>Modular, scalable, optional DC EV charger module</t>
-[...1 lines deleted...]
-  <si>
     <t>Expandable in increments of 2.76 kWh</t>
   </si>
   <si>
     <t>Expandable in increments of 2.56 kWh</t>
   </si>
   <si>
     <t>Units can be linked together in a parallel connection</t>
   </si>
   <si>
     <t>Modular</t>
-  </si>
-[...4 lines deleted...]
-    <t>Three-phase hybrid, UPS, fast response, 24/7 monitoring</t>
   </si>
   <si>
     <t>Modular expansion up to 9 batteries on a system, 90kwh max</t>
   </si>
   <si>
     <t>Modular, scalable</t>
   </si>
   <si>
     <t>Modular, scaleable</t>
   </si>
   <si>
     <t>Modular - expandable</t>
   </si>
   <si>
     <t>Modular, stackable</t>
   </si>
   <si>
     <t>Modular, expandable, 10ms switchover in blackout</t>
   </si>
   <si>
     <t>Multi-Source Orchestration, supports generator &amp; V2L integration, reinforcing energy security and resiliency.
 Adaptive Load Control
 Reliable Black Start with Frequency shifting function enabled</t>
   </si>
   <si>
     <t>Expandable up to 53.5kWh, true 3-phase backup.</t>
   </si>
   <si>
     <t>Integrated backup, can charge batteries from solar when grid is down</t>
   </si>
   <si>
     <t>Power</t>
   </si>
   <si>
     <t>9.6 kW</t>
   </si>
   <si>
     <t>11.52 kW</t>
   </si>
   <si>
     <t>7.68 kW</t>
   </si>
   <si>
     <t>14.08 kW</t>
   </si>
   <si>
     <t>17.60 kW</t>
   </si>
   <si>
+    <t>5 kW</t>
+  </si>
+  <si>
+    <t>6 kW</t>
+  </si>
+  <si>
+    <t>10 kW</t>
+  </si>
+  <si>
+    <t>6.72 kW</t>
+  </si>
+  <si>
+    <t>8.96 kW</t>
+  </si>
+  <si>
+    <t>11.20 kW</t>
+  </si>
+  <si>
+    <t>13.44 kW</t>
+  </si>
+  <si>
+    <t>15.68 kW</t>
+  </si>
+  <si>
+    <t>17.92 kW</t>
+  </si>
+  <si>
+    <t>20.16 kW</t>
+  </si>
+  <si>
     <t>5kW or 10kW (configurable)</t>
   </si>
   <si>
-    <t>5 kW</t>
-[...7 lines deleted...]
-  <si>
     <t>7.6 kW</t>
   </si>
   <si>
     <t>9.9 kW</t>
   </si>
   <si>
     <t>6.6 kW</t>
   </si>
   <si>
     <t>3.84 kW</t>
   </si>
   <si>
     <t>5kW steady, 7.5kW peak (10 seconds)</t>
   </si>
   <si>
     <t>5kW</t>
   </si>
   <si>
-    <t>8.96 kW</t>
-[...2 lines deleted...]
-    <t>6.72 kW</t>
+    <t>7 kW</t>
+  </si>
+  <si>
+    <t>7.5 kW</t>
+  </si>
+  <si>
+    <t>5-10 kW</t>
   </si>
   <si>
     <t>11.2 kW</t>
   </si>
   <si>
-    <t>13.44 kW</t>
-[...13 lines deleted...]
-  <si>
     <t>6 kW (AC coupled/single phase) 12 kW (three phase)</t>
   </si>
   <si>
     <t>13 kW</t>
   </si>
   <si>
     <t>16 kW</t>
   </si>
   <si>
+    <t>5 kW to 10 kW</t>
+  </si>
+  <si>
+    <t>Up to 15 kW (three-phase)</t>
+  </si>
+  <si>
     <t>Up to 8kW</t>
   </si>
   <si>
     <t>Up to 15kW</t>
   </si>
   <si>
     <t>6.1 kW</t>
   </si>
   <si>
     <t>9.2 kW</t>
   </si>
   <si>
     <t>12.3 kW</t>
   </si>
   <si>
     <t>15.4 kW</t>
   </si>
   <si>
     <t>18.4 kW</t>
   </si>
   <si>
     <t>21.5 kW</t>
   </si>
   <si>
     <t>24.6 kW</t>
@@ -1135,233 +1312,287 @@
   <si>
     <t>246 kg</t>
   </si>
   <si>
     <t>279 kg</t>
   </si>
   <si>
     <t>147 kg</t>
   </si>
   <si>
     <t>196 kg</t>
   </si>
   <si>
     <t>241 kg</t>
   </si>
   <si>
     <t>286 kg</t>
   </si>
   <si>
     <t>331 kg</t>
   </si>
   <si>
     <t>376 kg</t>
   </si>
   <si>
+    <t>150 kg</t>
+  </si>
+  <si>
+    <t>236 kg</t>
+  </si>
+  <si>
+    <t>325 kg</t>
+  </si>
+  <si>
+    <t>396 kg</t>
+  </si>
+  <si>
+    <t>477 kg</t>
+  </si>
+  <si>
+    <t>135 kg</t>
+  </si>
+  <si>
+    <t>254 kg</t>
+  </si>
+  <si>
+    <t>183 kg</t>
+  </si>
+  <si>
+    <t>168 kg</t>
+  </si>
+  <si>
+    <t>153 kg</t>
+  </si>
+  <si>
+    <t>122.5 kg</t>
+  </si>
+  <si>
+    <t>161.5 kg</t>
+  </si>
+  <si>
+    <t>200.5 kg</t>
+  </si>
+  <si>
+    <t>239.5 kg</t>
+  </si>
+  <si>
+    <t>278.5 kg</t>
+  </si>
+  <si>
+    <t>317.5 kg</t>
+  </si>
+  <si>
+    <t>356.5 kg</t>
+  </si>
+  <si>
+    <t>118.5 kg</t>
+  </si>
+  <si>
+    <t>217 kg</t>
+  </si>
+  <si>
+    <t>267 kg</t>
+  </si>
+  <si>
+    <t>316 kg</t>
+  </si>
+  <si>
+    <t>109.5 kg</t>
+  </si>
+  <si>
+    <t>199 kg</t>
+  </si>
+  <si>
+    <t>289 kg</t>
+  </si>
+  <si>
     <t>130kg</t>
   </si>
   <si>
-    <t>150 kg</t>
-[...28 lines deleted...]
-  <si>
     <t>243 kg</t>
   </si>
   <si>
+    <t>281 kg</t>
+  </si>
+  <si>
     <t>319 kg</t>
   </si>
   <si>
-    <t>281 kg</t>
+    <t>640 kg</t>
   </si>
   <si>
     <t>205 kg</t>
   </si>
   <si>
     <t>167 kg</t>
   </si>
   <si>
     <t>129 kg</t>
   </si>
   <si>
     <t>136 kg</t>
   </si>
   <si>
     <t>94 kg</t>
   </si>
   <si>
     <t>79 kg</t>
   </si>
   <si>
-    <t>109.5 kg</t>
-[...4 lines deleted...]
-  <si>
     <t>108 kg</t>
   </si>
   <si>
     <t>164 kg</t>
   </si>
   <si>
     <t>218 kg</t>
   </si>
   <si>
     <t>273 kg</t>
   </si>
   <si>
     <t>198 kg</t>
   </si>
   <si>
     <t>288 kg</t>
   </si>
   <si>
     <t>378 kg</t>
   </si>
   <si>
     <t>468 kg</t>
   </si>
   <si>
-    <t>118 kg</t>
+    <t>122 kg</t>
+  </si>
+  <si>
+    <t>166 kg</t>
+  </si>
+  <si>
+    <t>216 kg</t>
+  </si>
+  <si>
+    <t>266 kg</t>
+  </si>
+  <si>
+    <t>188 kg</t>
+  </si>
+  <si>
+    <t>346 kg</t>
+  </si>
+  <si>
+    <t>504 kg</t>
   </si>
   <si>
     <t>154 kg</t>
   </si>
   <si>
     <t>120 kg</t>
   </si>
   <si>
-    <t>188 kg</t>
-[...1 lines deleted...]
-  <si>
     <t>222 kg</t>
   </si>
   <si>
     <t>256 kg</t>
   </si>
   <si>
     <t>290 kg</t>
   </si>
   <si>
     <t>324 kg</t>
   </si>
   <si>
     <t>143 kg</t>
   </si>
   <si>
     <t>193 kg</t>
   </si>
   <si>
     <t>293 kg</t>
   </si>
   <si>
     <t>343 kg</t>
   </si>
   <si>
-    <t>83.5 kg</t>
-[...16 lines deleted...]
-  <si>
     <t>175.5 kg</t>
   </si>
   <si>
     <t>232 kg</t>
   </si>
   <si>
     <t>283 kg</t>
   </si>
   <si>
     <t>334 kg</t>
   </si>
   <si>
     <t>124.5 kg</t>
   </si>
   <si>
     <t>113.8 kg</t>
   </si>
   <si>
     <t>163.8 kg</t>
   </si>
   <si>
+    <t>326 kg</t>
+  </si>
+  <si>
     <t>187 kg</t>
   </si>
   <si>
     <t>374 kg</t>
   </si>
   <si>
     <t>561 kg</t>
   </si>
   <si>
-    <t>119 kg</t>
+    <t>125 kg</t>
+  </si>
+  <si>
+    <t>203 kg</t>
+  </si>
+  <si>
+    <t>320 kg</t>
   </si>
   <si>
     <t>125.5 kg</t>
   </si>
   <si>
     <t>176.5 kg</t>
   </si>
   <si>
+    <t>228.5 kg</t>
+  </si>
+  <si>
+    <t>279.5 kg</t>
+  </si>
+  <si>
+    <t>330.5 kg</t>
+  </si>
+  <si>
     <t>134.2 kg</t>
   </si>
   <si>
     <t>181.2 kg</t>
   </si>
   <si>
     <t>228.2 kg</t>
   </si>
   <si>
     <t>147.2 kg</t>
   </si>
   <si>
     <t>194.2 kg</t>
   </si>
   <si>
     <t>241.2 kg</t>
   </si>
   <si>
     <t>340 kg</t>
   </si>
   <si>
     <t>115 kg</t>
   </si>
   <si>
     <t>161 kg</t>
@@ -1381,266 +1612,326 @@
   <si>
     <t>391 kg</t>
   </si>
   <si>
     <t>160 kg</t>
   </si>
   <si>
     <t>185 kg</t>
   </si>
   <si>
     <t>191kg</t>
   </si>
   <si>
     <t>382kg</t>
   </si>
   <si>
     <t>573kg</t>
   </si>
   <si>
     <t>764kg</t>
   </si>
   <si>
     <t>163.5 kg</t>
   </si>
   <si>
-    <t>122 kg</t>
-[...1 lines deleted...]
-  <si>
     <t>Dimensions (WHD)</t>
   </si>
   <si>
     <t xml:space="preserve">625 x 805 x 330 mm </t>
   </si>
   <si>
     <t>625 x 935 x 330 mm</t>
   </si>
   <si>
     <t>625 x 1065 x 330 mm</t>
   </si>
   <si>
     <t>625 x 1195 x 330 mm</t>
   </si>
   <si>
     <t>62 cm x 67 cm x 33 cm</t>
   </si>
   <si>
     <t>675 x 900 x 350 mm</t>
   </si>
   <si>
     <t>675 x 1060 x 350 mm</t>
   </si>
   <si>
     <t>675 x 1220 x 350 mm</t>
   </si>
   <si>
     <t>675 x 1380 x 350 mm</t>
   </si>
   <si>
     <t>675 x 1540 x 350 mm</t>
   </si>
   <si>
+    <t>850 x 910 x 260 mm</t>
+  </si>
+  <si>
+    <t>850 x 1180 x 260 mm</t>
+  </si>
+  <si>
+    <t>850 x 1450 x 260 mm</t>
+  </si>
+  <si>
+    <t>850 x 1720 x 260 mm</t>
+  </si>
+  <si>
+    <t>850 x 1990 x 260 mm</t>
+  </si>
+  <si>
+    <t>850 x 640 x 260 mm</t>
+  </si>
+  <si>
+    <t>570 x 524 x 380 mm</t>
+  </si>
+  <si>
+    <t>570 x 662 x 380 mm</t>
+  </si>
+  <si>
+    <t>570 x 800 x 380 mm</t>
+  </si>
+  <si>
+    <t>570 x 938 x 380 mm</t>
+  </si>
+  <si>
+    <t>570 x 1076 x 380 mm</t>
+  </si>
+  <si>
+    <t>570 x 1214 x 380 mm</t>
+  </si>
+  <si>
+    <t>570 x 1352 x 380 mm</t>
+  </si>
+  <si>
+    <t>620 x 1,193 x 240 mm</t>
+  </si>
+  <si>
+    <t>620 x 1,583 x 240 mm</t>
+  </si>
+  <si>
+    <t>620 x 1,973 x 240 mm</t>
+  </si>
+  <si>
+    <t>620 x 2363 x 240 mm</t>
+  </si>
+  <si>
+    <t>620 x 2753 x 240 mm</t>
+  </si>
+  <si>
+    <t>610 x 1168 x 230 mm</t>
+  </si>
+  <si>
+    <t>610 x 1961 x 230 mm</t>
+  </si>
+  <si>
+    <t>610 x 2754 x 230 mm</t>
+  </si>
+  <si>
     <t>609 x 1105 x 193 mm</t>
   </si>
   <si>
-    <t>850 x 910 x 260 mm</t>
-[...16 lines deleted...]
-  <si>
     <t>1644 x 585 x 298 mm</t>
   </si>
   <si>
+    <t>1877 x 585 x 298 mm</t>
+  </si>
+  <si>
     <t>2110 x 585 x 298 mm</t>
   </si>
   <si>
-    <t>1877 x 585 x 298 mm</t>
+    <t>2110 x 585 x 298 mm x2</t>
   </si>
   <si>
     <t>1411 x 585 x 298 mm</t>
   </si>
   <si>
     <t>1178 x 585 x 298 mm</t>
   </si>
   <si>
     <t>945 x 585 x 298 mm</t>
   </si>
   <si>
     <t>923 x 640 x 298 mm</t>
   </si>
   <si>
     <t>690 x 640 x 298 mm</t>
   </si>
   <si>
     <t>980 x 550 x 188 mm</t>
   </si>
   <si>
-    <t>610 x 1161 x 212 mm</t>
-[...4 lines deleted...]
-  <si>
     <t>790 x 1179 x 250 mm</t>
   </si>
   <si>
     <t>540 x 1670 x 240 mm</t>
   </si>
   <si>
     <t>540 x 1670 x 240 mm + 540 x 670 x 240 mm</t>
   </si>
   <si>
     <t>540 x 1670 x 240 mm + 540 x 1,170 x 240 mm</t>
   </si>
   <si>
     <t>1120 x 590 x 205 mm</t>
   </si>
   <si>
     <t>1120 x 590 x 410 mm</t>
   </si>
   <si>
     <t>1120 x 590 x 615 mm</t>
   </si>
   <si>
     <t>1680 x 590 x 615 mm</t>
   </si>
   <si>
     <t>2240 x 590 x 615 mm</t>
   </si>
   <si>
-    <t xml:space="preserve">650 x 260 x 905 mm </t>
+    <t xml:space="preserve">690 x 1000 x 185 mm </t>
+  </si>
+  <si>
+    <t xml:space="preserve">690 x 1290 x 185 mm </t>
+  </si>
+  <si>
+    <t xml:space="preserve">690 x 1590 x 185 mm </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1380 x 1295 x 185 mm </t>
+  </si>
+  <si>
+    <t>800 x 952 x 270 mm</t>
+  </si>
+  <si>
+    <t>800 x 1278 x 270 mm</t>
+  </si>
+  <si>
+    <t>800 x 1604 x 270 mm</t>
+  </si>
+  <si>
+    <t>800 x 1930 x 270 mm</t>
+  </si>
+  <si>
+    <t>800 x 2256 x 270 mm</t>
   </si>
   <si>
     <t xml:space="preserve">600 × 871 × 380 mm </t>
   </si>
   <si>
     <t xml:space="preserve">600 × 715 × 380 mm </t>
   </si>
   <si>
     <t xml:space="preserve">600 × 380 × 1027 mm </t>
   </si>
   <si>
     <t xml:space="preserve">600 × 380 × 1183 mm </t>
   </si>
   <si>
     <t xml:space="preserve">600 × 380 × 1339 mm </t>
   </si>
   <si>
     <t xml:space="preserve">600 × 380 × 1495 mm </t>
   </si>
   <si>
     <t xml:space="preserve">600 × 380 × 1651 mm </t>
   </si>
   <si>
     <t>600 x 305 x 998 mm</t>
   </si>
   <si>
     <t>600 x 305 x 1218 mm</t>
   </si>
   <si>
     <t>600 x 305 x 1438 mm</t>
   </si>
   <si>
     <t>600 x 305 x 1658 mm</t>
   </si>
   <si>
     <t>600 x 305 x 1878 mm</t>
-  </si>
-[...16 lines deleted...]
-    <t>570 x 1076 x 380 mm</t>
   </si>
   <si>
     <t>670 × 1,485 × 150 mm</t>
   </si>
   <si>
     <t>670 x 1,845 x 150 mm</t>
   </si>
   <si>
     <t>670 x 1,845 x 150 mm
 670 x 482 x 150 mm</t>
   </si>
   <si>
     <t>670 x 1,845 x 150 mm
 670 x 842 x 150 mm</t>
   </si>
   <si>
     <t>670 × 1.125 × 150 mm</t>
   </si>
   <si>
     <t>670 x 150 x 960 mm</t>
   </si>
   <si>
     <t>670 x 150 x 1320 mm</t>
   </si>
   <si>
+    <t>670 x 150 x 1320 mm, 670 x 150 x 1320 mm</t>
+  </si>
+  <si>
     <t>1,390 x 772 x 176</t>
   </si>
   <si>
     <t>1,640 x 772 x 176</t>
   </si>
   <si>
     <t>1,640 x 772 x 176 (x2)</t>
   </si>
   <si>
     <t>1,640 x 772 x 176 (x3)</t>
   </si>
   <si>
-    <t>600 x 380 x 700 mm</t>
+    <t>550 x 1046 x 350 mm</t>
+  </si>
+  <si>
+    <t>550 x 1386 x 350 mm</t>
+  </si>
+  <si>
+    <t>550 x 1896 x 350 mm</t>
   </si>
   <si>
     <t>708 x 170 x 1310 mm</t>
   </si>
   <si>
     <t>708 x 170 x 1730 mm</t>
+  </si>
+  <si>
+    <t>708 x 170 x 1730 mm, 708 x 170 x 900mm</t>
+  </si>
+  <si>
+    <t>708 x 170 x 1730 mm, 708 x 170 x 1320mm</t>
   </si>
   <si>
     <t>730 × 1226 × 210 mm</t>
   </si>
   <si>
     <t>730 × 1544 × 210 mm</t>
   </si>
   <si>
     <t>730 × 1862 × 210 mm</t>
   </si>
   <si>
     <t>730 × 1281 × 209.5 mm</t>
   </si>
   <si>
     <t>730 x 1599 x 209.5 mm</t>
   </si>
   <si>
     <t>7730 × 1917 × 209.5 mm</t>
   </si>
   <si>
     <t>730 × 1281 × 209.5 mm /
 730 × 1120.5 × 150 mm</t>
   </si>
   <si>
     <t>730 × 1599 × 209.5 mm /
@@ -1676,451 +1967,516 @@
   <si>
     <t>1540 x 750 x 210 mm</t>
   </si>
   <si>
     <t>1540 x 750 x 210 mm (x2)</t>
   </si>
   <si>
     <t>1540 x 750 x 210 mm (x3)</t>
   </si>
   <si>
     <t>1540 x 750 x 210 mm (x4)</t>
   </si>
   <si>
     <t>710mm x 1400mm x 427mm</t>
   </si>
   <si>
     <t>730 x 203 x 1270 mm</t>
   </si>
   <si>
     <t>Off-grid Capable?</t>
   </si>
   <si>
     <t>TBD</t>
   </si>
   <si>
-    <t>Yes (back-up built in), Can communicate with Generator</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Yes </t>
   </si>
   <si>
     <t>Designed for indoor or outdoor installation? (IP rating)</t>
   </si>
   <si>
     <t>Indoor/outdoor (IP 55) </t>
   </si>
   <si>
+    <t>Indoor/ourdoor (IP 66)</t>
+  </si>
+  <si>
+    <t>Indoor/outdoor (IP 65)</t>
+  </si>
+  <si>
+    <t>Indoor/Outdoor (IP65)</t>
+  </si>
+  <si>
     <t>Indoor/Outdoor (IP 67 for battery and electronics, IP55 for wiring)</t>
   </si>
   <si>
-    <t>Indoor/ourdoor (IP 66)</t>
-[...1 lines deleted...]
-  <si>
     <t>Indoor/outdoor (IP 55)</t>
   </si>
   <si>
     <t>Indoor/Outdoor (IP55)</t>
   </si>
   <si>
-    <t>Indoor/Outdoor (IP65)</t>
-[...2 lines deleted...]
-    <t>Indoor/outdoor (IP 65)</t>
+    <t>Indoor/Outdoor (IP 66)</t>
+  </si>
+  <si>
+    <t>Indoor/outdoor (IP 66)</t>
+  </si>
+  <si>
+    <t>Indoor/Outdoor (IP 55)</t>
+  </si>
+  <si>
+    <t>Indoor/outdoor (IP66)</t>
   </si>
   <si>
     <t>Indoor/Outdoor (IP 65)</t>
-  </si>
-[...7 lines deleted...]
-    <t>Indoor/outdoor (IP 66)</t>
   </si>
   <si>
     <t>Indoor/Outdoor (IP66)</t>
   </si>
   <si>
     <t xml:space="preserve">IP66 </t>
   </si>
   <si>
     <t>Indoor/Outdoor (IP67 (Battery and power converter system),
 IP56 (Wiring compartment)</t>
   </si>
   <si>
     <t>Indoor/outdoor (IP65)</t>
   </si>
   <si>
     <t>Indoor/Outdoor (IP 56)</t>
   </si>
   <si>
     <t>Operating temperature range</t>
   </si>
   <si>
     <t>-30°C to 50°C</t>
   </si>
   <si>
     <t>-20°C to 50°C</t>
   </si>
   <si>
     <t>-20 ~ 55 °C</t>
   </si>
   <si>
+    <t>-10 to +55°C</t>
+  </si>
+  <si>
+    <t>-10 to 50°C</t>
+  </si>
+  <si>
     <t>-10 °C to +50°C</t>
   </si>
   <si>
     <t>-20º C to 50º C</t>
   </si>
   <si>
-    <t>-10 °C ~ 50°C*</t>
-[...1 lines deleted...]
-  <si>
     <t>-10-℃～ + 50℃</t>
   </si>
   <si>
     <t>-10 to +50 ℃</t>
   </si>
   <si>
     <t>-20°C - 60°C</t>
   </si>
   <si>
-    <t>-10°C~+50°C</t>
+    <t>-18 to +55°C</t>
   </si>
   <si>
     <t xml:space="preserve">0~50°C </t>
   </si>
   <si>
     <t>-25°C-60°C</t>
   </si>
   <si>
-    <t>Charge: 0 ~ 55°C
-[...2 lines deleted...]
-  <si>
     <t>-20°C to 55°C</t>
   </si>
   <si>
     <t>-20-℃～ + 55℃</t>
   </si>
   <si>
+    <t>-20 to 55℃</t>
+  </si>
+  <si>
     <t>-20 to +55 °C</t>
   </si>
   <si>
-    <t>0°C to 50°C</t>
+    <t>-10 to 55°C</t>
   </si>
   <si>
     <t>-30 to 55°C</t>
   </si>
   <si>
     <t>-20 to +53°C</t>
   </si>
   <si>
     <t>-20℃~50℃</t>
   </si>
   <si>
     <t xml:space="preserve">-20 to 55°C </t>
   </si>
   <si>
     <t>-5 to 45 °C</t>
   </si>
   <si>
     <t xml:space="preserve">-20°C ~ 54°C </t>
   </si>
   <si>
     <t>Warranty</t>
   </si>
   <si>
     <t>10 years</t>
   </si>
   <si>
+    <t xml:space="preserve">10 years </t>
+  </si>
+  <si>
     <t>15 years</t>
   </si>
   <si>
     <t>10 years (unlimited cycles)</t>
   </si>
   <si>
-    <t xml:space="preserve">10 years </t>
-[...1 lines deleted...]
-  <si>
     <t>12 years</t>
   </si>
   <si>
     <t>Compatible hybrid inverter brands (If not an all-in-one unit)</t>
   </si>
   <si>
     <t>Sungrow</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
+    <t>Fox-ESS</t>
+  </si>
+  <si>
     <t>Fronius</t>
   </si>
   <si>
     <t>SolarEdge</t>
   </si>
   <si>
     <t>Growatt</t>
   </si>
   <si>
     <t>Goodwe</t>
   </si>
   <si>
-    <t>Fox-ESS</t>
-[...1 lines deleted...]
-  <si>
     <t>Anker SOLIX</t>
   </si>
   <si>
     <t>iStore</t>
   </si>
   <si>
-    <t>SolaX, Goodwe, Imeon, Selectronic, Redback, Sungrow</t>
-[...1 lines deleted...]
-  <si>
     <t>SolaX</t>
   </si>
   <si>
     <t>Total warranted kWh (1 cycle per day)</t>
   </si>
   <si>
     <t>44,800</t>
   </si>
   <si>
     <t>53,760</t>
   </si>
   <si>
     <t>67,720</t>
   </si>
   <si>
     <t>71,680</t>
   </si>
   <si>
     <t>35,840</t>
   </si>
   <si>
     <t>56,000</t>
   </si>
   <si>
     <t>70,000</t>
   </si>
   <si>
     <t>84,000</t>
   </si>
   <si>
     <t>98,000</t>
   </si>
   <si>
     <t>112,000</t>
   </si>
   <si>
+    <t>47,540</t>
+  </si>
+  <si>
+    <t>71,310</t>
+  </si>
+  <si>
+    <t>95,080</t>
+  </si>
+  <si>
+    <t>118,850</t>
+  </si>
+  <si>
+    <t>142,620</t>
+  </si>
+  <si>
+    <t>39,620</t>
+  </si>
+  <si>
+    <t>31,700</t>
+  </si>
+  <si>
+    <t>58,980</t>
+  </si>
+  <si>
+    <t>78,640</t>
+  </si>
+  <si>
+    <t>98,300</t>
+  </si>
+  <si>
+    <t>117,960</t>
+  </si>
+  <si>
+    <t>137,620</t>
+  </si>
+  <si>
+    <t>157,280</t>
+  </si>
+  <si>
+    <t>176,940</t>
+  </si>
+  <si>
+    <t>31,200</t>
+  </si>
+  <si>
+    <t>46,800</t>
+  </si>
+  <si>
+    <t>62,400</t>
+  </si>
+  <si>
+    <t>78,000</t>
+  </si>
+  <si>
+    <t>93,600</t>
+  </si>
+  <si>
+    <t>29,900</t>
+  </si>
+  <si>
+    <t>59,900</t>
+  </si>
+  <si>
+    <t>89,800</t>
+  </si>
+  <si>
     <t>Unlimited cycles for self consumption / Time based control / backup. 37,800 kWh for other uses</t>
   </si>
   <si>
-    <t>47,540</t>
-[...19 lines deleted...]
-  <si>
     <t>51,230</t>
   </si>
   <si>
+    <t>59,770</t>
+  </si>
+  <si>
     <t>68,301</t>
   </si>
   <si>
-    <t>59,770</t>
+    <t>136,062</t>
   </si>
   <si>
     <t>42,690</t>
   </si>
   <si>
     <t>34,150</t>
   </si>
   <si>
     <t>25,620</t>
   </si>
   <si>
     <t>38,530</t>
   </si>
   <si>
     <t>30,820</t>
   </si>
   <si>
     <t>23,120</t>
   </si>
   <si>
     <t>35,640</t>
   </si>
   <si>
     <t>23,760</t>
   </si>
   <si>
     <t>27,375</t>
   </si>
   <si>
-    <t>35,040</t>
-[...4 lines deleted...]
-  <si>
     <t>35,405</t>
   </si>
   <si>
     <t>41,750</t>
   </si>
   <si>
     <t>55,670</t>
   </si>
   <si>
     <t>69,590</t>
   </si>
   <si>
     <t>38,380</t>
   </si>
   <si>
     <t>76,760</t>
   </si>
   <si>
     <t>115,140</t>
   </si>
   <si>
     <t>153,520</t>
   </si>
   <si>
     <t>191,900</t>
   </si>
   <si>
-    <t>33,616</t>
+    <t>27,000</t>
+  </si>
+  <si>
+    <t>40,500</t>
+  </si>
+  <si>
+    <t>54,000</t>
+  </si>
+  <si>
+    <t>67,500</t>
+  </si>
+  <si>
+    <t>81,000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48,000 </t>
+  </si>
+  <si>
+    <t>72,000</t>
+  </si>
+  <si>
+    <t>96,000</t>
+  </si>
+  <si>
+    <t>120,000</t>
+  </si>
+  <si>
+    <t>144,000</t>
   </si>
   <si>
     <t>32,700</t>
   </si>
   <si>
     <t>24,500</t>
   </si>
   <si>
     <t>40,900</t>
   </si>
   <si>
     <t>49,100</t>
   </si>
   <si>
     <t>57,200</t>
   </si>
   <si>
     <t>65,400</t>
   </si>
   <si>
     <t>73,600</t>
   </si>
   <si>
     <t>35,514</t>
   </si>
   <si>
     <t>53,235</t>
   </si>
   <si>
     <t>71,029</t>
   </si>
   <si>
     <t>88,768</t>
   </si>
   <si>
     <t>106,507</t>
   </si>
   <si>
-    <t>39,320</t>
-[...13 lines deleted...]
-  <si>
     <t>42,000</t>
   </si>
   <si>
     <t>28,000</t>
   </si>
   <si>
     <t>32,900</t>
   </si>
   <si>
     <t>49,350</t>
   </si>
   <si>
+    <t>98,700</t>
+  </si>
+  <si>
     <t>39,140</t>
   </si>
   <si>
     <t>48,930</t>
   </si>
   <si>
     <t>97,860</t>
   </si>
   <si>
     <t>146,790</t>
   </si>
   <si>
-    <t>36,865</t>
+    <t>35,500</t>
+  </si>
+  <si>
+    <t>71,000</t>
   </si>
   <si>
     <t>36,500</t>
   </si>
   <si>
     <t>54,750</t>
   </si>
   <si>
+    <t>73,000</t>
+  </si>
+  <si>
+    <t>91,250</t>
+  </si>
+  <si>
+    <t>109,500</t>
+  </si>
+  <si>
     <t>31,800</t>
   </si>
   <si>
     <t>47,700</t>
   </si>
   <si>
     <t>63,600</t>
   </si>
   <si>
     <t>79,500</t>
   </si>
   <si>
     <t>95,400</t>
   </si>
   <si>
     <t>45,300</t>
   </si>
   <si>
     <t>60,400</t>
   </si>
   <si>
     <t>75,500</t>
   </si>
   <si>
     <t>90,600</t>
@@ -2152,132 +2508,141 @@
   <si>
     <t>Datasheet Supplied?</t>
   </si>
   <si>
     <t>Warranty Supplied?</t>
   </si>
   <si>
     <t>Cost per Total Warranted kWh (1 cycle per day)</t>
   </si>
   <si>
     <t xml:space="preserve">$0.15 (+ inverter cost) </t>
   </si>
   <si>
     <t xml:space="preserve">$0.14 (+ inverter cost) </t>
   </si>
   <si>
     <t xml:space="preserve">$0.13 (+ inverter cost) </t>
   </si>
   <si>
     <t xml:space="preserve">$0.16 (+ inverter cost) </t>
   </si>
   <si>
     <t xml:space="preserve">$0.18 (+ inverter cost) </t>
   </si>
   <si>
+    <t>$0.16</t>
+  </si>
+  <si>
+    <t>$0.14</t>
+  </si>
+  <si>
+    <t>$0.15</t>
+  </si>
+  <si>
+    <t>$0.19</t>
+  </si>
+  <si>
+    <t>$0.23</t>
+  </si>
+  <si>
+    <t>$0.17</t>
+  </si>
+  <si>
+    <t>$0.21</t>
+  </si>
+  <si>
+    <t>$0.28</t>
+  </si>
+  <si>
+    <t>$0.05 (+ inverter cost)</t>
+  </si>
+  <si>
+    <t>$0.12</t>
+  </si>
+  <si>
+    <t>$0.08</t>
+  </si>
+  <si>
+    <t>$0.10</t>
+  </si>
+  <si>
+    <t>$0.09</t>
+  </si>
+  <si>
     <t>$0.25</t>
   </si>
   <si>
-    <t>$0.16</t>
-[...22 lines deleted...]
-  <si>
     <t>$0.15 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.18 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.19 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.25 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.26 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.17 (+ inverter cost)</t>
   </si>
   <si>
-    <t>$0.29</t>
-[...7 lines deleted...]
-  <si>
     <t>$0.06</t>
   </si>
   <si>
     <t>$0.05</t>
   </si>
   <si>
+    <t>$0.12 (+ inverter cost)</t>
+  </si>
+  <si>
+    <t>$0.09 (+ inverter cost)</t>
+  </si>
+  <si>
+    <t>$0.08 (+ inverter cost)</t>
+  </si>
+  <si>
+    <t>$0.13</t>
+  </si>
+  <si>
+    <t>$0.11</t>
+  </si>
+  <si>
     <t>$0.13 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.14 (+ inverter cost)</t>
   </si>
   <si>
-    <t>$0.12 (+ inverter cost)</t>
-[...1 lines deleted...]
-  <si>
     <t>$0.11 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.10 (+ inverter cost)</t>
-  </si>
-[...7 lines deleted...]
-    <t>$0.09</t>
   </si>
   <si>
     <t>$0.07</t>
   </si>
   <si>
     <t>$0.18</t>
   </si>
   <si>
     <t>$0.22 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.20 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.20</t>
   </si>
   <si>
     <t>$0.12 (+ inverter cost) </t>
   </si>
   <si>
     <t>$0.11 (+ inverter cost) </t>
   </si>
   <si>
     <t>$0.10 (+ inverter cost) </t>
   </si>
@@ -2347,51 +2712,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tesla-logo11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-logo37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo42.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo45.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt49.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo50.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo51.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo52.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo53.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo54.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo55.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo56.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo57.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo58.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo59.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo60.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo61.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6262.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6263.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6264.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6265.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6266.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6267.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo68.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo69.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo70.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo71.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo72.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo73.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo74.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo75.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo76.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo77.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo78.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pylontech-logo79.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-solo-logo80.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-solo-logo81.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo82.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo83.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo84.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo85.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo86.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo87.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo88.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo89.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo90.png"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo91.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo92.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo93.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo94.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo95.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo96.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bluetti-logo97.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/franklinwh-logo98.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo99.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo100.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo101.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo102.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sonnen-logo103.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lavo-logo2104.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8105.png"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8106.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8107.png"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8108.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8109.png"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200110.png"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200111.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200112.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200113.png"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200114.png"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tesla-powerwall-3115.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor116.png"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor117.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor118.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor119.png"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor120.png"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor121.png"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor122.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor123.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor124.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor125.png"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor126.png"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor127.png"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor128.png"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor129.png"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80130.png"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80131.png"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80132.png"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80133.png"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-11.0134.png"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-8.3135.png"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvs-12.8136.png"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvs-10.24137.png"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvs-7.7138.png"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-lvs139.png"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-lvs140.png"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-iq-5p141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-g3142.png"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-t10143.png"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SE-energy-bank144.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-threephase-battery145.png"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-threephase-battery146.png"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-threephase-battery147.png"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt148.png"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt149.png"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt150.png"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt151.png"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt152.png"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-ark153.png"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome161.png"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome162.png"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome163.png"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome164.png"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome165.png"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Fox-ESS-ECS166.png"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Fox-ESS-ECS167.png"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Fox-ESS-ECS168.png"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Fox-ESS-ECS169.png"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Fox-ESS-ECS170.png"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Fox-ESS-ECS171.png"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker172.png"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker173.png"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-stack174.png"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-stack2175.png"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker176.png"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-batt-1177.png"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-batt178.png"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-12.6179.png"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-15.8180.png"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-15.8181.png"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-15.8182.png"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pylontech-forcel2-10.65183.png"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall184.png"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall185.png"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SolaX-X1186.png"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SolaX-X1187.png"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SolaX-X1188.png"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-10.2189.png"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-15.3190.png"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-20.4191.png"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-25.6192.png"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-30.7193.png"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys194.png"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys195.png"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys196.png"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys197.png"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys198.png"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys199.png"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys200.png"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bluetti-ep760-10kWh201.png"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/franklin-battery202.png"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr203.png"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr204.png"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr205.png"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr206.png"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sonnenbatterie-evo207.png"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lavo-s2208.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6225.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6226.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6227.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6228.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6229.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6230.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6231.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tesla-logo40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo42.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo45.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo49.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo50.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo51.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo52.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-logo53.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo54.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo55.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo56.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo57.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo58.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo59.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo60.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo61.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo62.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt63.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt64.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt65.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt66.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt67.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo68.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo69.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo70.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo71.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo72.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo73.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo74.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo75.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo76.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo77.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo78.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo79.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo80.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo81.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo82.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo83.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo84.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo85.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo86.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo87.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo88.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo89.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo90.png"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo91.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo92.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo93.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo94.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo95.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo96.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pylontech-logo97.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pylontech-logo98.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pylontech-logo99.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-solo-logo100.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-solo-logo101.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-solo-logo102.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-solo-logo103.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-solo-logo104.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo105.png"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo106.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo107.png"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo108.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo109.png"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo110.png"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo111.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo112.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo113.png"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo114.png"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo115.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo116.png"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo117.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo118.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo119.png"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bluetti-logo120.png"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/franklinwh-logo121.png"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo122.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo123.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo124.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo125.png"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sonnen-logo126.png"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lavo-logo2127.png"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8128.png"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8129.png"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8130.png"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8131.png"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8132.png"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200133.png"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200134.png"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200135.png"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200136.png"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200137.png"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor138.png"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor139.png"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor140.png"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor141.png"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor142.png"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor143.png"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor144.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor145.png"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor146.png"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor147.png"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor148.png"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor149.png"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor150.png"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor151.png"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq152.png"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq153.png"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq154.png"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq155.png"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq156.png"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq157.png"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq158.png"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5159.png"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5160.png"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5161.png"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5162.png"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5163.png"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/g3-s5164.png"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/g3-s5165.png"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/g3-s5166.png"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tesla-powerwall-3167.png"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80168.png"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80169.png"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80170.png"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80171.png"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80172.png"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-11.0173.png"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-8.3174.png"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvs-12.8175.png"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvs-10.24176.png"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvs-7.7177.png"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-lvs178.png"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-lvs179.png"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-iq-5p180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SE-energy-bank181.png"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-threephase-battery182.png"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-threephase-battery183.png"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-threephase-battery184.png"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt185.png"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt186.png"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt187.png"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt188.png"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt189.png"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv190.png"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv191.png"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv192.png"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv193.png"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv194.png"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa195.png"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa196.png"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa197.png"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa198.png"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa199.png"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome207.png"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome208.png"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome209.png"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome210.png"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome211.png"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker212.png"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker213.png"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-stack214.png"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-stack2215.png"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker216.png"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-batt-1217.png"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-batt218.png"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-batt219.png"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-12.6220.png"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-15.8221.png"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-15.8222.png"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-15.8223.png"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/force-h3x224.png"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/force-h3x225.png"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/force-h3x226.png"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall227.png"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall228.png"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall229.png"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall230.png"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall231.png"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SolaX-X1232.png"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SolaX-X1233.png"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SolaX-X1234.png"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-10.2235.png"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-15.3236.png"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-20.4237.png"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-25.6238.png"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-30.7239.png"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys240.png"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys241.png"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys242.png"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys243.png"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys244.png"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys245.png"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys246.png"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bluetti-ep760-10kWh247.png"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/franklin-battery248.png"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr249.png"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr250.png"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr251.png"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr252.png"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sonnenbatterie-evo253.png"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lavo-s2254.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3079,231 +3444,231 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1447800" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1447800" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1447800" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1447800" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>29</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1447800" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>30</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1447800" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>31</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1447800" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>32</xdr:col>
@@ -4189,201 +4554,201 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>62</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1447800" cy="695325"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>63</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1447800" cy="695325"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>64</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1447800" cy="695325"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>65</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1447800" cy="695325"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>66</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1447800" cy="695325"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>67</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1447800" cy="695325"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>68</xdr:col>
@@ -5474,3155 +5839,4535 @@
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="104" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
+      <xdr:col>105</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>106</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>107</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>108</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>109</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>110</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>111</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>112</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>113</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>114</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>115</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>116</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>117</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>118</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>119</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>120</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>121</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>122</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>123</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>124</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>125</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>126</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>127</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="105" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <xdr:cNvPr id="128" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="106" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <xdr:cNvPr id="129" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="107" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <xdr:cNvPr id="130" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="108" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <xdr:cNvPr id="131" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="109" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <xdr:cNvPr id="132" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="110" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <xdr:cNvPr id="133" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="111" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <xdr:cNvPr id="134" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="112" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <xdr:cNvPr id="135" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="113" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <xdr:cNvPr id="136" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="114" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <xdr:cNvPr id="137" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="115" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <xdr:cNvPr id="138" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="116" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <xdr:cNvPr id="139" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>13</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="117" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <xdr:cNvPr id="140" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="118" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <xdr:cNvPr id="141" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="119" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <xdr:cNvPr id="142" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>16</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="120" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <xdr:cNvPr id="143" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>17</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="121" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <xdr:cNvPr id="144" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="122" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <xdr:cNvPr id="145" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>19</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="123" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <xdr:cNvPr id="146" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="124" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <xdr:cNvPr id="147" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>21</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="125" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <xdr:cNvPr id="148" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="126" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <xdr:cNvPr id="149" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="127" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <xdr:cNvPr id="150" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="128" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <xdr:cNvPr id="151" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="129" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <xdr:cNvPr id="152" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="130" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <xdr:cNvPr id="153" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="131" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <xdr:cNvPr id="154" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="132" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <xdr:cNvPr id="155" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>29</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="133" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <xdr:cNvPr id="156" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>30</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="134" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <xdr:cNvPr id="157" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>31</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="135" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <xdr:cNvPr id="158" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>32</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="136" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <xdr:cNvPr id="159" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>33</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="137" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <xdr:cNvPr id="160" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>34</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="138" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <xdr:cNvPr id="161" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>35</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="139" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <xdr:cNvPr id="162" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>36</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="140" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <xdr:cNvPr id="163" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>37</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="141" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <xdr:cNvPr id="164" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>38</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="142" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <xdr:cNvPr id="165" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>39</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="143" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <xdr:cNvPr id="166" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>40</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="144" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <xdr:cNvPr id="167" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>41</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="145" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <xdr:cNvPr id="168" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>42</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="146" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <xdr:cNvPr id="169" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>43</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="147" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <xdr:cNvPr id="170" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>44</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="148" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <xdr:cNvPr id="171" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>45</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="149" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <xdr:cNvPr id="172" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>46</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="150" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <xdr:cNvPr id="173" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>47</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="151" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <xdr:cNvPr id="174" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>48</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="152" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <xdr:cNvPr id="175" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>49</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="153" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <xdr:cNvPr id="176" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>50</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="154" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <xdr:cNvPr id="177" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>51</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="155" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <xdr:cNvPr id="178" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>52</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="156" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <xdr:cNvPr id="179" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>53</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="157" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <xdr:cNvPr id="180" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>54</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="158" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <xdr:cNvPr id="181" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>55</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="159" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <xdr:cNvPr id="182" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>56</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="160" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <xdr:cNvPr id="183" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>57</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="161" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <xdr:cNvPr id="184" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>58</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="162" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <xdr:cNvPr id="185" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>59</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="163" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <xdr:cNvPr id="186" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>60</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="164" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <xdr:cNvPr id="187" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>61</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="165" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <xdr:cNvPr id="188" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>62</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="166" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <xdr:cNvPr id="189" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>63</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="167" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <xdr:cNvPr id="190" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>64</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="168" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <xdr:cNvPr id="191" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>65</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="169" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <xdr:cNvPr id="192" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>66</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="170" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <xdr:cNvPr id="193" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>67</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="171" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <xdr:cNvPr id="194" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>68</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="172" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <xdr:cNvPr id="195" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>69</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="173" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <xdr:cNvPr id="196" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>70</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="174" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <xdr:cNvPr id="197" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>71</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="175" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <xdr:cNvPr id="198" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>72</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="176" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <xdr:cNvPr id="199" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>73</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="177" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <xdr:cNvPr id="200" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>74</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="178" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <xdr:cNvPr id="201" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>75</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="179" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <xdr:cNvPr id="202" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>76</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="180" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <xdr:cNvPr id="203" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>77</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="181" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
+        <xdr:cNvPr id="204" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>78</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="182" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <xdr:cNvPr id="205" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>79</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="183" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <xdr:cNvPr id="206" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>80</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="184" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <xdr:cNvPr id="207" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>81</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="185" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <xdr:cNvPr id="208" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>82</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="186" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <xdr:cNvPr id="209" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>83</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="187" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <xdr:cNvPr id="210" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>84</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="188" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <xdr:cNvPr id="211" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>85</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="189" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <xdr:cNvPr id="212" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>86</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="190" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <xdr:cNvPr id="213" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>87</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="191" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <xdr:cNvPr id="214" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>88</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="192" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <xdr:cNvPr id="215" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>89</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="193" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <xdr:cNvPr id="216" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>90</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="194" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <xdr:cNvPr id="217" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>91</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="195" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <xdr:cNvPr id="218" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>92</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="196" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <xdr:cNvPr id="219" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>93</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="197" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <xdr:cNvPr id="220" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>94</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="198" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <xdr:cNvPr id="221" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>95</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="199" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <xdr:cNvPr id="222" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>96</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="200" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <xdr:cNvPr id="223" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>97</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="201" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <xdr:cNvPr id="224" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>98</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="202" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <xdr:cNvPr id="225" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>99</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="203" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
+        <xdr:cNvPr id="226" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>100</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="204" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
+        <xdr:cNvPr id="227" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>101</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="205" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
+        <xdr:cNvPr id="228" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>102</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="206" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <xdr:cNvPr id="229" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>103</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="207" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <xdr:cNvPr id="230" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>104</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="208" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <xdr:cNvPr id="231" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>105</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="232" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>106</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="233" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>107</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="234" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>108</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="235" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>109</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="236" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>110</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="237" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>111</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="238" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>112</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="239" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>113</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="240" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>114</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="241" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>115</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="242" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>116</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="243" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>117</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="244" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>118</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="245" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>119</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="246" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>120</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="247" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>121</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>122</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="249" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>123</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="250" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>124</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="251" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>125</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="252" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>126</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="253" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>127</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="254" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -8881,51 +10626,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-home-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-3-Datasheet-AU-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/IQ-Battery-5P-DS-EN-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/smile-g3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/6cea6219ed0648d2afe90e8f3f94a86e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-home-battery-10K1PS0B-x2-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/growatt-ark-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-lynx-home-f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/fox-ess-ecs-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/fox-ess-ecs-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/fox-ess-ecs-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/fox-ess-ecs-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/fox-ess-ecs-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/fox-ess-ecs-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/ResidentialBESSStackabletype-ForceL2seriesSpec.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-Warranty-AU-NZ-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/2024-06-25-Enphase-Energy-Limited-Warranty-IQ-Battery-5P-and-SC-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/Warranty-TermsConditions-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/Warranty-TermsConditions-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-energy-bank-battery-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.5-20250723-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.5-20250723-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.5-20250723-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.5-20250723-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.5-20250723-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.5-20250723-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/pylontech_product_warranty_force_l_serie_au_10.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/enphase-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-home-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-3-Datasheet-AU-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/IQ-Battery-5P-DS-EN-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-home-battery-10K1PS0B-x2-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-lynx-home-f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-Warranty-AU-NZ-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/2024-06-25-Enphase-Energy-Limited-Warranty-IQ-Battery-5P-and-SC-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-energy-bank-battery-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/enphase-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:ZZ24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="10" max="10" width="39" customWidth="true" style="1"/>
@@ -9926,54 +11671,123 @@
       </c>
       <c r="CT2" s="1" t="s">
         <v>98</v>
       </c>
       <c r="CU2" s="1" t="s">
         <v>99</v>
       </c>
       <c r="CV2" s="1" t="s">
         <v>100</v>
       </c>
       <c r="CW2" s="1" t="s">
         <v>101</v>
       </c>
       <c r="CX2" s="1" t="s">
         <v>102</v>
       </c>
       <c r="CY2" s="1" t="s">
         <v>103</v>
       </c>
       <c r="CZ2" s="1" t="s">
         <v>104</v>
       </c>
       <c r="DA2" s="1" t="s">
         <v>105</v>
       </c>
+      <c r="DB2" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="DC2" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="DD2" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="DE2" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="DF2" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="DG2" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="DH2" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="DI2" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="DJ2" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="DK2" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="DL2" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="DM2" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="DN2" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="DO2" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="DP2" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="DQ2" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="DR2" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="DS2" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="DT2" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="DU2" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="DV2" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="DW2" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="DX2" s="1" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="3" spans="1:702" customHeight="1" ht="220">
       <c r="A3" s="1" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
@@ -10035,54 +11849,77 @@
       <c r="CC3" s="1"/>
       <c r="CD3" s="1"/>
       <c r="CE3" s="1"/>
       <c r="CF3" s="1"/>
       <c r="CG3" s="1"/>
       <c r="CH3" s="1"/>
       <c r="CI3" s="1"/>
       <c r="CJ3" s="1"/>
       <c r="CK3" s="1"/>
       <c r="CL3" s="1"/>
       <c r="CM3" s="1"/>
       <c r="CN3" s="1"/>
       <c r="CO3" s="1"/>
       <c r="CP3" s="1"/>
       <c r="CQ3" s="1"/>
       <c r="CR3" s="1"/>
       <c r="CS3" s="1"/>
       <c r="CT3" s="1"/>
       <c r="CU3" s="1"/>
       <c r="CV3" s="1"/>
       <c r="CW3" s="1"/>
       <c r="CX3" s="1"/>
       <c r="CY3" s="1"/>
       <c r="CZ3" s="1"/>
       <c r="DA3" s="1"/>
+      <c r="DB3" s="1"/>
+      <c r="DC3" s="1"/>
+      <c r="DD3" s="1"/>
+      <c r="DE3" s="1"/>
+      <c r="DF3" s="1"/>
+      <c r="DG3" s="1"/>
+      <c r="DH3" s="1"/>
+      <c r="DI3" s="1"/>
+      <c r="DJ3" s="1"/>
+      <c r="DK3" s="1"/>
+      <c r="DL3" s="1"/>
+      <c r="DM3" s="1"/>
+      <c r="DN3" s="1"/>
+      <c r="DO3" s="1"/>
+      <c r="DP3" s="1"/>
+      <c r="DQ3" s="1"/>
+      <c r="DR3" s="1"/>
+      <c r="DS3" s="1"/>
+      <c r="DT3" s="1"/>
+      <c r="DU3" s="1"/>
+      <c r="DV3" s="1"/>
+      <c r="DW3" s="1"/>
+      <c r="DX3" s="1"/>
     </row>
     <row r="4" spans="1:702" customHeight="1" ht="230">
       <c r="A4" s="1" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
@@ -10144,409 +11981,501 @@
       <c r="CC4" s="1"/>
       <c r="CD4" s="1"/>
       <c r="CE4" s="1"/>
       <c r="CF4" s="1"/>
       <c r="CG4" s="1"/>
       <c r="CH4" s="1"/>
       <c r="CI4" s="1"/>
       <c r="CJ4" s="1"/>
       <c r="CK4" s="1"/>
       <c r="CL4" s="1"/>
       <c r="CM4" s="1"/>
       <c r="CN4" s="1"/>
       <c r="CO4" s="1"/>
       <c r="CP4" s="1"/>
       <c r="CQ4" s="1"/>
       <c r="CR4" s="1"/>
       <c r="CS4" s="1"/>
       <c r="CT4" s="1"/>
       <c r="CU4" s="1"/>
       <c r="CV4" s="1"/>
       <c r="CW4" s="1"/>
       <c r="CX4" s="1"/>
       <c r="CY4" s="1"/>
       <c r="CZ4" s="1"/>
       <c r="DA4" s="1"/>
+      <c r="DB4" s="1"/>
+      <c r="DC4" s="1"/>
+      <c r="DD4" s="1"/>
+      <c r="DE4" s="1"/>
+      <c r="DF4" s="1"/>
+      <c r="DG4" s="1"/>
+      <c r="DH4" s="1"/>
+      <c r="DI4" s="1"/>
+      <c r="DJ4" s="1"/>
+      <c r="DK4" s="1"/>
+      <c r="DL4" s="1"/>
+      <c r="DM4" s="1"/>
+      <c r="DN4" s="1"/>
+      <c r="DO4" s="1"/>
+      <c r="DP4" s="1"/>
+      <c r="DQ4" s="1"/>
+      <c r="DR4" s="1"/>
+      <c r="DS4" s="1"/>
+      <c r="DT4" s="1"/>
+      <c r="DU4" s="1"/>
+      <c r="DV4" s="1"/>
+      <c r="DW4" s="1"/>
+      <c r="DX4" s="1"/>
     </row>
     <row r="5" spans="1:702">
       <c r="A5" s="1" t="s">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>109</v>
+        <v>132</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>110</v>
+        <v>133</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>111</v>
+        <v>134</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>112</v>
+        <v>135</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>113</v>
+        <v>136</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>114</v>
+        <v>137</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>116</v>
+        <v>139</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>117</v>
+        <v>140</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>119</v>
+        <v>142</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>112</v>
+        <v>143</v>
       </c>
       <c r="O5" s="1" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="P5" s="1" t="s">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="Q5" s="1" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
       <c r="R5" s="1" t="s">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="S5" s="1" t="s">
-        <v>125</v>
+        <v>148</v>
       </c>
       <c r="T5" s="1" t="s">
-        <v>126</v>
+        <v>149</v>
       </c>
       <c r="U5" s="1" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="V5" s="1" t="s">
-        <v>128</v>
+        <v>151</v>
       </c>
       <c r="W5" s="1" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="X5" s="1" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="Y5" s="1" t="s">
-        <v>111</v>
+        <v>152</v>
       </c>
       <c r="Z5" s="1" t="s">
-        <v>130</v>
+        <v>153</v>
       </c>
       <c r="AA5" s="1" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="AB5" s="1" t="s">
-        <v>131</v>
+        <v>155</v>
       </c>
       <c r="AC5" s="1" t="s">
-        <v>132</v>
+        <v>156</v>
       </c>
       <c r="AD5" s="1" t="s">
-        <v>133</v>
+        <v>157</v>
       </c>
       <c r="AE5" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AF5" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="AG5" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="AH5" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="AI5" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="AJ5" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="AK5" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="AL5" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="AM5" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AN5" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="AO5" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="AP5" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="AQ5" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="AR5" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="AS5" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="AT5" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="AU5" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="AV5" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="AW5" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="AX5" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="AY5" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AZ5" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="BA5" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB5" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="BC5" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="BD5" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="BE5" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="BF5" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG5" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="BH5" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="BI5" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="BJ5" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="BK5" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="BL5" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="BM5" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="BN5" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="BO5" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="BP5" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="BQ5" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="BR5" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="BS5" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="BT5" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="BU5" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="BV5" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="BW5" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="BX5" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="BY5" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="BZ5" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="CA5" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="CB5" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="CC5" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="CD5" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="CE5" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="CF5" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="CG5" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="CH5" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="CI5" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="CJ5" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="CK5" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="CL5" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="CM5" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="CN5" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="CO5" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="CP5" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="CQ5" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="CR5" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="CS5" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="CT5" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="CU5" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="AF5" s="1" t="s">
-[...11 lines deleted...]
-      <c r="AJ5" s="1" t="s">
+      <c r="CV5" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="CW5" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="CX5" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="CY5" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="CZ5" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="DA5" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="DB5" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="DC5" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="DD5" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="DE5" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="DF5" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="DG5" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="AK5" s="1" t="s">
-[...158 lines deleted...]
-      <c r="CL5" s="1" t="s">
+      <c r="DH5" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="DI5" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="DJ5" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="DK5" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="DL5" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="DM5" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="DN5" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="CM5" s="1" t="s">
+      <c r="DO5" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="CN5" s="1" t="s">
-[...17 lines deleted...]
-      <c r="CT5" s="1" t="s">
+      <c r="DP5" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="DQ5" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="DR5" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="DS5" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="DT5" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="DU5" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="DV5" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="DW5" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="DX5" s="1" t="s">
         <v>173</v>
-      </c>
-[...19 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="6" spans="1:702">
       <c r="A6" s="1" t="s">
-        <v>179</v>
+        <v>217</v>
       </c>
       <c r="B6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="C6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="D6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="E6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="F6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="L6" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html","Yes, review here.")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="M6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="N6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="O6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="P6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="Q6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="R6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
@@ -10557,342 +12486,412 @@
       </c>
       <c r="T6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="U6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="V6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="W6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="X6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="Y6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
-      <c r="Z6" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
+      <c r="Z6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AA6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AB6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AC6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AD6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AE6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AF6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AG6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AH6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AI6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AJ6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AK6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AL6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AM6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AN6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AO6" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
-      <c r="AA6" s="1" t="s">
-[...41 lines deleted...]
-      <c r="AO6" s="2" t="str">
+      <c r="AP6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="AQ6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="AR6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="AS6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="AT6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="AU6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="AV6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="AW6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="AX6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="AY6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="AZ6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="BA6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="BB6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="BC6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/solaredge-home-battery-review/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
-      <c r="AP6" s="2" t="str">
+      <c r="BD6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/","Yes, overview here.")</f>
         <v>Yes, overview here.</v>
       </c>
-      <c r="AQ6" s="2" t="str">
+      <c r="BE6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/","Yes, overview here.")</f>
         <v>Yes, overview here.</v>
       </c>
-      <c r="AR6" s="2" t="str">
+      <c r="BF6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/","Yes, overview here.")</f>
         <v>Yes, overview here.</v>
       </c>
-      <c r="AS6" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="BG6" s="1" t="s">
-        <v>181</v>
+        <v>219</v>
       </c>
       <c r="BH6" s="1" t="s">
-        <v>181</v>
+        <v>219</v>
       </c>
       <c r="BI6" s="1" t="s">
-        <v>181</v>
+        <v>219</v>
       </c>
       <c r="BJ6" s="1" t="s">
-        <v>181</v>
+        <v>219</v>
       </c>
       <c r="BK6" s="1" t="s">
-        <v>181</v>
+        <v>219</v>
       </c>
       <c r="BL6" s="1" t="s">
-        <v>181</v>
+        <v>218</v>
       </c>
       <c r="BM6" s="1" t="s">
-        <v>181</v>
+        <v>218</v>
       </c>
       <c r="BN6" s="1" t="s">
-        <v>181</v>
+        <v>218</v>
       </c>
       <c r="BO6" s="1" t="s">
-        <v>181</v>
+        <v>218</v>
       </c>
       <c r="BP6" s="1" t="s">
-        <v>181</v>
+        <v>218</v>
       </c>
       <c r="BQ6" s="1" t="s">
-        <v>181</v>
+        <v>219</v>
       </c>
       <c r="BR6" s="1" t="s">
-        <v>181</v>
+        <v>219</v>
       </c>
       <c r="BS6" s="1" t="s">
-        <v>181</v>
+        <v>219</v>
       </c>
       <c r="BT6" s="1" t="s">
-        <v>181</v>
+        <v>219</v>
       </c>
       <c r="BU6" s="1" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="BV6" s="2" t="str">
+        <v>219</v>
+      </c>
+      <c r="BV6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="BW6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="BX6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="BY6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="BZ6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="CA6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="CB6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="CC6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="CD6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="CE6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="CF6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="CG6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="CH6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="CI6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="CJ6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="CK6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="CL6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="CM6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
-      <c r="BW6" s="2" t="str">
+      <c r="CN6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
-      <c r="BX6" s="1" t="s">
-[...51 lines deleted...]
-        <v>181</v>
+      <c r="CO6" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/","Yes, review here.")</f>
+        <v>Yes, review here.</v>
       </c>
       <c r="CP6" s="1" t="s">
-        <v>181</v>
+        <v>219</v>
       </c>
       <c r="CQ6" s="1" t="s">
-        <v>181</v>
+        <v>219</v>
       </c>
       <c r="CR6" s="1" t="s">
-        <v>181</v>
+        <v>219</v>
       </c>
       <c r="CS6" s="1" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="CT6" s="2" t="str">
+        <v>219</v>
+      </c>
+      <c r="CT6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="CU6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="CV6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="CW6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="CX6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="CY6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="CZ6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="DA6" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="DB6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DC6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DD6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DE6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DF6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DG6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DH6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DI6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DJ6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DK6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DL6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DM6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DN6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DO6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DP6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DQ6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/","Here.")</f>
         <v>Here.</v>
       </c>
-      <c r="CU6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="CV6" s="2" t="str">
+      <c r="DR6" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DS6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
         <v>Yes, here.</v>
       </c>
-      <c r="CW6" s="2" t="str">
+      <c r="DT6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
         <v>Yes, here.</v>
       </c>
-      <c r="CX6" s="2" t="str">
+      <c r="DU6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
         <v>Yes, here.</v>
       </c>
-      <c r="CY6" s="2" t="str">
+      <c r="DV6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
         <v>Yes, here.</v>
       </c>
-      <c r="CZ6" s="2" t="str">
+      <c r="DW6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
-      <c r="DA6" s="1" t="s">
-        <v>181</v>
+      <c r="DX6" s="1" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="7" spans="1:702">
       <c r="A7" s="1" t="s">
-        <v>182</v>
+        <v>220</v>
       </c>
       <c r="B7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="C7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="D7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="F7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>183</v>
+        <v>221</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>183</v>
+        <v>221</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>183</v>
+        <v>221</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>183</v>
+        <v>221</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>183</v>
+        <v>221</v>
       </c>
       <c r="L7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="M7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="N7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="O7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="P7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="Q7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
@@ -10967,120 +12966,120 @@
       <c r="AI7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AJ7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AK7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AL7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AM7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AN7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AO7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AP7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AQ7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AR7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AS7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AT7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AU7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AV7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AW7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AX7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AY7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AZ7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BA7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BB7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BC7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
-        <v>Lithium Iron Phosphate</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
       </c>
       <c r="BD7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
-        <v>Lithium Iron Phosphate</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
       </c>
       <c r="BE7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
-        <v>Lithium Iron Phosphate</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
       </c>
       <c r="BF7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
-        <v>Lithium Iron Phosphate</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
       </c>
       <c r="BG7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BH7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BI7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BJ7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BK7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BL7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
@@ -11135,4729 +13134,5810 @@
       <c r="BY7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BZ7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CA7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CB7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CC7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CD7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CE7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CF7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CG7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CH7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CI7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CJ7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CK7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CL7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CM7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CN7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CO7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CP7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CQ7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CR7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CS7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-[...3 lines deleted...]
-        <v>184</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="CT7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CU7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CV7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CW7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CX7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CY7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CZ7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DA7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
+      <c r="DB7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DC7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DD7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DE7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DF7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DG7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DH7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DI7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DJ7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DK7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DL7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DM7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DN7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DO7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DP7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DQ7" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="DR7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="DS7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="DT7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="DU7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="DV7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="DW7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="DX7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
     </row>
     <row r="8" spans="1:702">
       <c r="A8" s="1" t="s">
-        <v>185</v>
+        <v>223</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="M8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="O8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="P8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="Q8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="R8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="S8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="T8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="U8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="V8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="W8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="X8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="Y8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="Z8" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="AA8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="AB8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="AC8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="AD8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="AE8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="AF8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="AG8" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AH8" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AI8" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AJ8" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AK8" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AL8" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AM8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AN8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AO8" s="1" t="s">
-        <v>188</v>
+        <v>225</v>
       </c>
       <c r="AP8" s="1" t="s">
-        <v>188</v>
+        <v>224</v>
       </c>
       <c r="AQ8" s="1" t="s">
-        <v>188</v>
+        <v>224</v>
       </c>
       <c r="AR8" s="1" t="s">
-        <v>188</v>
+        <v>224</v>
       </c>
       <c r="AS8" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="AT8" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="AU8" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="AV8" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="AW8" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="AX8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="AY8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="AZ8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="BA8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="BB8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="BC8" s="1" t="s">
-        <v>186</v>
+        <v>226</v>
       </c>
       <c r="BD8" s="1" t="s">
-        <v>186</v>
+        <v>226</v>
       </c>
       <c r="BE8" s="1" t="s">
-        <v>186</v>
+        <v>226</v>
       </c>
       <c r="BF8" s="1" t="s">
-        <v>187</v>
+        <v>226</v>
       </c>
       <c r="BG8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BH8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BI8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BJ8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BK8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BL8" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="BM8" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="BN8" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="BO8" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="BP8" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="BQ8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BR8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BS8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BT8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BU8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BV8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="BW8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="BX8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="BY8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="BZ8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="CA8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="CB8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="CC8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CD8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CE8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CF8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CG8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CH8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CI8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CJ8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CK8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CL8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CM8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="CN8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="CO8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="CP8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="CQ8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="CR8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="CS8" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="CT8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CU8" s="1" t="s">
-        <v>189</v>
+        <v>225</v>
       </c>
       <c r="CV8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CW8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CX8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CY8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CZ8" s="1" t="s">
-        <v>189</v>
+        <v>225</v>
       </c>
       <c r="DA8" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
+      </c>
+      <c r="DB8" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DC8" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DD8" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DE8" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DF8" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DG8" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DH8" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DI8" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DJ8" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DK8" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DL8" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DM8" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DN8" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DO8" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DP8" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DQ8" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DR8" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="DS8" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DT8" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DU8" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DV8" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DW8" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="DX8" s="1" t="s">
+        <v>225</v>
       </c>
     </row>
     <row r="9" spans="1:702">
       <c r="A9" s="1" t="s">
-        <v>190</v>
+        <v>228</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>191</v>
+        <v>229</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>192</v>
+        <v>230</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>193</v>
+        <v>231</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>194</v>
+        <v>232</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>195</v>
+        <v>233</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>196</v>
+        <v>234</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>197</v>
+        <v>235</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>198</v>
+        <v>236</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>199</v>
+        <v>237</v>
       </c>
       <c r="K9" s="1" t="s">
-        <v>200</v>
+        <v>238</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>201</v>
+        <v>239</v>
       </c>
       <c r="M9" s="1" t="s">
-        <v>202</v>
+        <v>240</v>
       </c>
       <c r="N9" s="1" t="s">
-        <v>203</v>
+        <v>241</v>
       </c>
       <c r="O9" s="1" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="P9" s="1" t="s">
-        <v>205</v>
+        <v>243</v>
       </c>
       <c r="Q9" s="1" t="s">
-        <v>206</v>
+        <v>244</v>
       </c>
       <c r="R9" s="1" t="s">
-        <v>207</v>
+        <v>245</v>
       </c>
       <c r="S9" s="1" t="s">
-        <v>208</v>
+        <v>241</v>
       </c>
       <c r="T9" s="1" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="U9" s="1" t="s">
-        <v>205</v>
+        <v>243</v>
       </c>
       <c r="V9" s="1" t="s">
-        <v>206</v>
+        <v>240</v>
       </c>
       <c r="W9" s="1" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="X9" s="1" t="s">
-        <v>202</v>
+        <v>244</v>
       </c>
       <c r="Y9" s="1" t="s">
-        <v>207</v>
+        <v>245</v>
       </c>
       <c r="Z9" s="1" t="s">
-        <v>208</v>
+        <v>246</v>
       </c>
       <c r="AA9" s="1" t="s">
-        <v>209</v>
+        <v>247</v>
       </c>
       <c r="AB9" s="1" t="s">
-        <v>210</v>
+        <v>248</v>
       </c>
       <c r="AC9" s="1" t="s">
-        <v>211</v>
+        <v>249</v>
       </c>
       <c r="AD9" s="1" t="s">
-        <v>212</v>
+        <v>250</v>
       </c>
       <c r="AE9" s="1" t="s">
-        <v>213</v>
+        <v>251</v>
       </c>
       <c r="AF9" s="1" t="s">
-        <v>214</v>
+        <v>252</v>
       </c>
       <c r="AG9" s="1" t="s">
-        <v>195</v>
+        <v>253</v>
       </c>
       <c r="AH9" s="1" t="s">
-        <v>215</v>
+        <v>254</v>
       </c>
       <c r="AI9" s="1" t="s">
-        <v>216</v>
+        <v>234</v>
       </c>
       <c r="AJ9" s="1" t="s">
-        <v>217</v>
+        <v>235</v>
       </c>
       <c r="AK9" s="1" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="AL9" s="1" t="s">
-        <v>219</v>
+        <v>255</v>
       </c>
       <c r="AM9" s="1" t="s">
-        <v>220</v>
+        <v>256</v>
       </c>
       <c r="AN9" s="1" t="s">
-        <v>221</v>
+        <v>257</v>
       </c>
       <c r="AO9" s="1" t="s">
-        <v>222</v>
+        <v>258</v>
       </c>
       <c r="AP9" s="1" t="s">
-        <v>223</v>
+        <v>259</v>
       </c>
       <c r="AQ9" s="1" t="s">
-        <v>224</v>
+        <v>260</v>
       </c>
       <c r="AR9" s="1" t="s">
-        <v>225</v>
+        <v>261</v>
       </c>
       <c r="AS9" s="1" t="s">
-        <v>220</v>
+        <v>262</v>
       </c>
       <c r="AT9" s="1" t="s">
-        <v>226</v>
+        <v>263</v>
       </c>
       <c r="AU9" s="1" t="s">
-        <v>227</v>
+        <v>264</v>
       </c>
       <c r="AV9" s="1" t="s">
-        <v>228</v>
+        <v>265</v>
       </c>
       <c r="AW9" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="AX9" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="AY9" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="AZ9" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="BA9" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="BB9" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="BC9" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="BD9" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="BE9" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="BF9" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="BG9" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="BH9" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="BI9" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="BJ9" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="BK9" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="BL9" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="BM9" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="BN9" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="BO9" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="BP9" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="BQ9" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="BR9" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="BS9" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="BT9" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="BU9" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="BV9" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="BW9" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="BX9" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="AX9" s="1" t="s">
+      <c r="BY9" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AY9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AZ9" s="1" t="s">
+      <c r="BZ9" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="BA9" s="1" t="s">
-[...11 lines deleted...]
-      <c r="BE9" s="1" t="s">
+      <c r="CA9" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="BF9" s="1" t="s">
-[...5 lines deleted...]
-      <c r="BH9" s="1" t="s">
+      <c r="CB9" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="CC9" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="CD9" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="CE9" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="CF9" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="CG9" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="CH9" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="CI9" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="BI9" s="1" t="s">
+      <c r="CJ9" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="BJ9" s="1" t="s">
+      <c r="CK9" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="BK9" s="1" t="s">
-[...11 lines deleted...]
-      <c r="BO9" s="1" t="s">
+      <c r="CL9" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="CM9" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="CN9" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="CO9" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="CP9" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="CQ9" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="CR9" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="CS9" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="CT9" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="CU9" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="CV9" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="CW9" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="CX9" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="CY9" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="CZ9" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="BP9" s="1" t="s">
-[...95 lines deleted...]
-      <c r="CV9" s="1" t="s">
+      <c r="DA9" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="DB9" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="DC9" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="DD9" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="DE9" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="DF9" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="DG9" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="DH9" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="DI9" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="DJ9" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="DK9" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="DL9" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="DM9" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="DN9" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="DO9" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="DP9" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="DQ9" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="DR9" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="CW9" s="1" t="s">
-[...12 lines deleted...]
-        <v>246</v>
+      <c r="DS9" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="DT9" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="DU9" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="DV9" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="DW9" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="DX9" s="1" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="10" spans="1:702">
       <c r="A10" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="L10" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="M10" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="N10" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="O10" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="P10" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="Q10" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="R10" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="S10" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="T10" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="U10" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="V10" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="W10" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="X10" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="Y10" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="Z10" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="AA10" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="AB10" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="AC10" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="AD10" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="AE10" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="AF10" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="AG10" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="AH10" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="AI10" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="AJ10" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="AK10" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="AL10" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="AM10" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AN10" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="AO10" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="AP10" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...29 lines deleted...]
-      <c r="L10" s="1" t="s">
+      <c r="AQ10" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="M10" s="1" t="s">
+      <c r="AR10" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="N10" s="1" t="s">
+      <c r="AS10" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="O10" s="1" t="s">
+      <c r="AT10" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="P10" s="1" t="s">
+      <c r="AU10" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="Q10" s="1" t="s">
+      <c r="AV10" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="R10" s="1" t="s">
+      <c r="AW10" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="AX10" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="S10" s="1" t="s">
+      <c r="AY10" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="T10" s="1" t="s">
-[...56 lines deleted...]
-      <c r="AM10" s="1" t="s">
+      <c r="AZ10" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="BA10" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="BB10" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="BC10" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="BD10" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="BE10" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="BF10" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="BG10" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="BH10" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="BI10" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="BJ10" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="BK10" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="BL10" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="BM10" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="BN10" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="BO10" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="BP10" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="BQ10" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BR10" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="BS10" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="BT10" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="BU10" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="BV10" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="BW10" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="BX10" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BY10" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="BZ10" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="AN10" s="1" t="s">
-[...20 lines deleted...]
-      <c r="AU10" s="1" t="s">
+      <c r="CA10" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="AV10" s="1" t="s">
-[...86 lines deleted...]
-      <c r="BY10" s="1" t="s">
+      <c r="CB10" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="BZ10" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="CC10" s="1" t="s">
-        <v>290</v>
+        <v>330</v>
       </c>
       <c r="CD10" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="CE10" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="CF10" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="CG10" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="CH10" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="CI10" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="CJ10" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="CK10" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="CL10" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="CM10" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="CN10" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="CO10" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="CP10" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="CE10" s="1" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="CQ10" s="1" t="s">
-        <v>249</v>
+        <v>335</v>
       </c>
       <c r="CR10" s="1" t="s">
-        <v>251</v>
+        <v>336</v>
       </c>
       <c r="CS10" s="1" t="s">
-        <v>252</v>
+        <v>337</v>
       </c>
       <c r="CT10" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="CU10" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="CV10" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="CW10" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="CX10" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="CY10" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="CZ10" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="DA10" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="DB10" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="DC10" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="DD10" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="DE10" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="DF10" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="DG10" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="DH10" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="DI10" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="DJ10" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="CU10" s="1" t="s">
+      <c r="DK10" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="CV10" s="1" t="s">
+      <c r="DL10" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="CW10" s="1" t="s">
+      <c r="DM10" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="DN10" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="CX10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="CY10" s="1" t="s">
+      <c r="DO10" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="CZ10" s="1" t="s">
-[...3 lines deleted...]
-        <v>271</v>
+      <c r="DP10" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="DQ10" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="DR10" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="DS10" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="DT10" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="DU10" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="DV10" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="DW10" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="DX10" s="1" t="s">
+        <v>321</v>
       </c>
     </row>
     <row r="11" spans="1:702">
       <c r="A11" s="1" t="s">
-        <v>303</v>
+        <v>357</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>305</v>
+        <v>359</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>306</v>
+        <v>359</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>306</v>
+        <v>359</v>
       </c>
       <c r="O11" s="1" t="s">
-        <v>306</v>
+        <v>359</v>
       </c>
       <c r="P11" s="1" t="s">
-        <v>306</v>
+        <v>359</v>
       </c>
       <c r="Q11" s="1" t="s">
-        <v>306</v>
+        <v>359</v>
       </c>
       <c r="R11" s="1" t="s">
-        <v>306</v>
+        <v>359</v>
       </c>
       <c r="S11" s="1" t="s">
-        <v>306</v>
+        <v>359</v>
       </c>
       <c r="T11" s="1" t="s">
-        <v>306</v>
+        <v>359</v>
       </c>
       <c r="U11" s="1" t="s">
-        <v>306</v>
+        <v>359</v>
       </c>
       <c r="V11" s="1" t="s">
-        <v>306</v>
+        <v>359</v>
       </c>
       <c r="W11" s="1" t="s">
-        <v>306</v>
+        <v>359</v>
       </c>
       <c r="X11" s="1" t="s">
-        <v>306</v>
+        <v>359</v>
       </c>
       <c r="Y11" s="1" t="s">
-        <v>306</v>
+        <v>359</v>
       </c>
       <c r="Z11" s="1" t="s">
-        <v>306</v>
+        <v>358</v>
       </c>
       <c r="AA11" s="1" t="s">
-        <v>307</v>
+        <v>358</v>
       </c>
       <c r="AB11" s="1" t="s">
-        <v>307</v>
+        <v>358</v>
       </c>
       <c r="AC11" s="1" t="s">
-        <v>307</v>
+        <v>358</v>
       </c>
       <c r="AD11" s="1" t="s">
-        <v>307</v>
+        <v>358</v>
       </c>
       <c r="AE11" s="1" t="s">
-        <v>307</v>
+        <v>358</v>
       </c>
       <c r="AF11" s="1" t="s">
-        <v>307</v>
+        <v>358</v>
       </c>
       <c r="AG11" s="1" t="s">
-        <v>308</v>
+        <v>360</v>
       </c>
       <c r="AH11" s="1" t="s">
-        <v>308</v>
+        <v>360</v>
       </c>
       <c r="AI11" s="1" t="s">
-        <v>308</v>
+        <v>360</v>
       </c>
       <c r="AJ11" s="1" t="s">
-        <v>309</v>
+        <v>360</v>
       </c>
       <c r="AK11" s="1" t="s">
-        <v>309</v>
+        <v>360</v>
       </c>
       <c r="AL11" s="1" t="s">
-        <v>310</v>
+        <v>361</v>
       </c>
       <c r="AM11" s="1" t="s">
-        <v>311</v>
+        <v>361</v>
       </c>
       <c r="AN11" s="1" t="s">
-        <v>312</v>
+        <v>361</v>
       </c>
       <c r="AO11" s="1" t="s">
-        <v>313</v>
+        <v>362</v>
       </c>
       <c r="AP11" s="1" t="s">
-        <v>314</v>
+        <v>363</v>
       </c>
       <c r="AQ11" s="1" t="s">
-        <v>314</v>
+        <v>363</v>
       </c>
       <c r="AR11" s="1" t="s">
-        <v>314</v>
+        <v>363</v>
       </c>
       <c r="AS11" s="1" t="s">
-        <v>304</v>
+        <v>363</v>
       </c>
       <c r="AT11" s="1" t="s">
-        <v>304</v>
+        <v>363</v>
       </c>
       <c r="AU11" s="1" t="s">
-        <v>304</v>
+        <v>363</v>
       </c>
       <c r="AV11" s="1" t="s">
-        <v>304</v>
+        <v>363</v>
       </c>
       <c r="AW11" s="1" t="s">
-        <v>304</v>
+        <v>364</v>
       </c>
       <c r="AX11" s="1" t="s">
-        <v>310</v>
+        <v>364</v>
       </c>
       <c r="AY11" s="1" t="s">
-        <v>315</v>
+        <v>364</v>
       </c>
       <c r="AZ11" s="1" t="s">
-        <v>315</v>
+        <v>365</v>
       </c>
       <c r="BA11" s="1" t="s">
-        <v>315</v>
+        <v>365</v>
       </c>
       <c r="BB11" s="1" t="s">
-        <v>315</v>
+        <v>366</v>
       </c>
       <c r="BC11" s="1" t="s">
-        <v>315</v>
+        <v>367</v>
       </c>
       <c r="BD11" s="1" t="s">
-        <v>315</v>
+        <v>368</v>
       </c>
       <c r="BE11" s="1" t="s">
-        <v>315</v>
+        <v>368</v>
       </c>
       <c r="BF11" s="1" t="s">
-        <v>304</v>
+        <v>368</v>
       </c>
       <c r="BG11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="BH11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="BI11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="BJ11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="BK11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="BL11" s="1" t="s">
-        <v>304</v>
+        <v>366</v>
       </c>
       <c r="BM11" s="1" t="s">
-        <v>304</v>
+        <v>366</v>
       </c>
       <c r="BN11" s="1" t="s">
-        <v>304</v>
+        <v>366</v>
       </c>
       <c r="BO11" s="1" t="s">
-        <v>304</v>
+        <v>366</v>
       </c>
       <c r="BP11" s="1" t="s">
-        <v>304</v>
+        <v>366</v>
       </c>
       <c r="BQ11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="BR11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="BS11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="BT11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="BU11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="BV11" s="1" t="s">
-        <v>316</v>
+        <v>369</v>
       </c>
       <c r="BW11" s="1" t="s">
-        <v>316</v>
+        <v>369</v>
       </c>
       <c r="BX11" s="1" t="s">
-        <v>317</v>
+        <v>369</v>
       </c>
       <c r="BY11" s="1" t="s">
-        <v>317</v>
+        <v>369</v>
       </c>
       <c r="BZ11" s="1" t="s">
-        <v>317</v>
+        <v>369</v>
       </c>
       <c r="CA11" s="1" t="s">
-        <v>317</v>
+        <v>369</v>
       </c>
       <c r="CB11" s="1" t="s">
-        <v>310</v>
+        <v>369</v>
       </c>
       <c r="CC11" s="1" t="s">
-        <v>318</v>
+        <v>358</v>
       </c>
       <c r="CD11" s="1" t="s">
-        <v>318</v>
+        <v>358</v>
       </c>
       <c r="CE11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="CF11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="CG11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="CH11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="CI11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="CJ11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="CK11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="CL11" s="1" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="CM11" s="1" t="s">
-        <v>304</v>
+        <v>370</v>
       </c>
       <c r="CN11" s="1" t="s">
-        <v>304</v>
+        <v>370</v>
       </c>
       <c r="CO11" s="1" t="s">
-        <v>304</v>
+        <v>370</v>
       </c>
       <c r="CP11" s="1" t="s">
-        <v>304</v>
+        <v>371</v>
       </c>
       <c r="CQ11" s="1" t="s">
-        <v>304</v>
+        <v>371</v>
       </c>
       <c r="CR11" s="1" t="s">
-        <v>304</v>
+        <v>371</v>
       </c>
       <c r="CS11" s="1" t="s">
-        <v>304</v>
+        <v>371</v>
       </c>
       <c r="CT11" s="1" t="s">
-        <v>310</v>
+        <v>366</v>
       </c>
       <c r="CU11" s="1" t="s">
-        <v>319</v>
+        <v>366</v>
       </c>
       <c r="CV11" s="1" t="s">
-        <v>320</v>
+        <v>366</v>
       </c>
       <c r="CW11" s="1" t="s">
-        <v>320</v>
+        <v>372</v>
       </c>
       <c r="CX11" s="1" t="s">
-        <v>320</v>
+        <v>372</v>
       </c>
       <c r="CY11" s="1" t="s">
-        <v>320</v>
+        <v>372</v>
       </c>
       <c r="CZ11" s="1" t="s">
-        <v>321</v>
+        <v>372</v>
       </c>
       <c r="DA11" s="1" t="s">
-        <v>310</v>
+        <v>372</v>
+      </c>
+      <c r="DB11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DC11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DD11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DE11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DF11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DG11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DH11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DI11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DJ11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DK11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DL11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DM11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DN11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DO11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DP11" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DQ11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DR11" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="DS11" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="DT11" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="DU11" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="DV11" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="DW11" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="DX11" s="1" t="s">
+        <v>366</v>
       </c>
     </row>
     <row r="12" spans="1:702">
       <c r="A12" s="1" t="s">
-        <v>322</v>
+        <v>376</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>323</v>
+        <v>377</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>324</v>
+        <v>378</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>324</v>
+        <v>378</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>324</v>
+        <v>378</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>325</v>
+        <v>379</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>326</v>
+        <v>380</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>327</v>
+        <v>381</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>327</v>
+        <v>381</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>327</v>
+        <v>381</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>327</v>
+        <v>381</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>328</v>
+        <v>382</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>329</v>
+        <v>383</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>330</v>
+        <v>384</v>
       </c>
       <c r="O12" s="1" t="s">
-        <v>331</v>
+        <v>384</v>
       </c>
       <c r="P12" s="1" t="s">
-        <v>331</v>
+        <v>384</v>
       </c>
       <c r="Q12" s="1" t="s">
-        <v>331</v>
+        <v>382</v>
       </c>
       <c r="R12" s="1" t="s">
-        <v>329</v>
+        <v>382</v>
       </c>
       <c r="S12" s="1" t="s">
-        <v>329</v>
+        <v>384</v>
       </c>
       <c r="T12" s="1" t="s">
-        <v>331</v>
+        <v>384</v>
       </c>
       <c r="U12" s="1" t="s">
-        <v>331</v>
+        <v>384</v>
       </c>
       <c r="V12" s="1" t="s">
-        <v>331</v>
+        <v>382</v>
       </c>
       <c r="W12" s="1" t="s">
-        <v>329</v>
+        <v>382</v>
       </c>
       <c r="X12" s="1" t="s">
-        <v>329</v>
+        <v>382</v>
       </c>
       <c r="Y12" s="1" t="s">
-        <v>329</v>
+        <v>382</v>
       </c>
       <c r="Z12" s="1" t="s">
-        <v>329</v>
+        <v>385</v>
       </c>
       <c r="AA12" s="1" t="s">
-        <v>332</v>
+        <v>386</v>
       </c>
       <c r="AB12" s="1" t="s">
-        <v>332</v>
+        <v>387</v>
       </c>
       <c r="AC12" s="1" t="s">
-        <v>332</v>
+        <v>388</v>
       </c>
       <c r="AD12" s="1" t="s">
-        <v>332</v>
+        <v>389</v>
       </c>
       <c r="AE12" s="1" t="s">
-        <v>332</v>
+        <v>390</v>
       </c>
       <c r="AF12" s="1" t="s">
-        <v>332</v>
+        <v>391</v>
       </c>
       <c r="AG12" s="1" t="s">
-        <v>329</v>
+        <v>382</v>
       </c>
       <c r="AH12" s="1" t="s">
-        <v>329</v>
+        <v>382</v>
       </c>
       <c r="AI12" s="1" t="s">
-        <v>329</v>
+        <v>382</v>
       </c>
       <c r="AJ12" s="1" t="s">
-        <v>333</v>
+        <v>382</v>
       </c>
       <c r="AK12" s="1" t="s">
-        <v>334</v>
+        <v>382</v>
       </c>
       <c r="AL12" s="1" t="s">
-        <v>335</v>
+        <v>382</v>
       </c>
       <c r="AM12" s="1" t="s">
-        <v>329</v>
+        <v>382</v>
       </c>
       <c r="AN12" s="1" t="s">
-        <v>331</v>
+        <v>382</v>
       </c>
       <c r="AO12" s="1" t="s">
-        <v>336</v>
+        <v>392</v>
       </c>
       <c r="AP12" s="1" t="s">
-        <v>337</v>
+        <v>393</v>
       </c>
       <c r="AQ12" s="1" t="s">
-        <v>337</v>
+        <v>393</v>
       </c>
       <c r="AR12" s="1" t="s">
-        <v>337</v>
+        <v>393</v>
       </c>
       <c r="AS12" s="1" t="s">
-        <v>329</v>
+        <v>393</v>
       </c>
       <c r="AT12" s="1" t="s">
-        <v>329</v>
+        <v>393</v>
       </c>
       <c r="AU12" s="1" t="s">
-        <v>329</v>
+        <v>393</v>
       </c>
       <c r="AV12" s="1" t="s">
-        <v>329</v>
+        <v>393</v>
       </c>
       <c r="AW12" s="1" t="s">
-        <v>329</v>
+        <v>382</v>
       </c>
       <c r="AX12" s="1" t="s">
-        <v>329</v>
+        <v>382</v>
       </c>
       <c r="AY12" s="1" t="s">
-        <v>338</v>
+        <v>382</v>
       </c>
       <c r="AZ12" s="1" t="s">
-        <v>339</v>
+        <v>394</v>
       </c>
       <c r="BA12" s="1" t="s">
-        <v>340</v>
+        <v>395</v>
       </c>
       <c r="BB12" s="1" t="s">
-        <v>341</v>
+        <v>396</v>
       </c>
       <c r="BC12" s="1" t="s">
-        <v>342</v>
+        <v>397</v>
       </c>
       <c r="BD12" s="1" t="s">
-        <v>343</v>
+        <v>398</v>
       </c>
       <c r="BE12" s="1" t="s">
-        <v>344</v>
+        <v>398</v>
       </c>
       <c r="BF12" s="1" t="s">
-        <v>330</v>
+        <v>398</v>
       </c>
       <c r="BG12" s="1" t="s">
-        <v>330</v>
+        <v>382</v>
       </c>
       <c r="BH12" s="1" t="s">
-        <v>330</v>
+        <v>382</v>
       </c>
       <c r="BI12" s="1" t="s">
-        <v>330</v>
+        <v>382</v>
       </c>
       <c r="BJ12" s="1" t="s">
-        <v>330</v>
+        <v>382</v>
       </c>
       <c r="BK12" s="1" t="s">
-        <v>345</v>
+        <v>382</v>
       </c>
       <c r="BL12" s="1" t="s">
-        <v>345</v>
+        <v>382</v>
       </c>
       <c r="BM12" s="1" t="s">
-        <v>345</v>
+        <v>399</v>
       </c>
       <c r="BN12" s="1" t="s">
-        <v>345</v>
+        <v>400</v>
       </c>
       <c r="BO12" s="1" t="s">
-        <v>345</v>
+        <v>400</v>
       </c>
       <c r="BP12" s="1" t="s">
-        <v>345</v>
+        <v>400</v>
       </c>
       <c r="BQ12" s="1" t="s">
-        <v>346</v>
+        <v>401</v>
       </c>
       <c r="BR12" s="1" t="s">
-        <v>346</v>
+        <v>401</v>
       </c>
       <c r="BS12" s="1" t="s">
-        <v>346</v>
+        <v>401</v>
       </c>
       <c r="BT12" s="1" t="s">
-        <v>346</v>
+        <v>401</v>
       </c>
       <c r="BU12" s="1" t="s">
-        <v>346</v>
+        <v>401</v>
       </c>
       <c r="BV12" s="1" t="s">
-        <v>329</v>
+        <v>386</v>
       </c>
       <c r="BW12" s="1" t="s">
-        <v>329</v>
+        <v>385</v>
       </c>
       <c r="BX12" s="1" t="s">
-        <v>347</v>
+        <v>402</v>
       </c>
       <c r="BY12" s="1" t="s">
-        <v>348</v>
+        <v>388</v>
       </c>
       <c r="BZ12" s="1" t="s">
-        <v>348</v>
+        <v>389</v>
       </c>
       <c r="CA12" s="1" t="s">
-        <v>348</v>
+        <v>390</v>
       </c>
       <c r="CB12" s="1" t="s">
-        <v>329</v>
+        <v>391</v>
       </c>
       <c r="CC12" s="1" t="s">
-        <v>329</v>
+        <v>383</v>
       </c>
       <c r="CD12" s="1" t="s">
-        <v>329</v>
+        <v>383</v>
       </c>
       <c r="CE12" s="1" t="s">
-        <v>349</v>
+        <v>383</v>
       </c>
       <c r="CF12" s="1" t="s">
-        <v>349</v>
+        <v>383</v>
       </c>
       <c r="CG12" s="1" t="s">
-        <v>349</v>
+        <v>383</v>
       </c>
       <c r="CH12" s="1" t="s">
-        <v>350</v>
+        <v>403</v>
       </c>
       <c r="CI12" s="1" t="s">
-        <v>350</v>
+        <v>403</v>
       </c>
       <c r="CJ12" s="1" t="s">
-        <v>350</v>
+        <v>403</v>
       </c>
       <c r="CK12" s="1" t="s">
-        <v>350</v>
+        <v>403</v>
       </c>
       <c r="CL12" s="1" t="s">
-        <v>350</v>
+        <v>403</v>
       </c>
       <c r="CM12" s="1" t="s">
-        <v>351</v>
+        <v>382</v>
       </c>
       <c r="CN12" s="1" t="s">
-        <v>352</v>
+        <v>382</v>
       </c>
       <c r="CO12" s="1" t="s">
-        <v>353</v>
+        <v>382</v>
       </c>
       <c r="CP12" s="1" t="s">
-        <v>354</v>
+        <v>404</v>
       </c>
       <c r="CQ12" s="1" t="s">
-        <v>355</v>
+        <v>405</v>
       </c>
       <c r="CR12" s="1" t="s">
-        <v>356</v>
+        <v>405</v>
       </c>
       <c r="CS12" s="1" t="s">
-        <v>357</v>
+        <v>405</v>
       </c>
       <c r="CT12" s="1" t="s">
-        <v>332</v>
+        <v>382</v>
       </c>
       <c r="CU12" s="1" t="s">
-        <v>358</v>
+        <v>406</v>
       </c>
       <c r="CV12" s="1" t="s">
-        <v>359</v>
+        <v>407</v>
       </c>
       <c r="CW12" s="1" t="s">
-        <v>359</v>
+        <v>382</v>
       </c>
       <c r="CX12" s="1" t="s">
-        <v>359</v>
+        <v>382</v>
       </c>
       <c r="CY12" s="1" t="s">
-        <v>359</v>
+        <v>382</v>
       </c>
       <c r="CZ12" s="1" t="s">
-        <v>360</v>
+        <v>382</v>
       </c>
       <c r="DA12" s="1" t="s">
-        <v>329</v>
+        <v>382</v>
+      </c>
+      <c r="DB12" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="DC12" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="DD12" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="DE12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="DF12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="DG12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="DH12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="DI12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="DJ12" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="DK12" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="DL12" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="DM12" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="DN12" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="DO12" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="DP12" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="DQ12" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="DR12" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="DS12" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="DT12" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="DU12" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="DV12" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="DW12" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="DX12" s="1" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="13" spans="1:702">
       <c r="A13" s="1" t="s">
-        <v>361</v>
+        <v>420</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>362</v>
+        <v>421</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>363</v>
+        <v>422</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>364</v>
+        <v>423</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>365</v>
+        <v>424</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>366</v>
+        <v>425</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>367</v>
+        <v>426</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>368</v>
+        <v>427</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>369</v>
+        <v>428</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>370</v>
+        <v>429</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>371</v>
+        <v>430</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>372</v>
+        <v>431</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>373</v>
+        <v>432</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>374</v>
+        <v>433</v>
       </c>
       <c r="O13" s="1" t="s">
-        <v>375</v>
+        <v>434</v>
       </c>
       <c r="P13" s="1" t="s">
-        <v>376</v>
+        <v>435</v>
       </c>
       <c r="Q13" s="1" t="s">
-        <v>377</v>
+        <v>431</v>
       </c>
       <c r="R13" s="1" t="s">
-        <v>373</v>
+        <v>436</v>
       </c>
       <c r="S13" s="1" t="s">
-        <v>378</v>
+        <v>433</v>
       </c>
       <c r="T13" s="1" t="s">
-        <v>375</v>
+        <v>434</v>
       </c>
       <c r="U13" s="1" t="s">
-        <v>376</v>
+        <v>435</v>
       </c>
       <c r="V13" s="1" t="s">
-        <v>377</v>
+        <v>437</v>
       </c>
       <c r="W13" s="1" t="s">
-        <v>379</v>
+        <v>438</v>
       </c>
       <c r="X13" s="1" t="s">
-        <v>380</v>
+        <v>439</v>
       </c>
       <c r="Y13" s="1" t="s">
-        <v>381</v>
+        <v>440</v>
       </c>
       <c r="Z13" s="1" t="s">
-        <v>382</v>
+        <v>441</v>
       </c>
       <c r="AA13" s="1" t="s">
-        <v>383</v>
+        <v>442</v>
       </c>
       <c r="AB13" s="1" t="s">
-        <v>384</v>
+        <v>443</v>
       </c>
       <c r="AC13" s="1" t="s">
-        <v>385</v>
+        <v>444</v>
       </c>
       <c r="AD13" s="1" t="s">
-        <v>386</v>
+        <v>445</v>
       </c>
       <c r="AE13" s="1" t="s">
-        <v>387</v>
+        <v>446</v>
       </c>
       <c r="AF13" s="1" t="s">
-        <v>388</v>
+        <v>447</v>
       </c>
       <c r="AG13" s="1" t="s">
-        <v>386</v>
+        <v>448</v>
       </c>
       <c r="AH13" s="1" t="s">
-        <v>387</v>
+        <v>439</v>
       </c>
       <c r="AI13" s="1" t="s">
-        <v>388</v>
+        <v>449</v>
       </c>
       <c r="AJ13" s="1" t="s">
-        <v>389</v>
+        <v>450</v>
       </c>
       <c r="AK13" s="1" t="s">
-        <v>390</v>
+        <v>451</v>
       </c>
       <c r="AL13" s="1" t="s">
-        <v>391</v>
+        <v>452</v>
       </c>
       <c r="AM13" s="1" t="s">
-        <v>392</v>
+        <v>453</v>
       </c>
       <c r="AN13" s="1" t="s">
-        <v>393</v>
+        <v>454</v>
       </c>
       <c r="AO13" s="1" t="s">
-        <v>394</v>
+        <v>455</v>
       </c>
       <c r="AP13" s="1" t="s">
-        <v>395</v>
+        <v>456</v>
       </c>
       <c r="AQ13" s="1" t="s">
-        <v>396</v>
+        <v>457</v>
       </c>
       <c r="AR13" s="1" t="s">
-        <v>397</v>
+        <v>458</v>
       </c>
       <c r="AS13" s="1" t="s">
-        <v>394</v>
+        <v>459</v>
       </c>
       <c r="AT13" s="1" t="s">
-        <v>398</v>
+        <v>460</v>
       </c>
       <c r="AU13" s="1" t="s">
-        <v>399</v>
+        <v>461</v>
       </c>
       <c r="AV13" s="1" t="s">
-        <v>400</v>
+        <v>462</v>
       </c>
       <c r="AW13" s="1" t="s">
-        <v>401</v>
+        <v>460</v>
       </c>
       <c r="AX13" s="1" t="s">
-        <v>402</v>
+        <v>461</v>
       </c>
       <c r="AY13" s="1" t="s">
-        <v>403</v>
+        <v>462</v>
       </c>
       <c r="AZ13" s="1" t="s">
-        <v>404</v>
+        <v>463</v>
       </c>
       <c r="BA13" s="1" t="s">
-        <v>405</v>
+        <v>464</v>
       </c>
       <c r="BB13" s="1" t="s">
-        <v>406</v>
+        <v>465</v>
       </c>
       <c r="BC13" s="1" t="s">
-        <v>407</v>
+        <v>466</v>
       </c>
       <c r="BD13" s="1" t="s">
-        <v>408</v>
+        <v>467</v>
       </c>
       <c r="BE13" s="1" t="s">
-        <v>409</v>
+        <v>468</v>
       </c>
       <c r="BF13" s="1" t="s">
-        <v>410</v>
+        <v>469</v>
       </c>
       <c r="BG13" s="1" t="s">
-        <v>411</v>
+        <v>466</v>
       </c>
       <c r="BH13" s="1" t="s">
-        <v>383</v>
+        <v>470</v>
       </c>
       <c r="BI13" s="1" t="s">
-        <v>412</v>
+        <v>471</v>
       </c>
       <c r="BJ13" s="1" t="s">
-        <v>413</v>
+        <v>472</v>
       </c>
       <c r="BK13" s="1" t="s">
-        <v>414</v>
+        <v>473</v>
       </c>
       <c r="BL13" s="1" t="s">
-        <v>415</v>
+        <v>474</v>
       </c>
       <c r="BM13" s="1" t="s">
-        <v>416</v>
+        <v>475</v>
       </c>
       <c r="BN13" s="1" t="s">
-        <v>417</v>
+        <v>476</v>
       </c>
       <c r="BO13" s="1" t="s">
-        <v>418</v>
+        <v>477</v>
       </c>
       <c r="BP13" s="1" t="s">
-        <v>419</v>
+        <v>451</v>
       </c>
       <c r="BQ13" s="1" t="s">
-        <v>420</v>
+        <v>478</v>
       </c>
       <c r="BR13" s="1" t="s">
-        <v>421</v>
+        <v>450</v>
       </c>
       <c r="BS13" s="1" t="s">
-        <v>422</v>
+        <v>479</v>
       </c>
       <c r="BT13" s="1" t="s">
-        <v>423</v>
+        <v>479</v>
       </c>
       <c r="BU13" s="1" t="s">
-        <v>424</v>
+        <v>480</v>
       </c>
       <c r="BV13" s="1" t="s">
-        <v>425</v>
+        <v>481</v>
       </c>
       <c r="BW13" s="1" t="s">
-        <v>426</v>
+        <v>482</v>
       </c>
       <c r="BX13" s="1" t="s">
-        <v>382</v>
+        <v>478</v>
       </c>
       <c r="BY13" s="1" t="s">
-        <v>427</v>
+        <v>483</v>
       </c>
       <c r="BZ13" s="1" t="s">
-        <v>428</v>
+        <v>484</v>
       </c>
       <c r="CA13" s="1" t="s">
-        <v>429</v>
+        <v>485</v>
       </c>
       <c r="CB13" s="1" t="s">
-        <v>430</v>
+        <v>486</v>
       </c>
       <c r="CC13" s="1" t="s">
-        <v>431</v>
+        <v>487</v>
       </c>
       <c r="CD13" s="1" t="s">
-        <v>432</v>
+        <v>488</v>
       </c>
       <c r="CE13" s="1" t="s">
-        <v>433</v>
+        <v>456</v>
       </c>
       <c r="CF13" s="1" t="s">
-        <v>434</v>
+        <v>489</v>
       </c>
       <c r="CG13" s="1" t="s">
-        <v>435</v>
+        <v>490</v>
       </c>
       <c r="CH13" s="1" t="s">
-        <v>436</v>
+        <v>491</v>
       </c>
       <c r="CI13" s="1" t="s">
-        <v>437</v>
+        <v>492</v>
       </c>
       <c r="CJ13" s="1" t="s">
-        <v>438</v>
+        <v>493</v>
       </c>
       <c r="CK13" s="1" t="s">
-        <v>412</v>
+        <v>494</v>
       </c>
       <c r="CL13" s="1" t="s">
-        <v>439</v>
+        <v>495</v>
       </c>
       <c r="CM13" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="CN13" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="CO13" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="CP13" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="CN13" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="CQ13" s="1" t="s">
-        <v>444</v>
+        <v>499</v>
       </c>
       <c r="CR13" s="1" t="s">
-        <v>445</v>
+        <v>500</v>
       </c>
       <c r="CS13" s="1" t="s">
-        <v>446</v>
+        <v>501</v>
       </c>
       <c r="CT13" s="1" t="s">
-        <v>447</v>
+        <v>502</v>
       </c>
       <c r="CU13" s="1" t="s">
-        <v>448</v>
+        <v>503</v>
       </c>
       <c r="CV13" s="1" t="s">
-        <v>449</v>
+        <v>504</v>
       </c>
       <c r="CW13" s="1" t="s">
-        <v>450</v>
+        <v>505</v>
       </c>
       <c r="CX13" s="1" t="s">
-        <v>451</v>
+        <v>506</v>
       </c>
       <c r="CY13" s="1" t="s">
-        <v>452</v>
+        <v>507</v>
       </c>
       <c r="CZ13" s="1" t="s">
-        <v>453</v>
+        <v>508</v>
       </c>
       <c r="DA13" s="1" t="s">
-        <v>454</v>
+        <v>509</v>
+      </c>
+      <c r="DB13" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="DC13" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="DD13" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="DE13" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="DF13" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="DG13" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="DH13" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="DI13" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="DJ13" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="DK13" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="DL13" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="DM13" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="DN13" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="DO13" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="DP13" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="DQ13" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="DR13" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="DS13" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="DT13" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="DU13" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="DV13" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="DW13" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="DX13" s="1" t="s">
+        <v>474</v>
       </c>
     </row>
     <row r="14" spans="1:702">
       <c r="A14" s="1" t="s">
-        <v>455</v>
+        <v>531</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>456</v>
+        <v>532</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>457</v>
+        <v>533</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>458</v>
+        <v>534</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>459</v>
+        <v>535</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>460</v>
+        <v>536</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>461</v>
+        <v>537</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>462</v>
+        <v>538</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>463</v>
+        <v>539</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>464</v>
+        <v>540</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>465</v>
+        <v>541</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>466</v>
+        <v>542</v>
       </c>
       <c r="M14" s="1" t="s">
-        <v>467</v>
+        <v>543</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>468</v>
+        <v>544</v>
       </c>
       <c r="O14" s="1" t="s">
-        <v>469</v>
+        <v>545</v>
       </c>
       <c r="P14" s="1" t="s">
-        <v>470</v>
+        <v>546</v>
       </c>
       <c r="Q14" s="1" t="s">
-        <v>471</v>
+        <v>542</v>
       </c>
       <c r="R14" s="1" t="s">
-        <v>467</v>
+        <v>547</v>
       </c>
       <c r="S14" s="1" t="s">
-        <v>472</v>
+        <v>544</v>
       </c>
       <c r="T14" s="1" t="s">
-        <v>469</v>
+        <v>545</v>
       </c>
       <c r="U14" s="1" t="s">
-        <v>470</v>
+        <v>546</v>
       </c>
       <c r="V14" s="1" t="s">
-        <v>471</v>
+        <v>543</v>
       </c>
       <c r="W14" s="1" t="s">
-        <v>468</v>
+        <v>542</v>
       </c>
       <c r="X14" s="1" t="s">
-        <v>467</v>
+        <v>542</v>
       </c>
       <c r="Y14" s="1" t="s">
-        <v>467</v>
+        <v>547</v>
       </c>
       <c r="Z14" s="1" t="s">
-        <v>472</v>
+        <v>548</v>
       </c>
       <c r="AA14" s="1" t="s">
-        <v>473</v>
+        <v>549</v>
       </c>
       <c r="AB14" s="1" t="s">
-        <v>474</v>
+        <v>550</v>
       </c>
       <c r="AC14" s="1" t="s">
-        <v>475</v>
+        <v>551</v>
       </c>
       <c r="AD14" s="1" t="s">
-        <v>476</v>
+        <v>552</v>
       </c>
       <c r="AE14" s="1" t="s">
-        <v>477</v>
+        <v>553</v>
       </c>
       <c r="AF14" s="1" t="s">
-        <v>478</v>
+        <v>554</v>
       </c>
       <c r="AG14" s="1" t="s">
-        <v>476</v>
+        <v>555</v>
       </c>
       <c r="AH14" s="1" t="s">
-        <v>477</v>
+        <v>556</v>
       </c>
       <c r="AI14" s="1" t="s">
-        <v>478</v>
+        <v>557</v>
       </c>
       <c r="AJ14" s="1" t="s">
-        <v>479</v>
+        <v>558</v>
       </c>
       <c r="AK14" s="1" t="s">
-        <v>480</v>
+        <v>559</v>
       </c>
       <c r="AL14" s="1" t="s">
-        <v>481</v>
+        <v>560</v>
       </c>
       <c r="AM14" s="1" t="s">
-        <v>482</v>
+        <v>561</v>
       </c>
       <c r="AN14" s="1" t="s">
-        <v>483</v>
+        <v>562</v>
       </c>
       <c r="AO14" s="1" t="s">
-        <v>484</v>
+        <v>563</v>
       </c>
       <c r="AP14" s="1" t="s">
-        <v>485</v>
+        <v>564</v>
       </c>
       <c r="AQ14" s="1" t="s">
-        <v>486</v>
+        <v>565</v>
       </c>
       <c r="AR14" s="1" t="s">
-        <v>487</v>
+        <v>566</v>
       </c>
       <c r="AS14" s="1" t="s">
-        <v>488</v>
+        <v>567</v>
       </c>
       <c r="AT14" s="1" t="s">
-        <v>489</v>
+        <v>568</v>
       </c>
       <c r="AU14" s="1" t="s">
-        <v>490</v>
+        <v>569</v>
       </c>
       <c r="AV14" s="1" t="s">
-        <v>491</v>
+        <v>570</v>
       </c>
       <c r="AW14" s="1" t="s">
-        <v>492</v>
+        <v>568</v>
       </c>
       <c r="AX14" s="1" t="s">
-        <v>493</v>
+        <v>569</v>
       </c>
       <c r="AY14" s="1" t="s">
-        <v>494</v>
+        <v>570</v>
       </c>
       <c r="AZ14" s="1" t="s">
-        <v>495</v>
+        <v>571</v>
       </c>
       <c r="BA14" s="1" t="s">
-        <v>496</v>
+        <v>572</v>
       </c>
       <c r="BB14" s="1" t="s">
-        <v>497</v>
+        <v>573</v>
       </c>
       <c r="BC14" s="1" t="s">
-        <v>498</v>
+        <v>574</v>
       </c>
       <c r="BD14" s="1" t="s">
-        <v>499</v>
+        <v>575</v>
       </c>
       <c r="BE14" s="1" t="s">
-        <v>500</v>
+        <v>576</v>
       </c>
       <c r="BF14" s="1" t="s">
-        <v>501</v>
+        <v>577</v>
       </c>
       <c r="BG14" s="1" t="s">
-        <v>502</v>
+        <v>578</v>
       </c>
       <c r="BH14" s="1" t="s">
-        <v>503</v>
+        <v>579</v>
       </c>
       <c r="BI14" s="1" t="s">
-        <v>504</v>
+        <v>580</v>
       </c>
       <c r="BJ14" s="1" t="s">
-        <v>505</v>
+        <v>581</v>
       </c>
       <c r="BK14" s="1" t="s">
-        <v>506</v>
+        <v>582</v>
       </c>
       <c r="BL14" s="1" t="s">
-        <v>507</v>
+        <v>583</v>
       </c>
       <c r="BM14" s="1" t="s">
-        <v>508</v>
+        <v>584</v>
       </c>
       <c r="BN14" s="1" t="s">
-        <v>509</v>
+        <v>585</v>
       </c>
       <c r="BO14" s="1" t="s">
-        <v>510</v>
+        <v>586</v>
       </c>
       <c r="BP14" s="1" t="s">
-        <v>511</v>
+        <v>586</v>
       </c>
       <c r="BQ14" s="1" t="s">
-        <v>512</v>
+        <v>587</v>
       </c>
       <c r="BR14" s="1" t="s">
-        <v>513</v>
+        <v>588</v>
       </c>
       <c r="BS14" s="1" t="s">
-        <v>514</v>
+        <v>589</v>
       </c>
       <c r="BT14" s="1" t="s">
-        <v>515</v>
+        <v>590</v>
       </c>
       <c r="BU14" s="1" t="s">
-        <v>516</v>
+        <v>591</v>
       </c>
       <c r="BV14" s="1" t="s">
-        <v>517</v>
+        <v>592</v>
       </c>
       <c r="BW14" s="1" t="s">
-        <v>518</v>
+        <v>593</v>
       </c>
       <c r="BX14" s="1" t="s">
-        <v>519</v>
+        <v>594</v>
       </c>
       <c r="BY14" s="1" t="s">
-        <v>520</v>
+        <v>595</v>
       </c>
       <c r="BZ14" s="1" t="s">
-        <v>521</v>
+        <v>596</v>
       </c>
       <c r="CA14" s="1" t="s">
-        <v>522</v>
+        <v>597</v>
       </c>
       <c r="CB14" s="1" t="s">
-        <v>523</v>
+        <v>598</v>
       </c>
       <c r="CC14" s="1" t="s">
-        <v>524</v>
+        <v>599</v>
       </c>
       <c r="CD14" s="1" t="s">
-        <v>525</v>
+        <v>600</v>
       </c>
       <c r="CE14" s="1" t="s">
-        <v>526</v>
+        <v>601</v>
       </c>
       <c r="CF14" s="1" t="s">
-        <v>527</v>
+        <v>602</v>
       </c>
       <c r="CG14" s="1" t="s">
-        <v>528</v>
+        <v>603</v>
       </c>
       <c r="CH14" s="1" t="s">
-        <v>529</v>
+        <v>604</v>
       </c>
       <c r="CI14" s="1" t="s">
-        <v>530</v>
+        <v>605</v>
       </c>
       <c r="CJ14" s="1" t="s">
-        <v>531</v>
+        <v>606</v>
       </c>
       <c r="CK14" s="1" t="s">
-        <v>532</v>
+        <v>607</v>
       </c>
       <c r="CL14" s="1" t="s">
-        <v>533</v>
+        <v>608</v>
       </c>
       <c r="CM14" s="1" t="s">
-        <v>534</v>
+        <v>609</v>
       </c>
       <c r="CN14" s="1" t="s">
-        <v>535</v>
+        <v>610</v>
       </c>
       <c r="CO14" s="1" t="s">
-        <v>536</v>
+        <v>611</v>
       </c>
       <c r="CP14" s="1" t="s">
-        <v>537</v>
+        <v>612</v>
       </c>
       <c r="CQ14" s="1" t="s">
-        <v>538</v>
+        <v>613</v>
       </c>
       <c r="CR14" s="1" t="s">
-        <v>539</v>
+        <v>614</v>
       </c>
       <c r="CS14" s="1" t="s">
-        <v>540</v>
+        <v>615</v>
       </c>
       <c r="CT14" s="1" t="s">
-        <v>541</v>
+        <v>616</v>
       </c>
       <c r="CU14" s="1" t="s">
-        <v>542</v>
+        <v>617</v>
       </c>
       <c r="CV14" s="1" t="s">
-        <v>543</v>
+        <v>618</v>
       </c>
       <c r="CW14" s="1" t="s">
-        <v>544</v>
+        <v>619</v>
       </c>
       <c r="CX14" s="1" t="s">
-        <v>545</v>
+        <v>620</v>
       </c>
       <c r="CY14" s="1" t="s">
-        <v>546</v>
+        <v>621</v>
       </c>
       <c r="CZ14" s="1" t="s">
-        <v>547</v>
+        <v>622</v>
       </c>
       <c r="DA14" s="1" t="s">
-        <v>548</v>
+        <v>622</v>
+      </c>
+      <c r="DB14" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="DC14" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="DD14" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="DE14" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="DF14" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="DG14" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="DH14" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="DI14" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="DJ14" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="DK14" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="DL14" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="DM14" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="DN14" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="DO14" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="DP14" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="DQ14" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="DR14" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="DS14" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="DT14" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="DU14" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="DV14" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="DW14" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="DX14" s="1" t="s">
+        <v>645</v>
       </c>
     </row>
     <row r="15" spans="1:702">
       <c r="A15" s="1" t="s">
-        <v>549</v>
+        <v>646</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="O15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="P15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="Q15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="R15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="S15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="T15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="U15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="V15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="W15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="X15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="Y15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="Z15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AA15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AB15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AC15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AD15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AE15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AF15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AG15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AH15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AI15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AJ15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AK15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="AL15" s="1" t="s">
-        <v>550</v>
+        <v>225</v>
       </c>
       <c r="AM15" s="1" t="s">
-        <v>551</v>
+        <v>225</v>
       </c>
       <c r="AN15" s="1" t="s">
-        <v>552</v>
+        <v>225</v>
       </c>
       <c r="AO15" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="AP15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AQ15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AR15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AS15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AT15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AU15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AV15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AW15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="AX15" s="1" t="s">
-        <v>550</v>
+        <v>225</v>
       </c>
       <c r="AY15" s="1" t="s">
-        <v>550</v>
+        <v>225</v>
       </c>
       <c r="AZ15" s="1" t="s">
-        <v>550</v>
+        <v>225</v>
       </c>
       <c r="BA15" s="1" t="s">
-        <v>550</v>
+        <v>225</v>
       </c>
       <c r="BB15" s="1" t="s">
-        <v>186</v>
+        <v>647</v>
       </c>
       <c r="BC15" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="BD15" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="BE15" s="1" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="BF15" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="BG15" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="BH15" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="BI15" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="BJ15" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="BK15" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="BL15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BM15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BN15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BO15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BP15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BQ15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BR15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BS15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BT15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BU15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="BV15" s="1" t="s">
-        <v>187</v>
+        <v>647</v>
       </c>
       <c r="BW15" s="1" t="s">
-        <v>187</v>
+        <v>647</v>
       </c>
       <c r="BX15" s="1" t="s">
-        <v>187</v>
+        <v>647</v>
       </c>
       <c r="BY15" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="BZ15" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="CA15" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="CB15" s="1" t="s">
-        <v>550</v>
+        <v>224</v>
       </c>
       <c r="CC15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CD15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CE15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CF15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CG15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CH15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CI15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CJ15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CK15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CL15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CM15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CN15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CO15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CP15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CQ15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CR15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CS15" s="1" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="CT15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CU15" s="1" t="s">
-        <v>553</v>
+        <v>225</v>
       </c>
       <c r="CV15" s="1" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="CW15" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="CX15" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="CY15" s="1" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="CZ15" s="1" t="s">
-        <v>550</v>
+        <v>224</v>
       </c>
       <c r="DA15" s="1" t="s">
-        <v>550</v>
+        <v>224</v>
+      </c>
+      <c r="DB15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DC15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DD15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DE15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DF15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DG15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DH15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DI15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DJ15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DK15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DL15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DM15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DN15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DO15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DP15" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="DQ15" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DR15" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="DS15" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DT15" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DU15" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DV15" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DW15" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="DX15" s="1" t="s">
+        <v>647</v>
       </c>
     </row>
     <row r="16" spans="1:702">
       <c r="A16" s="1" t="s">
-        <v>554</v>
+        <v>649</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>555</v>
+        <v>650</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>555</v>
+        <v>650</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>555</v>
+        <v>650</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>555</v>
+        <v>650</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>555</v>
+        <v>650</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>555</v>
+        <v>650</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>555</v>
+        <v>650</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>555</v>
+        <v>650</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>555</v>
+        <v>650</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>555</v>
+        <v>650</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>556</v>
+        <v>651</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>557</v>
+        <v>651</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>557</v>
+        <v>651</v>
       </c>
       <c r="O16" s="1" t="s">
-        <v>557</v>
+        <v>651</v>
       </c>
       <c r="P16" s="1" t="s">
-        <v>557</v>
+        <v>651</v>
       </c>
       <c r="Q16" s="1" t="s">
-        <v>557</v>
+        <v>651</v>
       </c>
       <c r="R16" s="1" t="s">
-        <v>557</v>
+        <v>651</v>
       </c>
       <c r="S16" s="1" t="s">
-        <v>557</v>
+        <v>651</v>
       </c>
       <c r="T16" s="1" t="s">
-        <v>557</v>
+        <v>651</v>
       </c>
       <c r="U16" s="1" t="s">
-        <v>557</v>
+        <v>651</v>
       </c>
       <c r="V16" s="1" t="s">
-        <v>557</v>
+        <v>651</v>
       </c>
       <c r="W16" s="1" t="s">
-        <v>557</v>
+        <v>651</v>
       </c>
       <c r="X16" s="1" t="s">
-        <v>557</v>
+        <v>651</v>
       </c>
       <c r="Y16" s="1" t="s">
-        <v>557</v>
+        <v>651</v>
       </c>
       <c r="Z16" s="1" t="s">
-        <v>557</v>
+        <v>652</v>
       </c>
       <c r="AA16" s="1" t="s">
-        <v>558</v>
+        <v>652</v>
       </c>
       <c r="AB16" s="1" t="s">
-        <v>558</v>
+        <v>652</v>
       </c>
       <c r="AC16" s="1" t="s">
-        <v>558</v>
+        <v>652</v>
       </c>
       <c r="AD16" s="1" t="s">
-        <v>558</v>
+        <v>652</v>
       </c>
       <c r="AE16" s="1" t="s">
-        <v>558</v>
+        <v>652</v>
       </c>
       <c r="AF16" s="1" t="s">
-        <v>558</v>
+        <v>652</v>
       </c>
       <c r="AG16" s="1" t="s">
-        <v>558</v>
+        <v>653</v>
       </c>
       <c r="AH16" s="1" t="s">
-        <v>558</v>
+        <v>653</v>
       </c>
       <c r="AI16" s="1" t="s">
-        <v>558</v>
+        <v>653</v>
       </c>
       <c r="AJ16" s="1" t="s">
-        <v>558</v>
+        <v>653</v>
       </c>
       <c r="AK16" s="1" t="s">
-        <v>558</v>
+        <v>653</v>
       </c>
       <c r="AL16" s="1" t="s">
-        <v>559</v>
+        <v>653</v>
       </c>
       <c r="AM16" s="1" t="s">
-        <v>560</v>
+        <v>653</v>
       </c>
       <c r="AN16" s="1" t="s">
-        <v>560</v>
+        <v>653</v>
       </c>
       <c r="AO16" s="1" t="s">
-        <v>558</v>
+        <v>654</v>
       </c>
       <c r="AP16" s="1" t="s">
-        <v>558</v>
+        <v>655</v>
       </c>
       <c r="AQ16" s="1" t="s">
-        <v>558</v>
+        <v>655</v>
       </c>
       <c r="AR16" s="1" t="s">
-        <v>558</v>
+        <v>655</v>
       </c>
       <c r="AS16" s="1" t="s">
-        <v>561</v>
+        <v>655</v>
       </c>
       <c r="AT16" s="1" t="s">
-        <v>561</v>
+        <v>655</v>
       </c>
       <c r="AU16" s="1" t="s">
-        <v>561</v>
+        <v>655</v>
       </c>
       <c r="AV16" s="1" t="s">
-        <v>561</v>
+        <v>655</v>
       </c>
       <c r="AW16" s="1" t="s">
-        <v>561</v>
+        <v>655</v>
       </c>
       <c r="AX16" s="1" t="s">
-        <v>562</v>
+        <v>655</v>
       </c>
       <c r="AY16" s="1" t="s">
-        <v>563</v>
+        <v>655</v>
       </c>
       <c r="AZ16" s="1" t="s">
-        <v>563</v>
+        <v>655</v>
       </c>
       <c r="BA16" s="1" t="s">
-        <v>563</v>
+        <v>655</v>
       </c>
       <c r="BB16" s="1" t="s">
-        <v>563</v>
+        <v>656</v>
       </c>
       <c r="BC16" s="1" t="s">
-        <v>563</v>
+        <v>655</v>
       </c>
       <c r="BD16" s="1" t="s">
-        <v>563</v>
+        <v>655</v>
       </c>
       <c r="BE16" s="1" t="s">
-        <v>563</v>
+        <v>655</v>
       </c>
       <c r="BF16" s="1" t="s">
-        <v>564</v>
+        <v>655</v>
       </c>
       <c r="BG16" s="1" t="s">
-        <v>564</v>
+        <v>652</v>
       </c>
       <c r="BH16" s="1" t="s">
-        <v>564</v>
+        <v>652</v>
       </c>
       <c r="BI16" s="1" t="s">
-        <v>564</v>
+        <v>652</v>
       </c>
       <c r="BJ16" s="1" t="s">
-        <v>564</v>
+        <v>652</v>
       </c>
       <c r="BK16" s="1" t="s">
-        <v>561</v>
+        <v>652</v>
       </c>
       <c r="BL16" s="1" t="s">
-        <v>561</v>
+        <v>657</v>
       </c>
       <c r="BM16" s="1" t="s">
-        <v>561</v>
+        <v>657</v>
       </c>
       <c r="BN16" s="1" t="s">
-        <v>561</v>
+        <v>657</v>
       </c>
       <c r="BO16" s="1" t="s">
-        <v>561</v>
+        <v>657</v>
       </c>
       <c r="BP16" s="1" t="s">
-        <v>561</v>
+        <v>657</v>
       </c>
       <c r="BQ16" s="1" t="s">
-        <v>565</v>
+        <v>658</v>
       </c>
       <c r="BR16" s="1" t="s">
-        <v>565</v>
+        <v>658</v>
       </c>
       <c r="BS16" s="1" t="s">
-        <v>565</v>
+        <v>658</v>
       </c>
       <c r="BT16" s="1" t="s">
-        <v>565</v>
+        <v>658</v>
       </c>
       <c r="BU16" s="1" t="s">
-        <v>565</v>
+        <v>658</v>
       </c>
       <c r="BV16" s="1" t="s">
-        <v>565</v>
+        <v>659</v>
       </c>
       <c r="BW16" s="1" t="s">
-        <v>565</v>
+        <v>659</v>
       </c>
       <c r="BX16" s="1" t="s">
-        <v>561</v>
+        <v>659</v>
       </c>
       <c r="BY16" s="1" t="s">
-        <v>561</v>
+        <v>659</v>
       </c>
       <c r="BZ16" s="1" t="s">
-        <v>561</v>
+        <v>659</v>
       </c>
       <c r="CA16" s="1" t="s">
-        <v>561</v>
+        <v>659</v>
       </c>
       <c r="CB16" s="1" t="s">
-        <v>563</v>
+        <v>659</v>
       </c>
       <c r="CC16" s="1" t="s">
-        <v>561</v>
+        <v>660</v>
       </c>
       <c r="CD16" s="1" t="s">
-        <v>561</v>
+        <v>660</v>
       </c>
       <c r="CE16" s="1" t="s">
-        <v>566</v>
+        <v>660</v>
       </c>
       <c r="CF16" s="1" t="s">
-        <v>566</v>
+        <v>660</v>
       </c>
       <c r="CG16" s="1" t="s">
-        <v>566</v>
+        <v>660</v>
       </c>
       <c r="CH16" s="1" t="s">
-        <v>566</v>
+        <v>658</v>
       </c>
       <c r="CI16" s="1" t="s">
-        <v>566</v>
+        <v>658</v>
       </c>
       <c r="CJ16" s="1" t="s">
-        <v>566</v>
+        <v>658</v>
       </c>
       <c r="CK16" s="1" t="s">
-        <v>564</v>
+        <v>658</v>
       </c>
       <c r="CL16" s="1" t="s">
-        <v>564</v>
+        <v>658</v>
       </c>
       <c r="CM16" s="1" t="s">
-        <v>567</v>
+        <v>658</v>
       </c>
       <c r="CN16" s="1" t="s">
-        <v>567</v>
+        <v>658</v>
       </c>
       <c r="CO16" s="1" t="s">
-        <v>567</v>
+        <v>658</v>
       </c>
       <c r="CP16" s="1" t="s">
-        <v>567</v>
+        <v>652</v>
       </c>
       <c r="CQ16" s="1" t="s">
-        <v>567</v>
+        <v>652</v>
       </c>
       <c r="CR16" s="1" t="s">
-        <v>567</v>
+        <v>652</v>
       </c>
       <c r="CS16" s="1" t="s">
-        <v>567</v>
+        <v>652</v>
       </c>
       <c r="CT16" s="1" t="s">
-        <v>560</v>
+        <v>661</v>
       </c>
       <c r="CU16" s="1" t="s">
-        <v>568</v>
+        <v>661</v>
       </c>
       <c r="CV16" s="1" t="s">
-        <v>569</v>
+        <v>661</v>
       </c>
       <c r="CW16" s="1" t="s">
-        <v>569</v>
+        <v>652</v>
       </c>
       <c r="CX16" s="1" t="s">
-        <v>569</v>
+        <v>652</v>
       </c>
       <c r="CY16" s="1" t="s">
-        <v>569</v>
+        <v>652</v>
       </c>
       <c r="CZ16" s="1" t="s">
-        <v>570</v>
+        <v>652</v>
       </c>
       <c r="DA16" s="1" t="s">
-        <v>562</v>
+        <v>652</v>
+      </c>
+      <c r="DB16" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="DC16" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="DD16" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="DE16" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="DF16" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="DG16" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="DH16" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="DI16" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="DJ16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="DK16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="DL16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="DM16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="DN16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="DO16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="DP16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="DQ16" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="DR16" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="DS16" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="DT16" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="DU16" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="DV16" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="DW16" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="DX16" s="1" t="s">
+        <v>661</v>
       </c>
     </row>
     <row r="17" spans="1:702">
       <c r="A17" s="1" t="s">
-        <v>571</v>
+        <v>667</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>572</v>
+        <v>668</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>572</v>
+        <v>668</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>572</v>
+        <v>668</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>572</v>
+        <v>668</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>572</v>
+        <v>668</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>573</v>
+        <v>669</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>573</v>
+        <v>669</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>573</v>
+        <v>669</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>573</v>
+        <v>669</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>573</v>
+        <v>669</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>573</v>
+        <v>670</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>574</v>
+        <v>670</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>574</v>
+        <v>670</v>
       </c>
       <c r="O17" s="1" t="s">
-        <v>574</v>
+        <v>670</v>
       </c>
       <c r="P17" s="1" t="s">
-        <v>574</v>
+        <v>670</v>
       </c>
       <c r="Q17" s="1" t="s">
-        <v>574</v>
+        <v>670</v>
       </c>
       <c r="R17" s="1" t="s">
-        <v>574</v>
+        <v>670</v>
       </c>
       <c r="S17" s="1" t="s">
-        <v>574</v>
+        <v>670</v>
       </c>
       <c r="T17" s="1" t="s">
-        <v>574</v>
+        <v>670</v>
       </c>
       <c r="U17" s="1" t="s">
-        <v>574</v>
+        <v>670</v>
       </c>
       <c r="V17" s="1" t="s">
-        <v>574</v>
+        <v>670</v>
       </c>
       <c r="W17" s="1" t="s">
-        <v>574</v>
+        <v>670</v>
       </c>
       <c r="X17" s="1" t="s">
-        <v>574</v>
+        <v>670</v>
       </c>
       <c r="Y17" s="1" t="s">
-        <v>574</v>
+        <v>670</v>
       </c>
       <c r="Z17" s="1" t="s">
-        <v>574</v>
+        <v>671</v>
       </c>
       <c r="AA17" s="1" t="s">
-        <v>575</v>
+        <v>671</v>
       </c>
       <c r="AB17" s="1" t="s">
-        <v>575</v>
+        <v>671</v>
       </c>
       <c r="AC17" s="1" t="s">
-        <v>575</v>
+        <v>671</v>
       </c>
       <c r="AD17" s="1" t="s">
-        <v>575</v>
+        <v>671</v>
       </c>
       <c r="AE17" s="1" t="s">
-        <v>575</v>
+        <v>671</v>
       </c>
       <c r="AF17" s="1" t="s">
-        <v>575</v>
+        <v>671</v>
       </c>
       <c r="AG17" s="1" t="s">
-        <v>575</v>
+        <v>672</v>
       </c>
       <c r="AH17" s="1" t="s">
-        <v>575</v>
+        <v>672</v>
       </c>
       <c r="AI17" s="1" t="s">
-        <v>575</v>
+        <v>672</v>
       </c>
       <c r="AJ17" s="1" t="s">
-        <v>575</v>
+        <v>672</v>
       </c>
       <c r="AK17" s="1" t="s">
-        <v>575</v>
+        <v>672</v>
       </c>
       <c r="AL17" s="1" t="s">
-        <v>576</v>
+        <v>672</v>
       </c>
       <c r="AM17" s="1" t="s">
-        <v>577</v>
+        <v>672</v>
       </c>
       <c r="AN17" s="1" t="s">
-        <v>577</v>
+        <v>672</v>
       </c>
       <c r="AO17" s="1" t="s">
-        <v>578</v>
+        <v>669</v>
       </c>
       <c r="AP17" s="1" t="s">
-        <v>579</v>
+        <v>673</v>
       </c>
       <c r="AQ17" s="1" t="s">
-        <v>579</v>
+        <v>673</v>
       </c>
       <c r="AR17" s="1" t="s">
-        <v>579</v>
+        <v>673</v>
       </c>
       <c r="AS17" s="1" t="s">
-        <v>580</v>
+        <v>673</v>
       </c>
       <c r="AT17" s="1" t="s">
-        <v>580</v>
+        <v>673</v>
       </c>
       <c r="AU17" s="1" t="s">
-        <v>580</v>
+        <v>673</v>
       </c>
       <c r="AV17" s="1" t="s">
-        <v>580</v>
+        <v>673</v>
       </c>
       <c r="AW17" s="1" t="s">
-        <v>580</v>
+        <v>673</v>
       </c>
       <c r="AX17" s="1" t="s">
-        <v>581</v>
+        <v>673</v>
       </c>
       <c r="AY17" s="1" t="s">
-        <v>582</v>
+        <v>673</v>
       </c>
       <c r="AZ17" s="1" t="s">
-        <v>582</v>
+        <v>673</v>
       </c>
       <c r="BA17" s="1" t="s">
-        <v>582</v>
+        <v>673</v>
       </c>
       <c r="BB17" s="1" t="s">
-        <v>582</v>
+        <v>674</v>
       </c>
       <c r="BC17" s="1" t="s">
-        <v>582</v>
+        <v>675</v>
       </c>
       <c r="BD17" s="1" t="s">
-        <v>582</v>
+        <v>676</v>
       </c>
       <c r="BE17" s="1" t="s">
-        <v>582</v>
+        <v>676</v>
       </c>
       <c r="BF17" s="1" t="s">
-        <v>583</v>
+        <v>676</v>
       </c>
       <c r="BG17" s="1" t="s">
-        <v>583</v>
+        <v>677</v>
       </c>
       <c r="BH17" s="1" t="s">
-        <v>583</v>
+        <v>677</v>
       </c>
       <c r="BI17" s="1" t="s">
-        <v>583</v>
+        <v>677</v>
       </c>
       <c r="BJ17" s="1" t="s">
-        <v>583</v>
+        <v>677</v>
       </c>
       <c r="BK17" s="1" t="s">
-        <v>584</v>
+        <v>677</v>
       </c>
       <c r="BL17" s="1" t="s">
-        <v>584</v>
+        <v>672</v>
       </c>
       <c r="BM17" s="1" t="s">
-        <v>584</v>
+        <v>672</v>
       </c>
       <c r="BN17" s="1" t="s">
-        <v>584</v>
+        <v>672</v>
       </c>
       <c r="BO17" s="1" t="s">
-        <v>584</v>
+        <v>672</v>
       </c>
       <c r="BP17" s="1" t="s">
-        <v>584</v>
+        <v>672</v>
       </c>
       <c r="BQ17" s="1" t="s">
-        <v>585</v>
+        <v>678</v>
       </c>
       <c r="BR17" s="1" t="s">
-        <v>585</v>
+        <v>678</v>
       </c>
       <c r="BS17" s="1" t="s">
-        <v>585</v>
+        <v>678</v>
       </c>
       <c r="BT17" s="1" t="s">
-        <v>585</v>
+        <v>678</v>
       </c>
       <c r="BU17" s="1" t="s">
-        <v>585</v>
+        <v>678</v>
       </c>
       <c r="BV17" s="1" t="s">
-        <v>586</v>
+        <v>679</v>
       </c>
       <c r="BW17" s="1" t="s">
-        <v>586</v>
+        <v>679</v>
       </c>
       <c r="BX17" s="1" t="s">
-        <v>587</v>
+        <v>679</v>
       </c>
       <c r="BY17" s="1" t="s">
-        <v>587</v>
+        <v>679</v>
       </c>
       <c r="BZ17" s="1" t="s">
-        <v>587</v>
+        <v>679</v>
       </c>
       <c r="CA17" s="1" t="s">
-        <v>587</v>
+        <v>679</v>
       </c>
       <c r="CB17" s="1" t="s">
-        <v>588</v>
+        <v>679</v>
       </c>
       <c r="CC17" s="1" t="s">
-        <v>575</v>
+        <v>680</v>
       </c>
       <c r="CD17" s="1" t="s">
-        <v>575</v>
+        <v>680</v>
       </c>
       <c r="CE17" s="1" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="CF17" s="1" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="CG17" s="1" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="CH17" s="1" t="s">
-        <v>589</v>
+        <v>681</v>
       </c>
       <c r="CI17" s="1" t="s">
-        <v>589</v>
+        <v>681</v>
       </c>
       <c r="CJ17" s="1" t="s">
-        <v>589</v>
+        <v>681</v>
       </c>
       <c r="CK17" s="1" t="s">
-        <v>589</v>
+        <v>681</v>
       </c>
       <c r="CL17" s="1" t="s">
-        <v>589</v>
+        <v>681</v>
       </c>
       <c r="CM17" s="1" t="s">
-        <v>590</v>
+        <v>682</v>
       </c>
       <c r="CN17" s="1" t="s">
-        <v>590</v>
+        <v>682</v>
       </c>
       <c r="CO17" s="1" t="s">
-        <v>590</v>
+        <v>683</v>
       </c>
       <c r="CP17" s="1" t="s">
-        <v>590</v>
+        <v>684</v>
       </c>
       <c r="CQ17" s="1" t="s">
-        <v>590</v>
+        <v>684</v>
       </c>
       <c r="CR17" s="1" t="s">
-        <v>590</v>
+        <v>684</v>
       </c>
       <c r="CS17" s="1" t="s">
-        <v>590</v>
+        <v>684</v>
       </c>
       <c r="CT17" s="1" t="s">
-        <v>591</v>
+        <v>685</v>
       </c>
       <c r="CU17" s="1" t="s">
-        <v>573</v>
+        <v>685</v>
       </c>
       <c r="CV17" s="1" t="s">
-        <v>592</v>
+        <v>685</v>
       </c>
       <c r="CW17" s="1" t="s">
-        <v>592</v>
+        <v>673</v>
       </c>
       <c r="CX17" s="1" t="s">
-        <v>592</v>
+        <v>673</v>
       </c>
       <c r="CY17" s="1" t="s">
-        <v>592</v>
+        <v>673</v>
       </c>
       <c r="CZ17" s="1" t="s">
-        <v>593</v>
+        <v>673</v>
       </c>
       <c r="DA17" s="1" t="s">
-        <v>594</v>
+        <v>673</v>
+      </c>
+      <c r="DB17" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="DC17" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="DD17" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="DE17" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="DF17" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="DG17" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="DH17" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="DI17" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="DJ17" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="DK17" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="DL17" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="DM17" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="DN17" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="DO17" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="DP17" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="DQ17" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="DR17" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="DS17" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="DT17" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="DU17" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="DV17" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="DW17" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="DX17" s="1" t="s">
+        <v>691</v>
       </c>
     </row>
     <row r="18" spans="1:702">
       <c r="A18" s="1" t="s">
-        <v>595</v>
+        <v>692</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="O18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="P18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="Q18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="R18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="S18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="T18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="U18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="V18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="W18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="X18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="Y18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="Z18" s="1" t="s">
-        <v>596</v>
+        <v>694</v>
       </c>
       <c r="AA18" s="1" t="s">
-        <v>596</v>
+        <v>694</v>
       </c>
       <c r="AB18" s="1" t="s">
-        <v>596</v>
+        <v>694</v>
       </c>
       <c r="AC18" s="1" t="s">
-        <v>596</v>
+        <v>694</v>
       </c>
       <c r="AD18" s="1" t="s">
-        <v>596</v>
+        <v>694</v>
       </c>
       <c r="AE18" s="1" t="s">
-        <v>596</v>
+        <v>694</v>
       </c>
       <c r="AF18" s="1" t="s">
-        <v>596</v>
+        <v>694</v>
       </c>
       <c r="AG18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AH18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AI18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AJ18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AK18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AL18" s="1" t="s">
-        <v>597</v>
+        <v>693</v>
       </c>
       <c r="AM18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AN18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AO18" s="1" t="s">
-        <v>598</v>
+        <v>693</v>
       </c>
       <c r="AP18" s="1" t="s">
-        <v>598</v>
+        <v>693</v>
       </c>
       <c r="AQ18" s="1" t="s">
-        <v>598</v>
+        <v>693</v>
       </c>
       <c r="AR18" s="1" t="s">
-        <v>598</v>
+        <v>693</v>
       </c>
       <c r="AS18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AT18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AU18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AV18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AW18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AX18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AY18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="AZ18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BA18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BB18" s="1" t="s">
-        <v>596</v>
+        <v>695</v>
       </c>
       <c r="BC18" s="1" t="s">
-        <v>596</v>
+        <v>696</v>
       </c>
       <c r="BD18" s="1" t="s">
-        <v>596</v>
+        <v>696</v>
       </c>
       <c r="BE18" s="1" t="s">
-        <v>596</v>
+        <v>696</v>
       </c>
       <c r="BF18" s="1" t="s">
-        <v>596</v>
+        <v>696</v>
       </c>
       <c r="BG18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BH18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BI18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BJ18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BK18" s="1" t="s">
-        <v>599</v>
+        <v>693</v>
       </c>
       <c r="BL18" s="1" t="s">
-        <v>599</v>
+        <v>693</v>
       </c>
       <c r="BM18" s="1" t="s">
-        <v>599</v>
+        <v>693</v>
       </c>
       <c r="BN18" s="1" t="s">
-        <v>599</v>
+        <v>693</v>
       </c>
       <c r="BO18" s="1" t="s">
-        <v>599</v>
+        <v>693</v>
       </c>
       <c r="BP18" s="1" t="s">
-        <v>599</v>
+        <v>693</v>
       </c>
       <c r="BQ18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BR18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BS18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BT18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BU18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BV18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BW18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BX18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BY18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="BZ18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CA18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CB18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CC18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CD18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CE18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CF18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CG18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CH18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CI18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CJ18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CK18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CL18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CM18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CN18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CO18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CP18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CQ18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CR18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CS18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CT18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CU18" s="1" t="s">
-        <v>600</v>
+        <v>693</v>
       </c>
       <c r="CV18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CW18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CX18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CY18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="CZ18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="DA18" s="1" t="s">
-        <v>596</v>
+        <v>693</v>
+      </c>
+      <c r="DB18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DC18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DD18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DE18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DF18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DG18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DH18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DI18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DJ18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DK18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DL18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DM18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DN18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DO18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DP18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DQ18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DR18" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="DS18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DT18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DU18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DV18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DW18" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="DX18" s="1" t="s">
+        <v>693</v>
       </c>
     </row>
     <row r="19" spans="1:702">
       <c r="A19" s="1" t="s">
-        <v>601</v>
+        <v>698</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>602</v>
+        <v>699</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>602</v>
+        <v>699</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>602</v>
+        <v>699</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>602</v>
+        <v>699</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>602</v>
+        <v>699</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>602</v>
+        <v>699</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>602</v>
+        <v>699</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>602</v>
+        <v>699</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>602</v>
+        <v>699</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>602</v>
+        <v>699</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="O19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="P19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="Q19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="R19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="S19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="T19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="U19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="V19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="W19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="X19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="Y19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="Z19" s="1" t="s">
-        <v>603</v>
+        <v>701</v>
       </c>
       <c r="AA19" s="1" t="s">
-        <v>604</v>
+        <v>701</v>
       </c>
       <c r="AB19" s="1" t="s">
-        <v>604</v>
+        <v>701</v>
       </c>
       <c r="AC19" s="1" t="s">
-        <v>604</v>
+        <v>701</v>
       </c>
       <c r="AD19" s="1" t="s">
-        <v>604</v>
+        <v>701</v>
       </c>
       <c r="AE19" s="1" t="s">
-        <v>604</v>
+        <v>701</v>
       </c>
       <c r="AF19" s="1" t="s">
-        <v>604</v>
+        <v>701</v>
       </c>
       <c r="AG19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="AH19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="AI19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="AJ19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="AK19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="AL19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="AM19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="AN19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="AO19" s="1" t="s">
-        <v>605</v>
+        <v>700</v>
       </c>
       <c r="AP19" s="1" t="s">
-        <v>605</v>
+        <v>702</v>
       </c>
       <c r="AQ19" s="1" t="s">
-        <v>605</v>
+        <v>702</v>
       </c>
       <c r="AR19" s="1" t="s">
-        <v>605</v>
+        <v>702</v>
       </c>
       <c r="AS19" s="1" t="s">
-        <v>603</v>
+        <v>702</v>
       </c>
       <c r="AT19" s="1" t="s">
-        <v>603</v>
+        <v>702</v>
       </c>
       <c r="AU19" s="1" t="s">
-        <v>603</v>
+        <v>702</v>
       </c>
       <c r="AV19" s="1" t="s">
-        <v>603</v>
+        <v>702</v>
       </c>
       <c r="AW19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="AX19" s="1" t="s">
-        <v>606</v>
+        <v>700</v>
       </c>
       <c r="AY19" s="1" t="s">
-        <v>607</v>
+        <v>700</v>
       </c>
       <c r="AZ19" s="1" t="s">
-        <v>607</v>
+        <v>700</v>
       </c>
       <c r="BA19" s="1" t="s">
-        <v>607</v>
+        <v>700</v>
       </c>
       <c r="BB19" s="1" t="s">
-        <v>607</v>
+        <v>700</v>
       </c>
       <c r="BC19" s="1" t="s">
-        <v>607</v>
+        <v>703</v>
       </c>
       <c r="BD19" s="1" t="s">
-        <v>607</v>
+        <v>703</v>
       </c>
       <c r="BE19" s="1" t="s">
-        <v>607</v>
+        <v>703</v>
       </c>
       <c r="BF19" s="1" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="BG19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="BH19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="BI19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="BJ19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="BK19" s="1" t="s">
-        <v>608</v>
+        <v>700</v>
       </c>
       <c r="BL19" s="1" t="s">
-        <v>608</v>
+        <v>704</v>
       </c>
       <c r="BM19" s="1" t="s">
-        <v>608</v>
+        <v>704</v>
       </c>
       <c r="BN19" s="1" t="s">
-        <v>608</v>
+        <v>704</v>
       </c>
       <c r="BO19" s="1" t="s">
-        <v>608</v>
+        <v>704</v>
       </c>
       <c r="BP19" s="1" t="s">
-        <v>608</v>
+        <v>704</v>
       </c>
       <c r="BQ19" s="1" t="s">
-        <v>609</v>
+        <v>700</v>
       </c>
       <c r="BR19" s="1" t="s">
-        <v>609</v>
+        <v>700</v>
       </c>
       <c r="BS19" s="1" t="s">
-        <v>609</v>
+        <v>700</v>
       </c>
       <c r="BT19" s="1" t="s">
-        <v>609</v>
+        <v>700</v>
       </c>
       <c r="BU19" s="1" t="s">
-        <v>609</v>
+        <v>700</v>
       </c>
       <c r="BV19" s="1" t="s">
-        <v>610</v>
+        <v>705</v>
       </c>
       <c r="BW19" s="1" t="s">
-        <v>610</v>
+        <v>705</v>
       </c>
       <c r="BX19" s="1" t="s">
-        <v>604</v>
+        <v>705</v>
       </c>
       <c r="BY19" s="1" t="s">
-        <v>604</v>
+        <v>705</v>
       </c>
       <c r="BZ19" s="1" t="s">
-        <v>604</v>
+        <v>705</v>
       </c>
       <c r="CA19" s="1" t="s">
-        <v>604</v>
+        <v>705</v>
       </c>
       <c r="CB19" s="1" t="s">
-        <v>611</v>
+        <v>705</v>
       </c>
       <c r="CC19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="CD19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="CE19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="CF19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="CG19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="CH19" s="1" t="s">
-        <v>603</v>
+        <v>706</v>
       </c>
       <c r="CI19" s="1" t="s">
-        <v>603</v>
+        <v>706</v>
       </c>
       <c r="CJ19" s="1" t="s">
-        <v>603</v>
+        <v>706</v>
       </c>
       <c r="CK19" s="1" t="s">
-        <v>603</v>
+        <v>706</v>
       </c>
       <c r="CL19" s="1" t="s">
-        <v>603</v>
+        <v>706</v>
       </c>
       <c r="CM19" s="1" t="s">
-        <v>612</v>
+        <v>707</v>
       </c>
       <c r="CN19" s="1" t="s">
-        <v>612</v>
+        <v>707</v>
       </c>
       <c r="CO19" s="1" t="s">
-        <v>612</v>
+        <v>707</v>
       </c>
       <c r="CP19" s="1" t="s">
-        <v>612</v>
+        <v>702</v>
       </c>
       <c r="CQ19" s="1" t="s">
-        <v>612</v>
+        <v>702</v>
       </c>
       <c r="CR19" s="1" t="s">
-        <v>612</v>
+        <v>702</v>
       </c>
       <c r="CS19" s="1" t="s">
-        <v>612</v>
+        <v>702</v>
       </c>
       <c r="CT19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="CU19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="CV19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="CW19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="CX19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="CY19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="CZ19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="DA19" s="1" t="s">
-        <v>603</v>
+        <v>700</v>
+      </c>
+      <c r="DB19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DC19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DD19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DE19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DF19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DG19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DH19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DI19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DJ19" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="DK19" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="DL19" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="DM19" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="DN19" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="DO19" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="DP19" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="DQ19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DR19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DS19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DT19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DU19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DV19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DW19" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DX19" s="1" t="s">
+        <v>700</v>
       </c>
     </row>
     <row r="20" spans="1:702">
       <c r="A20" s="1" t="s">
-        <v>613</v>
+        <v>709</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>614</v>
+        <v>710</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>615</v>
+        <v>711</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>616</v>
+        <v>712</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>617</v>
+        <v>713</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>618</v>
+        <v>714</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>619</v>
+        <v>715</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>620</v>
+        <v>716</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>621</v>
+        <v>717</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>622</v>
+        <v>718</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>623</v>
+        <v>719</v>
       </c>
       <c r="L20" s="1" t="s">
-        <v>624</v>
+        <v>720</v>
       </c>
       <c r="M20" s="1" t="s">
-        <v>625</v>
+        <v>721</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>626</v>
+        <v>722</v>
       </c>
       <c r="O20" s="1" t="s">
-        <v>627</v>
+        <v>723</v>
       </c>
       <c r="P20" s="1" t="s">
-        <v>628</v>
+        <v>724</v>
       </c>
       <c r="Q20" s="1" t="s">
-        <v>629</v>
+        <v>725</v>
       </c>
       <c r="R20" s="1" t="s">
-        <v>630</v>
+        <v>726</v>
       </c>
       <c r="S20" s="1" t="s">
-        <v>631</v>
+        <v>722</v>
       </c>
       <c r="T20" s="1" t="s">
-        <v>627</v>
+        <v>723</v>
       </c>
       <c r="U20" s="1" t="s">
-        <v>628</v>
+        <v>724</v>
       </c>
       <c r="V20" s="1" t="s">
-        <v>629</v>
+        <v>721</v>
       </c>
       <c r="W20" s="1" t="s">
-        <v>626</v>
+        <v>720</v>
       </c>
       <c r="X20" s="1" t="s">
-        <v>625</v>
+        <v>725</v>
       </c>
       <c r="Y20" s="1" t="s">
-        <v>630</v>
+        <v>726</v>
       </c>
       <c r="Z20" s="1" t="s">
-        <v>631</v>
+        <v>727</v>
       </c>
       <c r="AA20" s="1" t="s">
-        <v>632</v>
+        <v>728</v>
       </c>
       <c r="AB20" s="1" t="s">
-        <v>633</v>
+        <v>729</v>
       </c>
       <c r="AC20" s="1" t="s">
-        <v>634</v>
+        <v>730</v>
       </c>
       <c r="AD20" s="1" t="s">
-        <v>635</v>
+        <v>731</v>
       </c>
       <c r="AE20" s="1" t="s">
-        <v>636</v>
+        <v>732</v>
       </c>
       <c r="AF20" s="1" t="s">
-        <v>637</v>
+        <v>733</v>
       </c>
       <c r="AG20" s="1" t="s">
-        <v>638</v>
+        <v>734</v>
       </c>
       <c r="AH20" s="1" t="s">
-        <v>639</v>
+        <v>735</v>
       </c>
       <c r="AI20" s="1" t="s">
-        <v>640</v>
+        <v>736</v>
       </c>
       <c r="AJ20" s="1" t="s">
-        <v>641</v>
+        <v>737</v>
       </c>
       <c r="AK20" s="1" t="s">
-        <v>642</v>
+        <v>738</v>
       </c>
       <c r="AL20" s="1" t="s">
-        <v>643</v>
+        <v>739</v>
       </c>
       <c r="AM20" s="1" t="s">
-        <v>644</v>
+        <v>740</v>
       </c>
       <c r="AN20" s="1" t="s">
-        <v>645</v>
+        <v>741</v>
       </c>
       <c r="AO20" s="1" t="s">
-        <v>646</v>
+        <v>742</v>
       </c>
       <c r="AP20" s="1" t="s">
-        <v>647</v>
+        <v>743</v>
       </c>
       <c r="AQ20" s="1" t="s">
-        <v>648</v>
+        <v>744</v>
       </c>
       <c r="AR20" s="1" t="s">
-        <v>649</v>
+        <v>745</v>
       </c>
       <c r="AS20" s="1" t="s">
-        <v>650</v>
+        <v>746</v>
       </c>
       <c r="AT20" s="1" t="s">
-        <v>651</v>
+        <v>747</v>
       </c>
       <c r="AU20" s="1" t="s">
-        <v>652</v>
+        <v>748</v>
       </c>
       <c r="AV20" s="1" t="s">
-        <v>653</v>
+        <v>749</v>
       </c>
       <c r="AW20" s="1" t="s">
-        <v>654</v>
+        <v>750</v>
       </c>
       <c r="AX20" s="1" t="s">
-        <v>655</v>
+        <v>751</v>
       </c>
       <c r="AY20" s="1" t="s">
-        <v>656</v>
+        <v>752</v>
       </c>
       <c r="AZ20" s="1" t="s">
-        <v>657</v>
+        <v>753</v>
       </c>
       <c r="BA20" s="1" t="s">
-        <v>658</v>
+        <v>754</v>
       </c>
       <c r="BB20" s="1" t="s">
-        <v>659</v>
+        <v>755</v>
       </c>
       <c r="BC20" s="1" t="s">
-        <v>660</v>
+        <v>756</v>
       </c>
       <c r="BD20" s="1" t="s">
-        <v>661</v>
+        <v>757</v>
       </c>
       <c r="BE20" s="1" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="BF20" s="1" t="s">
-        <v>663</v>
+        <v>759</v>
       </c>
       <c r="BG20" s="1" t="s">
-        <v>664</v>
+        <v>760</v>
       </c>
       <c r="BH20" s="1" t="s">
-        <v>665</v>
+        <v>761</v>
       </c>
       <c r="BI20" s="1" t="s">
-        <v>666</v>
+        <v>762</v>
       </c>
       <c r="BJ20" s="1" t="s">
-        <v>667</v>
+        <v>763</v>
       </c>
       <c r="BK20" s="1" t="s">
-        <v>668</v>
+        <v>764</v>
       </c>
       <c r="BL20" s="1" t="s">
-        <v>669</v>
+        <v>765</v>
       </c>
       <c r="BM20" s="1" t="s">
-        <v>670</v>
+        <v>766</v>
       </c>
       <c r="BN20" s="1" t="s">
-        <v>671</v>
+        <v>767</v>
       </c>
       <c r="BO20" s="1" t="s">
-        <v>671</v>
+        <v>768</v>
       </c>
       <c r="BP20" s="1" t="s">
-        <v>672</v>
+        <v>769</v>
       </c>
       <c r="BQ20" s="1" t="s">
-        <v>673</v>
+        <v>770</v>
       </c>
       <c r="BR20" s="1" t="s">
-        <v>619</v>
+        <v>771</v>
       </c>
       <c r="BS20" s="1" t="s">
-        <v>620</v>
+        <v>772</v>
       </c>
       <c r="BT20" s="1" t="s">
-        <v>621</v>
+        <v>773</v>
       </c>
       <c r="BU20" s="1" t="s">
-        <v>674</v>
+        <v>774</v>
       </c>
       <c r="BV20" s="1" t="s">
-        <v>675</v>
+        <v>775</v>
       </c>
       <c r="BW20" s="1" t="s">
-        <v>676</v>
+        <v>776</v>
       </c>
       <c r="BX20" s="1" t="s">
-        <v>677</v>
+        <v>777</v>
       </c>
       <c r="BY20" s="1" t="s">
-        <v>678</v>
+        <v>778</v>
       </c>
       <c r="BZ20" s="1" t="s">
-        <v>679</v>
+        <v>779</v>
       </c>
       <c r="CA20" s="1" t="s">
-        <v>680</v>
+        <v>780</v>
       </c>
       <c r="CB20" s="1" t="s">
-        <v>681</v>
+        <v>781</v>
       </c>
       <c r="CC20" s="1" t="s">
-        <v>682</v>
+        <v>782</v>
       </c>
       <c r="CD20" s="1" t="s">
-        <v>683</v>
+        <v>783</v>
       </c>
       <c r="CE20" s="1" t="s">
-        <v>684</v>
+        <v>784</v>
       </c>
       <c r="CF20" s="1" t="s">
-        <v>685</v>
+        <v>785</v>
       </c>
       <c r="CG20" s="1" t="s">
-        <v>686</v>
+        <v>786</v>
       </c>
       <c r="CH20" s="1" t="s">
-        <v>684</v>
+        <v>787</v>
       </c>
       <c r="CI20" s="1" t="s">
-        <v>685</v>
+        <v>715</v>
       </c>
       <c r="CJ20" s="1" t="s">
-        <v>686</v>
+        <v>716</v>
       </c>
       <c r="CK20" s="1" t="s">
-        <v>687</v>
+        <v>717</v>
       </c>
       <c r="CL20" s="1" t="s">
-        <v>688</v>
+        <v>788</v>
       </c>
       <c r="CM20" s="1" t="s">
-        <v>684</v>
+        <v>789</v>
       </c>
       <c r="CN20" s="1" t="s">
-        <v>689</v>
+        <v>790</v>
       </c>
       <c r="CO20" s="1" t="s">
-        <v>690</v>
+        <v>791</v>
       </c>
       <c r="CP20" s="1" t="s">
-        <v>691</v>
+        <v>792</v>
       </c>
       <c r="CQ20" s="1" t="s">
-        <v>692</v>
+        <v>793</v>
       </c>
       <c r="CR20" s="1" t="s">
-        <v>693</v>
+        <v>794</v>
       </c>
       <c r="CS20" s="1" t="s">
-        <v>694</v>
+        <v>795</v>
       </c>
       <c r="CT20" s="1" t="s">
-        <v>695</v>
+        <v>796</v>
       </c>
       <c r="CU20" s="1" t="s">
-        <v>696</v>
+        <v>797</v>
       </c>
       <c r="CV20" s="1" t="s">
-        <v>697</v>
+        <v>797</v>
       </c>
       <c r="CW20" s="1" t="s">
-        <v>698</v>
+        <v>798</v>
       </c>
       <c r="CX20" s="1" t="s">
-        <v>699</v>
+        <v>799</v>
       </c>
       <c r="CY20" s="1" t="s">
-        <v>700</v>
+        <v>800</v>
       </c>
       <c r="CZ20" s="1" t="s">
-        <v>682</v>
+        <v>801</v>
       </c>
       <c r="DA20" s="1" t="s">
-        <v>646</v>
+        <v>802</v>
+      </c>
+      <c r="DB20" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="DC20" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="DD20" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="DE20" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="DF20" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="DG20" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="DH20" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="DI20" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="DJ20" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="DK20" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="DL20" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="DM20" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="DN20" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="DO20" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="DP20" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="DQ20" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="DR20" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="DS20" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="DT20" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="DU20" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="DV20" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="DW20" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="DX20" s="1" t="s">
+        <v>756</v>
       </c>
     </row>
     <row r="21" spans="1:702">
       <c r="A21" s="1" t="s">
-        <v>701</v>
+        <v>820</v>
       </c>
       <c r="B21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="C21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="D21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="E21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="F21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="G21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="H21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="I21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="J21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="L21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-3-Datasheet-AU-EN.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="M21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="N21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="O21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="P21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="Q21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="R21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="S21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="T21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="V21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="W21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="X21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="Y21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-1.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="Z21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-1.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="AA21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AB21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AC21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AD21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AE21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AF21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AG21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AH21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AI21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AJ21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AK21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AL21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AM21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AN21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AO21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-3-Datasheet-AU-EN.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AP21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AB21" s="2" t="str">
+      <c r="AQ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AC21" s="2" t="str">
+      <c r="AR21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AD21" s="2" t="str">
+      <c r="AS21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AE21" s="2" t="str">
+      <c r="AT21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AF21" s="2" t="str">
+      <c r="AU21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AG21" s="2" t="str">
+      <c r="AV21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AH21" s="2" t="str">
+      <c r="AW21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AI21" s="2" t="str">
+      <c r="AX21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AJ21" s="2" t="str">
+      <c r="AY21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AZ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AK21" s="2" t="str">
+      <c r="BA21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AL21" s="2" t="str">
+      <c r="BB21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/IQ-Battery-5P-DS-EN-AU.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AM21" s="2" t="str">
-[...7 lines deleted...]
-      <c r="AO21" s="2" t="str">
+      <c r="BC21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-home-battery-10K1PS0B-x2-datasheet-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AP21" s="2" t="str">
+      <c r="BD21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AQ21" s="2" t="str">
+      <c r="BE21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AR21" s="2" t="str">
+      <c r="BF21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AS21" s="2" t="str">
+      <c r="BG21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AT21" s="2" t="str">
+      <c r="BH21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AU21" s="2" t="str">
+      <c r="BI21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AV21" s="2" t="str">
+      <c r="BJ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AW21" s="2" t="str">
+      <c r="BK21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AX21" s="2" t="str">
-[...3 lines deleted...]
-      <c r="AY21" s="2" t="str">
+      <c r="BL21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BM21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BN21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BO21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BP21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BQ21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BR21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BS21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BT21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BU21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BV21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AZ21" s="2" t="str">
+      <c r="BW21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-lynx-home-f.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BA21" s="2" t="str">
+      <c r="BX21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BB21" s="2" t="str">
+      <c r="BY21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BC21" s="2" t="str">
+      <c r="BZ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BD21" s="2" t="str">
+      <c r="CA21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BE21" s="2" t="str">
+      <c r="CB21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BF21" s="2" t="str">
+      <c r="CC21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BG21" s="2" t="str">
+      <c r="CD21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BH21" s="2" t="str">
+      <c r="CE21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BI21" s="2" t="str">
+      <c r="CF21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BJ21" s="2" t="str">
+      <c r="CG21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BK21" s="2" t="str">
-[...23 lines deleted...]
-      <c r="BQ21" s="2" t="str">
+      <c r="CH21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BR21" s="2" t="str">
+      <c r="CI21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BS21" s="2" t="str">
+      <c r="CJ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BT21" s="2" t="str">
+      <c r="CK21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BU21" s="2" t="str">
+      <c r="CL21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BV21" s="2" t="str">
+      <c r="CM21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BW21" s="2" t="str">
+      <c r="CN21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BX21" s="2" t="str">
+      <c r="CO21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="CP21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
         <v>Fronius Reserva datasheet</v>
       </c>
-      <c r="BY21" s="2" t="str">
+      <c r="CQ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
         <v>Fronius Reserva datasheet</v>
       </c>
-      <c r="BZ21" s="2" t="str">
+      <c r="CR21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
         <v>Fronius Reserva datasheet</v>
       </c>
-      <c r="CA21" s="2" t="str">
+      <c r="CS21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
         <v>Fronius Reserva datasheet</v>
       </c>
-      <c r="CB21" s="2" t="str">
-[...3 lines deleted...]
-      <c r="CC21" s="2" t="str">
+      <c r="CT21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="CU21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="CV21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="CW21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CD21" s="2" t="str">
+      <c r="CX21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CE21" s="2" t="str">
+      <c r="CY21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="CZ21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DA21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DB21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CF21" s="2" t="str">
+      <c r="DC21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CG21" s="2" t="str">
+      <c r="DD21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CH21" s="2" t="str">
+      <c r="DE21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CI21" s="2" t="str">
+      <c r="DF21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CJ21" s="2" t="str">
+      <c r="DG21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CK21" s="2" t="str">
+      <c r="DH21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CL21" s="2" t="str">
+      <c r="DI21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CM21" s="2" t="str">
+      <c r="DJ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CN21" s="2" t="str">
+      <c r="DK21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CO21" s="2" t="str">
+      <c r="DL21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CP21" s="2" t="str">
+      <c r="DM21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CQ21" s="2" t="str">
+      <c r="DN21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CR21" s="2" t="str">
+      <c r="DO21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CS21" s="2" t="str">
+      <c r="DP21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CT21" s="2" t="str">
+      <c r="DQ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CU21" s="2" t="str">
+      <c r="DR21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CV21" s="2" t="str">
+      <c r="DS21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CW21" s="2" t="str">
+      <c r="DT21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CX21" s="2" t="str">
+      <c r="DU21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CY21" s="2" t="str">
+      <c r="DV21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CZ21" s="2" t="str">
+      <c r="DW21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DA21" s="2" t="str">
+      <c r="DX21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="22" spans="1:702">
       <c r="A22" s="1" t="s">
-        <v>702</v>
+        <v>821</v>
       </c>
       <c r="B22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="C22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="D22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="E22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="F22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="G22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="H22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="I22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="J22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="L22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-Warranty-AU-NZ-EN.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="M22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="N22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="O22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="P22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="Q22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="R22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
         <v>Yes</v>
@@ -15869,732 +18949,894 @@
       <c r="T22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="U22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="V22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="W22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="X22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="Y22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="Z22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="AA22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AB22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AC22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AD22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AE22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AF22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AG22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AH22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AI22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AJ22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AK22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AL22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AM22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AN22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AO22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-Warranty-AU-NZ-EN.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AP22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AB22" s="2" t="str">
+      <c r="AQ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AC22" s="2" t="str">
+      <c r="AR22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AD22" s="2" t="str">
+      <c r="AS22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AE22" s="2" t="str">
+      <c r="AT22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AF22" s="2" t="str">
+      <c r="AU22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AG22" s="2" t="str">
+      <c r="AV22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AH22" s="2" t="str">
+      <c r="AW22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AI22" s="2" t="str">
+      <c r="AX22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AJ22" s="2" t="str">
+      <c r="AY22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="AZ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AK22" s="2" t="str">
+      <c r="BA22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AL22" s="2" t="str">
+      <c r="BB22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/07/2024-06-25-Enphase-Energy-Limited-Warranty-IQ-Battery-5P-and-SC-AU.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AM22" s="2" t="str">
-[...7 lines deleted...]
-      <c r="AO22" s="2" t="str">
+      <c r="BC22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-energy-bank-battery-warranty-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AP22" s="2" t="str">
+      <c r="BD22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AQ22" s="2" t="str">
+      <c r="BE22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AR22" s="2" t="str">
+      <c r="BF22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AS22" s="2" t="str">
+      <c r="BG22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AT22" s="2" t="str">
+      <c r="BH22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AU22" s="2" t="str">
+      <c r="BI22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AV22" s="2" t="str">
+      <c r="BJ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AW22" s="2" t="str">
+      <c r="BK22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AX22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AY22" s="2" t="str">
+      <c r="BL22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf","No")</f>
+        <v>No</v>
+      </c>
+      <c r="BM22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf","No")</f>
+        <v>No</v>
+      </c>
+      <c r="BN22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf","No")</f>
+        <v>No</v>
+      </c>
+      <c r="BO22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf","No")</f>
+        <v>No</v>
+      </c>
+      <c r="BP22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf","No")</f>
+        <v>No</v>
+      </c>
+      <c r="BQ22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BR22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BS22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BT22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BU22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="BV22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="AZ22" s="2" t="str">
+      <c r="BW22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BA22" s="2" t="str">
+      <c r="BX22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BB22" s="2" t="str">
+      <c r="BY22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BC22" s="2" t="str">
+      <c r="BZ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BD22" s="2" t="str">
+      <c r="CA22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BE22" s="2" t="str">
+      <c r="CB22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BF22" s="2" t="str">
+      <c r="CC22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BG22" s="2" t="str">
+      <c r="CD22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BH22" s="2" t="str">
+      <c r="CE22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BI22" s="2" t="str">
+      <c r="CF22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BJ22" s="2" t="str">
+      <c r="CG22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BK22" s="2" t="str">
-[...23 lines deleted...]
-      <c r="BQ22" s="2" t="str">
+      <c r="CH22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BR22" s="2" t="str">
+      <c r="CI22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BS22" s="2" t="str">
+      <c r="CJ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BT22" s="2" t="str">
+      <c r="CK22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BU22" s="2" t="str">
+      <c r="CL22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BV22" s="2" t="str">
+      <c r="CM22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BW22" s="2" t="str">
+      <c r="CN22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="BX22" s="2" t="str">
+      <c r="CO22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="CP22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
         <v>Fronius Reserva warranty</v>
       </c>
-      <c r="BY22" s="2" t="str">
+      <c r="CQ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
         <v>Fronius Reserva warranty</v>
       </c>
-      <c r="BZ22" s="2" t="str">
+      <c r="CR22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
         <v>Fronius Reserva warranty</v>
       </c>
-      <c r="CA22" s="2" t="str">
+      <c r="CS22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
         <v>Fronius Reserva warranty</v>
       </c>
-      <c r="CB22" s="2" t="str">
-[...3 lines deleted...]
-      <c r="CC22" s="2" t="str">
+      <c r="CT22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="CU22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="CV22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="CW22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CD22" s="2" t="str">
+      <c r="CX22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CE22" s="2" t="str">
+      <c r="CY22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="CZ22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DA22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DB22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CF22" s="2" t="str">
+      <c r="DC22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CG22" s="2" t="str">
+      <c r="DD22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CH22" s="2" t="str">
+      <c r="DE22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CI22" s="2" t="str">
+      <c r="DF22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CJ22" s="2" t="str">
+      <c r="DG22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CK22" s="2" t="str">
+      <c r="DH22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CL22" s="2" t="str">
+      <c r="DI22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CM22" s="2" t="str">
+      <c r="DJ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CN22" s="2" t="str">
+      <c r="DK22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CO22" s="2" t="str">
+      <c r="DL22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CP22" s="2" t="str">
+      <c r="DM22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CQ22" s="2" t="str">
+      <c r="DN22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CR22" s="2" t="str">
+      <c r="DO22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CS22" s="2" t="str">
+      <c r="DP22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CT22" s="2" t="str">
+      <c r="DQ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CU22" s="2" t="str">
+      <c r="DR22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CV22" s="2" t="str">
+      <c r="DS22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CW22" s="2" t="str">
+      <c r="DT22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CX22" s="2" t="str">
+      <c r="DU22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CY22" s="2" t="str">
+      <c r="DV22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="CZ22" s="2" t="str">
+      <c r="DW22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DA22" s="2" t="str">
+      <c r="DX22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="23" spans="1:702">
       <c r="A23" s="1" t="s">
-        <v>703</v>
+        <v>822</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>704</v>
+        <v>823</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>705</v>
+        <v>824</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>706</v>
+        <v>825</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>706</v>
+        <v>825</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>707</v>
+        <v>826</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>708</v>
+        <v>827</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>707</v>
+        <v>826</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>707</v>
+        <v>826</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>704</v>
+        <v>823</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>704</v>
+        <v>823</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>709</v>
+        <v>828</v>
       </c>
       <c r="M23" s="1" t="s">
-        <v>710</v>
+        <v>829</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>711</v>
+        <v>830</v>
       </c>
       <c r="O23" s="1" t="s">
-        <v>712</v>
+        <v>830</v>
       </c>
       <c r="P23" s="1" t="s">
-        <v>712</v>
+        <v>830</v>
       </c>
       <c r="Q23" s="1" t="s">
-        <v>712</v>
+        <v>831</v>
       </c>
       <c r="R23" s="1" t="s">
-        <v>713</v>
+        <v>832</v>
       </c>
       <c r="S23" s="1" t="s">
-        <v>714</v>
+        <v>828</v>
       </c>
       <c r="T23" s="1" t="s">
-        <v>710</v>
+        <v>830</v>
       </c>
       <c r="U23" s="1" t="s">
-        <v>712</v>
+        <v>830</v>
       </c>
       <c r="V23" s="1" t="s">
-        <v>712</v>
+        <v>833</v>
       </c>
       <c r="W23" s="1" t="s">
-        <v>715</v>
+        <v>834</v>
       </c>
       <c r="X23" s="1" t="s">
-        <v>716</v>
+        <v>832</v>
       </c>
       <c r="Y23" s="1" t="s">
-        <v>714</v>
+        <v>835</v>
       </c>
       <c r="Z23" s="1" t="s">
-        <v>717</v>
+        <v>836</v>
       </c>
       <c r="AA23" s="1" t="s">
-        <v>718</v>
+        <v>836</v>
       </c>
       <c r="AB23" s="1" t="s">
-        <v>718</v>
+        <v>836</v>
       </c>
       <c r="AC23" s="1" t="s">
-        <v>718</v>
+        <v>836</v>
       </c>
       <c r="AD23" s="1" t="s">
-        <v>718</v>
+        <v>836</v>
       </c>
       <c r="AE23" s="1" t="s">
-        <v>719</v>
+        <v>836</v>
       </c>
       <c r="AF23" s="1" t="s">
-        <v>720</v>
+        <v>836</v>
       </c>
       <c r="AG23" s="1" t="s">
-        <v>721</v>
+        <v>837</v>
       </c>
       <c r="AH23" s="1" t="s">
-        <v>722</v>
+        <v>838</v>
       </c>
       <c r="AI23" s="1" t="s">
-        <v>722</v>
+        <v>838</v>
       </c>
       <c r="AJ23" s="1" t="s">
-        <v>723</v>
+        <v>838</v>
       </c>
       <c r="AK23" s="1" t="s">
-        <v>720</v>
+        <v>838</v>
       </c>
       <c r="AL23" s="1" t="s">
-        <v>709</v>
+        <v>829</v>
       </c>
       <c r="AM23" s="1" t="s">
-        <v>712</v>
+        <v>839</v>
       </c>
       <c r="AN23" s="1" t="s">
-        <v>724</v>
+        <v>840</v>
       </c>
       <c r="AO23" s="1" t="s">
-        <v>714</v>
+        <v>841</v>
       </c>
       <c r="AP23" s="1" t="s">
-        <v>722</v>
+        <v>842</v>
       </c>
       <c r="AQ23" s="1" t="s">
-        <v>721</v>
+        <v>842</v>
       </c>
       <c r="AR23" s="1" t="s">
-        <v>721</v>
+        <v>842</v>
       </c>
       <c r="AS23" s="1" t="s">
-        <v>725</v>
+        <v>842</v>
       </c>
       <c r="AT23" s="1" t="s">
-        <v>726</v>
+        <v>842</v>
       </c>
       <c r="AU23" s="1" t="s">
-        <v>727</v>
+        <v>843</v>
       </c>
       <c r="AV23" s="1" t="s">
-        <v>728</v>
+        <v>844</v>
       </c>
       <c r="AW23" s="1" t="s">
-        <v>728</v>
+        <v>845</v>
       </c>
       <c r="AX23" s="1" t="s">
-        <v>713</v>
+        <v>846</v>
       </c>
       <c r="AY23" s="1" t="s">
-        <v>729</v>
+        <v>846</v>
       </c>
       <c r="AZ23" s="1" t="s">
-        <v>730</v>
+        <v>847</v>
       </c>
       <c r="BA23" s="1" t="s">
-        <v>731</v>
+        <v>844</v>
       </c>
       <c r="BB23" s="1" t="s">
-        <v>732</v>
+        <v>841</v>
       </c>
       <c r="BC23" s="1" t="s">
-        <v>732</v>
+        <v>832</v>
       </c>
       <c r="BD23" s="1" t="s">
-        <v>733</v>
+        <v>846</v>
       </c>
       <c r="BE23" s="1" t="s">
-        <v>733</v>
+        <v>845</v>
       </c>
       <c r="BF23" s="1" t="s">
-        <v>734</v>
+        <v>845</v>
       </c>
       <c r="BG23" s="1" t="s">
-        <v>735</v>
+        <v>837</v>
       </c>
       <c r="BH23" s="1" t="s">
-        <v>736</v>
+        <v>838</v>
       </c>
       <c r="BI23" s="1" t="s">
-        <v>737</v>
+        <v>848</v>
       </c>
       <c r="BJ23" s="1" t="s">
-        <v>737</v>
+        <v>849</v>
       </c>
       <c r="BK23" s="1" t="s">
-        <v>735</v>
+        <v>849</v>
       </c>
       <c r="BL23" s="1" t="s">
-        <v>726</v>
+        <v>850</v>
       </c>
       <c r="BM23" s="1" t="s">
-        <v>737</v>
+        <v>850</v>
       </c>
       <c r="BN23" s="1" t="s">
-        <v>737</v>
+        <v>851</v>
       </c>
       <c r="BO23" s="1" t="s">
-        <v>727</v>
+        <v>851</v>
       </c>
       <c r="BP23" s="1" t="s">
-        <v>727</v>
+        <v>852</v>
       </c>
       <c r="BQ23" s="1" t="s">
-        <v>713</v>
+        <v>830</v>
       </c>
       <c r="BR23" s="1" t="s">
-        <v>738</v>
+        <v>853</v>
       </c>
       <c r="BS23" s="1" t="s">
-        <v>738</v>
+        <v>854</v>
       </c>
       <c r="BT23" s="1" t="s">
-        <v>738</v>
+        <v>839</v>
       </c>
       <c r="BU23" s="1" t="s">
-        <v>716</v>
+        <v>840</v>
       </c>
       <c r="BV23" s="1" t="s">
-        <v>739</v>
+        <v>855</v>
       </c>
       <c r="BW23" s="1" t="s">
-        <v>740</v>
+        <v>856</v>
       </c>
       <c r="BX23" s="1" t="s">
-        <v>718</v>
+        <v>850</v>
       </c>
       <c r="BY23" s="1" t="s">
-        <v>730</v>
+        <v>857</v>
       </c>
       <c r="BZ23" s="1" t="s">
-        <v>730</v>
+        <v>857</v>
       </c>
       <c r="CA23" s="1" t="s">
-        <v>730</v>
+        <v>858</v>
       </c>
       <c r="CB23" s="1" t="s">
-        <v>739</v>
+        <v>858</v>
       </c>
       <c r="CC23" s="1" t="s">
-        <v>726</v>
+        <v>854</v>
       </c>
       <c r="CD23" s="1" t="s">
-        <v>737</v>
+        <v>839</v>
       </c>
       <c r="CE23" s="1" t="s">
-        <v>741</v>
+        <v>840</v>
       </c>
       <c r="CF23" s="1" t="s">
-        <v>741</v>
+        <v>859</v>
       </c>
       <c r="CG23" s="1" t="s">
-        <v>741</v>
+        <v>859</v>
       </c>
       <c r="CH23" s="1" t="s">
-        <v>716</v>
+        <v>831</v>
       </c>
       <c r="CI23" s="1" t="s">
-        <v>741</v>
+        <v>860</v>
       </c>
       <c r="CJ23" s="1" t="s">
-        <v>715</v>
+        <v>860</v>
       </c>
       <c r="CK23" s="1" t="s">
-        <v>712</v>
+        <v>860</v>
       </c>
       <c r="CL23" s="1" t="s">
-        <v>711</v>
+        <v>834</v>
       </c>
       <c r="CM23" s="1" t="s">
-        <v>742</v>
+        <v>861</v>
       </c>
       <c r="CN23" s="1" t="s">
-        <v>743</v>
+        <v>862</v>
       </c>
       <c r="CO23" s="1" t="s">
-        <v>744</v>
+        <v>862</v>
       </c>
       <c r="CP23" s="1" t="s">
-        <v>744</v>
+        <v>842</v>
       </c>
       <c r="CQ23" s="1" t="s">
-        <v>744</v>
+        <v>856</v>
       </c>
       <c r="CR23" s="1" t="s">
-        <v>744</v>
+        <v>856</v>
       </c>
       <c r="CS23" s="1" t="s">
-        <v>745</v>
+        <v>856</v>
       </c>
       <c r="CT23" s="1" t="s">
-        <v>738</v>
+        <v>829</v>
       </c>
       <c r="CU23" s="1" t="s">
-        <v>720</v>
+        <v>829</v>
       </c>
       <c r="CV23" s="1" t="s">
-        <v>746</v>
+        <v>829</v>
       </c>
       <c r="CW23" s="1" t="s">
-        <v>746</v>
+        <v>838</v>
       </c>
       <c r="CX23" s="1" t="s">
-        <v>746</v>
+        <v>859</v>
       </c>
       <c r="CY23" s="1" t="s">
-        <v>746</v>
+        <v>859</v>
       </c>
       <c r="CZ23" s="1" t="s">
-        <v>709</v>
+        <v>859</v>
       </c>
       <c r="DA23" s="1" t="s">
-        <v>714</v>
+        <v>859</v>
+      </c>
+      <c r="DB23" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="DC23" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="DD23" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="DE23" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="DF23" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="DG23" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="DH23" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="DI23" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="DJ23" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="DK23" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="DL23" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="DM23" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="DN23" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="DO23" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="DP23" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="DQ23" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="DR23" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="DS23" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="DT23" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="DU23" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="DV23" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="DW23" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="DX23" s="1" t="s">
+        <v>832</v>
       </c>
     </row>
     <row r="24" spans="1:702">
       <c r="A24" s="1" t="s">
-        <v>747</v>
+        <v>869</v>
       </c>
       <c r="B24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="C24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="D24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="E24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="F24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="G24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="H24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="I24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="J24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="L24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="M24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="N24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="O24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="P24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="Q24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="R24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
         <v>Here</v>
@@ -16606,815 +19848,1001 @@
       <c r="T24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="U24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="V24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="W24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="X24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="Y24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="Z24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AA24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AB24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AC24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AD24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AE24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AF24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AG24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AH24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AI24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AJ24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AK24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AL24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/enphase-energy-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AM24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AN24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="AO24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="AP24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="AQ24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="AR24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="AS24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="AT24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="AU24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="AV24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="AW24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="AX24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="AY24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="AZ24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="BA24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="BB24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/enphase-energy-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="BC24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AP24" s="2" t="str">
+      <c r="BD24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AQ24" s="2" t="str">
+      <c r="BE24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AR24" s="2" t="str">
+      <c r="BF24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AS24" s="2" t="str">
+      <c r="BG24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AT24" s="2" t="str">
+      <c r="BH24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AU24" s="2" t="str">
+      <c r="BI24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AV24" s="2" t="str">
+      <c r="BJ24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AW24" s="2" t="str">
+      <c r="BK24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AX24" s="2" t="str">
+      <c r="BL24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AY24" s="2" t="str">
+      <c r="BM24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="BN24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="BO24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="BP24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="BQ24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="AZ24" s="2" t="str">
+      <c r="BR24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BA24" s="2" t="str">
+      <c r="BS24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BB24" s="2" t="str">
+      <c r="BT24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BC24" s="2" t="str">
+      <c r="BU24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BD24" s="2" t="str">
+      <c r="BV24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BE24" s="2" t="str">
+      <c r="BW24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BF24" s="2" t="str">
+      <c r="BX24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="BY24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="BZ24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="CA24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="CB24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="CC24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BG24" s="2" t="str">
+      <c r="CD24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BH24" s="2" t="str">
+      <c r="CE24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BI24" s="2" t="str">
+      <c r="CF24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BJ24" s="2" t="str">
+      <c r="CG24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BK24" s="2" t="str">
-[...23 lines deleted...]
-      <c r="BQ24" s="2" t="str">
+      <c r="CH24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BR24" s="2" t="str">
+      <c r="CI24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BS24" s="2" t="str">
+      <c r="CJ24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BT24" s="2" t="str">
+      <c r="CK24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BU24" s="2" t="str">
+      <c r="CL24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BV24" s="2" t="str">
+      <c r="CM24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BW24" s="2" t="str">
+      <c r="CN24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BX24" s="2" t="str">
+      <c r="CO24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="CP24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BY24" s="2" t="str">
+      <c r="CQ24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="BZ24" s="2" t="str">
+      <c r="CR24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CA24" s="2" t="str">
+      <c r="CS24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CB24" s="2" t="str">
+      <c r="CT24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CC24" s="2" t="str">
+      <c r="CU24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="CV24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="CW24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CD24" s="2" t="str">
+      <c r="CX24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CE24" s="2" t="str">
+      <c r="CY24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="CZ24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="DA24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="DB24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CF24" s="2" t="str">
+      <c r="DC24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CG24" s="2" t="str">
+      <c r="DD24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CH24" s="2" t="str">
+      <c r="DE24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CI24" s="2" t="str">
+      <c r="DF24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CJ24" s="2" t="str">
+      <c r="DG24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CK24" s="2" t="str">
+      <c r="DH24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CL24" s="2" t="str">
+      <c r="DI24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CM24" s="2" t="str">
+      <c r="DJ24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CN24" s="2" t="str">
+      <c r="DK24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CO24" s="2" t="str">
+      <c r="DL24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CP24" s="2" t="str">
+      <c r="DM24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CQ24" s="2" t="str">
+      <c r="DN24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CR24" s="2" t="str">
+      <c r="DO24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CS24" s="2" t="str">
+      <c r="DP24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CT24" s="2" t="str">
+      <c r="DQ24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CU24" s="2" t="str">
+      <c r="DR24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CV24" s="2" t="str">
+      <c r="DS24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CW24" s="2" t="str">
+      <c r="DT24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CX24" s="2" t="str">
+      <c r="DU24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CY24" s="2" t="str">
+      <c r="DV24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="CZ24" s="2" t="str">
+      <c r="DW24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="DA24" s="2" t="str">
+      <c r="DX24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_2" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="C6" r:id="rId_hyperlink_3" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="F6" r:id="rId_hyperlink_6" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="L6" r:id="rId_hyperlink_7" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="M6" r:id="rId_hyperlink_8" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="N6" r:id="rId_hyperlink_9" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="O6" r:id="rId_hyperlink_10" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="P6" r:id="rId_hyperlink_11" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="Q6" r:id="rId_hyperlink_12" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="R6" r:id="rId_hyperlink_13" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="S6" r:id="rId_hyperlink_14" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="T6" r:id="rId_hyperlink_15" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="U6" r:id="rId_hyperlink_16" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="V6" r:id="rId_hyperlink_17" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="W6" r:id="rId_hyperlink_18" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="X6" r:id="rId_hyperlink_19" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="Y6" r:id="rId_hyperlink_20" tooltip="Yes, review here." display="Yes, review here."/>
-    <hyperlink ref="Z6" r:id="rId_hyperlink_21" tooltip="Yes, review here." display="Yes, review here."/>
-[...420 lines deleted...]
-    <hyperlink ref="DA24" r:id="rId_hyperlink_442" tooltip="Here" display="Here"/>
+    <hyperlink ref="AO6" r:id="rId_hyperlink_21" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="BC6" r:id="rId_hyperlink_22" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="BD6" r:id="rId_hyperlink_23" tooltip="Yes, overview here." display="Yes, overview here."/>
+    <hyperlink ref="BE6" r:id="rId_hyperlink_24" tooltip="Yes, overview here." display="Yes, overview here."/>
+    <hyperlink ref="BF6" r:id="rId_hyperlink_25" tooltip="Yes, overview here." display="Yes, overview here."/>
+    <hyperlink ref="CM6" r:id="rId_hyperlink_26" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="CN6" r:id="rId_hyperlink_27" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="CO6" r:id="rId_hyperlink_28" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="DQ6" r:id="rId_hyperlink_29" tooltip="Here." display="Here."/>
+    <hyperlink ref="DS6" r:id="rId_hyperlink_30" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="DT6" r:id="rId_hyperlink_31" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="DU6" r:id="rId_hyperlink_32" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="DV6" r:id="rId_hyperlink_33" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="DW6" r:id="rId_hyperlink_34" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="B7" r:id="rId_hyperlink_35" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="C7" r:id="rId_hyperlink_36" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="D7" r:id="rId_hyperlink_37" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="E7" r:id="rId_hyperlink_38" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="F7" r:id="rId_hyperlink_39" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="L7" r:id="rId_hyperlink_40" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="M7" r:id="rId_hyperlink_41" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="N7" r:id="rId_hyperlink_42" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="O7" r:id="rId_hyperlink_43" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="P7" r:id="rId_hyperlink_44" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="Q7" r:id="rId_hyperlink_45" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="R7" r:id="rId_hyperlink_46" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="S7" r:id="rId_hyperlink_47" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="T7" r:id="rId_hyperlink_48" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="U7" r:id="rId_hyperlink_49" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="V7" r:id="rId_hyperlink_50" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="W7" r:id="rId_hyperlink_51" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="X7" r:id="rId_hyperlink_52" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="Y7" r:id="rId_hyperlink_53" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="Z7" r:id="rId_hyperlink_54" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AA7" r:id="rId_hyperlink_55" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AB7" r:id="rId_hyperlink_56" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AC7" r:id="rId_hyperlink_57" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AD7" r:id="rId_hyperlink_58" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AE7" r:id="rId_hyperlink_59" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AF7" r:id="rId_hyperlink_60" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AG7" r:id="rId_hyperlink_61" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AH7" r:id="rId_hyperlink_62" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AI7" r:id="rId_hyperlink_63" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AJ7" r:id="rId_hyperlink_64" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AK7" r:id="rId_hyperlink_65" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AL7" r:id="rId_hyperlink_66" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AM7" r:id="rId_hyperlink_67" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AN7" r:id="rId_hyperlink_68" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AO7" r:id="rId_hyperlink_69" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AP7" r:id="rId_hyperlink_70" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AQ7" r:id="rId_hyperlink_71" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AR7" r:id="rId_hyperlink_72" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AS7" r:id="rId_hyperlink_73" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AT7" r:id="rId_hyperlink_74" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AU7" r:id="rId_hyperlink_75" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AV7" r:id="rId_hyperlink_76" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AW7" r:id="rId_hyperlink_77" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AX7" r:id="rId_hyperlink_78" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AY7" r:id="rId_hyperlink_79" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="AZ7" r:id="rId_hyperlink_80" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BA7" r:id="rId_hyperlink_81" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BB7" r:id="rId_hyperlink_82" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BC7" r:id="rId_hyperlink_83" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="BD7" r:id="rId_hyperlink_84" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="BE7" r:id="rId_hyperlink_85" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="BF7" r:id="rId_hyperlink_86" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="BG7" r:id="rId_hyperlink_87" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BH7" r:id="rId_hyperlink_88" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BI7" r:id="rId_hyperlink_89" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BJ7" r:id="rId_hyperlink_90" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BK7" r:id="rId_hyperlink_91" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BL7" r:id="rId_hyperlink_92" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BM7" r:id="rId_hyperlink_93" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BN7" r:id="rId_hyperlink_94" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BO7" r:id="rId_hyperlink_95" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BP7" r:id="rId_hyperlink_96" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BQ7" r:id="rId_hyperlink_97" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BR7" r:id="rId_hyperlink_98" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BS7" r:id="rId_hyperlink_99" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BT7" r:id="rId_hyperlink_100" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BU7" r:id="rId_hyperlink_101" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BV7" r:id="rId_hyperlink_102" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BW7" r:id="rId_hyperlink_103" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BX7" r:id="rId_hyperlink_104" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BY7" r:id="rId_hyperlink_105" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BZ7" r:id="rId_hyperlink_106" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CA7" r:id="rId_hyperlink_107" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CB7" r:id="rId_hyperlink_108" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CC7" r:id="rId_hyperlink_109" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CD7" r:id="rId_hyperlink_110" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CE7" r:id="rId_hyperlink_111" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CF7" r:id="rId_hyperlink_112" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CG7" r:id="rId_hyperlink_113" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CH7" r:id="rId_hyperlink_114" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CI7" r:id="rId_hyperlink_115" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CJ7" r:id="rId_hyperlink_116" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CK7" r:id="rId_hyperlink_117" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CL7" r:id="rId_hyperlink_118" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CM7" r:id="rId_hyperlink_119" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CN7" r:id="rId_hyperlink_120" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CO7" r:id="rId_hyperlink_121" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CP7" r:id="rId_hyperlink_122" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CQ7" r:id="rId_hyperlink_123" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CR7" r:id="rId_hyperlink_124" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CS7" r:id="rId_hyperlink_125" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CT7" r:id="rId_hyperlink_126" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CU7" r:id="rId_hyperlink_127" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CV7" r:id="rId_hyperlink_128" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CW7" r:id="rId_hyperlink_129" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CX7" r:id="rId_hyperlink_130" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CY7" r:id="rId_hyperlink_131" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="CZ7" r:id="rId_hyperlink_132" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DA7" r:id="rId_hyperlink_133" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DB7" r:id="rId_hyperlink_134" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DC7" r:id="rId_hyperlink_135" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DD7" r:id="rId_hyperlink_136" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DE7" r:id="rId_hyperlink_137" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DF7" r:id="rId_hyperlink_138" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DG7" r:id="rId_hyperlink_139" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DH7" r:id="rId_hyperlink_140" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DI7" r:id="rId_hyperlink_141" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DJ7" r:id="rId_hyperlink_142" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DK7" r:id="rId_hyperlink_143" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DL7" r:id="rId_hyperlink_144" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DM7" r:id="rId_hyperlink_145" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DN7" r:id="rId_hyperlink_146" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DO7" r:id="rId_hyperlink_147" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DP7" r:id="rId_hyperlink_148" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DR7" r:id="rId_hyperlink_149" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DS7" r:id="rId_hyperlink_150" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DT7" r:id="rId_hyperlink_151" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DU7" r:id="rId_hyperlink_152" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DV7" r:id="rId_hyperlink_153" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DW7" r:id="rId_hyperlink_154" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DX7" r:id="rId_hyperlink_155" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="B21" r:id="rId_hyperlink_156" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="C21" r:id="rId_hyperlink_157" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="D21" r:id="rId_hyperlink_158" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="E21" r:id="rId_hyperlink_159" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="F21" r:id="rId_hyperlink_160" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="G21" r:id="rId_hyperlink_161" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="H21" r:id="rId_hyperlink_162" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="I21" r:id="rId_hyperlink_163" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="J21" r:id="rId_hyperlink_164" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="K21" r:id="rId_hyperlink_165" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="L21" r:id="rId_hyperlink_166" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="M21" r:id="rId_hyperlink_167" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="N21" r:id="rId_hyperlink_168" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="O21" r:id="rId_hyperlink_169" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="P21" r:id="rId_hyperlink_170" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Q21" r:id="rId_hyperlink_171" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R21" r:id="rId_hyperlink_172" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S21" r:id="rId_hyperlink_173" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T21" r:id="rId_hyperlink_174" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U21" r:id="rId_hyperlink_175" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="V21" r:id="rId_hyperlink_176" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="W21" r:id="rId_hyperlink_177" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="X21" r:id="rId_hyperlink_178" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Y21" r:id="rId_hyperlink_179" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Z21" r:id="rId_hyperlink_180" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AA21" r:id="rId_hyperlink_181" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AB21" r:id="rId_hyperlink_182" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AC21" r:id="rId_hyperlink_183" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AD21" r:id="rId_hyperlink_184" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AE21" r:id="rId_hyperlink_185" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AF21" r:id="rId_hyperlink_186" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AG21" r:id="rId_hyperlink_187" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AH21" r:id="rId_hyperlink_188" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AI21" r:id="rId_hyperlink_189" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AJ21" r:id="rId_hyperlink_190" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AK21" r:id="rId_hyperlink_191" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AL21" r:id="rId_hyperlink_192" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AM21" r:id="rId_hyperlink_193" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AN21" r:id="rId_hyperlink_194" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AO21" r:id="rId_hyperlink_195" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AP21" r:id="rId_hyperlink_196" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AQ21" r:id="rId_hyperlink_197" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AR21" r:id="rId_hyperlink_198" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AS21" r:id="rId_hyperlink_199" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AT21" r:id="rId_hyperlink_200" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AU21" r:id="rId_hyperlink_201" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AV21" r:id="rId_hyperlink_202" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AW21" r:id="rId_hyperlink_203" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AX21" r:id="rId_hyperlink_204" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AY21" r:id="rId_hyperlink_205" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AZ21" r:id="rId_hyperlink_206" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BA21" r:id="rId_hyperlink_207" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BB21" r:id="rId_hyperlink_208" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BC21" r:id="rId_hyperlink_209" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BD21" r:id="rId_hyperlink_210" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BE21" r:id="rId_hyperlink_211" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BF21" r:id="rId_hyperlink_212" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BG21" r:id="rId_hyperlink_213" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BH21" r:id="rId_hyperlink_214" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BI21" r:id="rId_hyperlink_215" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BJ21" r:id="rId_hyperlink_216" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BK21" r:id="rId_hyperlink_217" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BL21" r:id="rId_hyperlink_218" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BM21" r:id="rId_hyperlink_219" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BN21" r:id="rId_hyperlink_220" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BO21" r:id="rId_hyperlink_221" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BP21" r:id="rId_hyperlink_222" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BQ21" r:id="rId_hyperlink_223" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BR21" r:id="rId_hyperlink_224" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BS21" r:id="rId_hyperlink_225" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BT21" r:id="rId_hyperlink_226" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BU21" r:id="rId_hyperlink_227" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BV21" r:id="rId_hyperlink_228" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BW21" r:id="rId_hyperlink_229" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BX21" r:id="rId_hyperlink_230" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BY21" r:id="rId_hyperlink_231" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BZ21" r:id="rId_hyperlink_232" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CA21" r:id="rId_hyperlink_233" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CB21" r:id="rId_hyperlink_234" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CC21" r:id="rId_hyperlink_235" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CD21" r:id="rId_hyperlink_236" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CE21" r:id="rId_hyperlink_237" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CF21" r:id="rId_hyperlink_238" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CG21" r:id="rId_hyperlink_239" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CH21" r:id="rId_hyperlink_240" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CI21" r:id="rId_hyperlink_241" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CJ21" r:id="rId_hyperlink_242" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CK21" r:id="rId_hyperlink_243" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CL21" r:id="rId_hyperlink_244" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CM21" r:id="rId_hyperlink_245" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CN21" r:id="rId_hyperlink_246" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CO21" r:id="rId_hyperlink_247" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CP21" r:id="rId_hyperlink_248" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
+    <hyperlink ref="CQ21" r:id="rId_hyperlink_249" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
+    <hyperlink ref="CR21" r:id="rId_hyperlink_250" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
+    <hyperlink ref="CS21" r:id="rId_hyperlink_251" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
+    <hyperlink ref="CT21" r:id="rId_hyperlink_252" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CU21" r:id="rId_hyperlink_253" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CV21" r:id="rId_hyperlink_254" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CW21" r:id="rId_hyperlink_255" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CX21" r:id="rId_hyperlink_256" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CY21" r:id="rId_hyperlink_257" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CZ21" r:id="rId_hyperlink_258" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DA21" r:id="rId_hyperlink_259" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DB21" r:id="rId_hyperlink_260" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DC21" r:id="rId_hyperlink_261" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DD21" r:id="rId_hyperlink_262" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DE21" r:id="rId_hyperlink_263" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DF21" r:id="rId_hyperlink_264" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DG21" r:id="rId_hyperlink_265" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DH21" r:id="rId_hyperlink_266" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DI21" r:id="rId_hyperlink_267" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DJ21" r:id="rId_hyperlink_268" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DK21" r:id="rId_hyperlink_269" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DL21" r:id="rId_hyperlink_270" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DM21" r:id="rId_hyperlink_271" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DN21" r:id="rId_hyperlink_272" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DO21" r:id="rId_hyperlink_273" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DP21" r:id="rId_hyperlink_274" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DQ21" r:id="rId_hyperlink_275" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DR21" r:id="rId_hyperlink_276" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DS21" r:id="rId_hyperlink_277" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DT21" r:id="rId_hyperlink_278" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DU21" r:id="rId_hyperlink_279" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DV21" r:id="rId_hyperlink_280" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DW21" r:id="rId_hyperlink_281" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DX21" r:id="rId_hyperlink_282" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B22" r:id="rId_hyperlink_283" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="C22" r:id="rId_hyperlink_284" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="D22" r:id="rId_hyperlink_285" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="E22" r:id="rId_hyperlink_286" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="F22" r:id="rId_hyperlink_287" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="G22" r:id="rId_hyperlink_288" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="H22" r:id="rId_hyperlink_289" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="I22" r:id="rId_hyperlink_290" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="J22" r:id="rId_hyperlink_291" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="K22" r:id="rId_hyperlink_292" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="L22" r:id="rId_hyperlink_293" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="M22" r:id="rId_hyperlink_294" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="N22" r:id="rId_hyperlink_295" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="O22" r:id="rId_hyperlink_296" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="P22" r:id="rId_hyperlink_297" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Q22" r:id="rId_hyperlink_298" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R22" r:id="rId_hyperlink_299" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S22" r:id="rId_hyperlink_300" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T22" r:id="rId_hyperlink_301" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U22" r:id="rId_hyperlink_302" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="V22" r:id="rId_hyperlink_303" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="W22" r:id="rId_hyperlink_304" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="X22" r:id="rId_hyperlink_305" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Y22" r:id="rId_hyperlink_306" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Z22" r:id="rId_hyperlink_307" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AA22" r:id="rId_hyperlink_308" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AB22" r:id="rId_hyperlink_309" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AC22" r:id="rId_hyperlink_310" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AD22" r:id="rId_hyperlink_311" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AE22" r:id="rId_hyperlink_312" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AF22" r:id="rId_hyperlink_313" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AG22" r:id="rId_hyperlink_314" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AH22" r:id="rId_hyperlink_315" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AI22" r:id="rId_hyperlink_316" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AJ22" r:id="rId_hyperlink_317" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AK22" r:id="rId_hyperlink_318" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AL22" r:id="rId_hyperlink_319" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AM22" r:id="rId_hyperlink_320" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AN22" r:id="rId_hyperlink_321" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AO22" r:id="rId_hyperlink_322" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AP22" r:id="rId_hyperlink_323" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AQ22" r:id="rId_hyperlink_324" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AR22" r:id="rId_hyperlink_325" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AS22" r:id="rId_hyperlink_326" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AT22" r:id="rId_hyperlink_327" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AU22" r:id="rId_hyperlink_328" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AV22" r:id="rId_hyperlink_329" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AW22" r:id="rId_hyperlink_330" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AX22" r:id="rId_hyperlink_331" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AY22" r:id="rId_hyperlink_332" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AZ22" r:id="rId_hyperlink_333" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BA22" r:id="rId_hyperlink_334" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BB22" r:id="rId_hyperlink_335" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BC22" r:id="rId_hyperlink_336" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BD22" r:id="rId_hyperlink_337" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BE22" r:id="rId_hyperlink_338" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BF22" r:id="rId_hyperlink_339" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BG22" r:id="rId_hyperlink_340" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BH22" r:id="rId_hyperlink_341" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BI22" r:id="rId_hyperlink_342" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BJ22" r:id="rId_hyperlink_343" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BK22" r:id="rId_hyperlink_344" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BL22" r:id="rId_hyperlink_345" tooltip="No" display="No"/>
+    <hyperlink ref="BM22" r:id="rId_hyperlink_346" tooltip="No" display="No"/>
+    <hyperlink ref="BN22" r:id="rId_hyperlink_347" tooltip="No" display="No"/>
+    <hyperlink ref="BO22" r:id="rId_hyperlink_348" tooltip="No" display="No"/>
+    <hyperlink ref="BP22" r:id="rId_hyperlink_349" tooltip="No" display="No"/>
+    <hyperlink ref="BQ22" r:id="rId_hyperlink_350" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BR22" r:id="rId_hyperlink_351" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BS22" r:id="rId_hyperlink_352" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BT22" r:id="rId_hyperlink_353" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BU22" r:id="rId_hyperlink_354" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BV22" r:id="rId_hyperlink_355" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BW22" r:id="rId_hyperlink_356" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BX22" r:id="rId_hyperlink_357" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BY22" r:id="rId_hyperlink_358" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BZ22" r:id="rId_hyperlink_359" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CA22" r:id="rId_hyperlink_360" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CB22" r:id="rId_hyperlink_361" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CC22" r:id="rId_hyperlink_362" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CD22" r:id="rId_hyperlink_363" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CE22" r:id="rId_hyperlink_364" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CF22" r:id="rId_hyperlink_365" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CG22" r:id="rId_hyperlink_366" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CH22" r:id="rId_hyperlink_367" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CI22" r:id="rId_hyperlink_368" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CJ22" r:id="rId_hyperlink_369" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CK22" r:id="rId_hyperlink_370" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CL22" r:id="rId_hyperlink_371" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CM22" r:id="rId_hyperlink_372" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CN22" r:id="rId_hyperlink_373" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CO22" r:id="rId_hyperlink_374" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CP22" r:id="rId_hyperlink_375" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
+    <hyperlink ref="CQ22" r:id="rId_hyperlink_376" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
+    <hyperlink ref="CR22" r:id="rId_hyperlink_377" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
+    <hyperlink ref="CS22" r:id="rId_hyperlink_378" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
+    <hyperlink ref="CT22" r:id="rId_hyperlink_379" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CU22" r:id="rId_hyperlink_380" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CV22" r:id="rId_hyperlink_381" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CW22" r:id="rId_hyperlink_382" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CX22" r:id="rId_hyperlink_383" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CY22" r:id="rId_hyperlink_384" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CZ22" r:id="rId_hyperlink_385" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DA22" r:id="rId_hyperlink_386" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DB22" r:id="rId_hyperlink_387" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DC22" r:id="rId_hyperlink_388" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DD22" r:id="rId_hyperlink_389" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DE22" r:id="rId_hyperlink_390" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DF22" r:id="rId_hyperlink_391" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DG22" r:id="rId_hyperlink_392" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DH22" r:id="rId_hyperlink_393" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DI22" r:id="rId_hyperlink_394" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DJ22" r:id="rId_hyperlink_395" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DK22" r:id="rId_hyperlink_396" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DL22" r:id="rId_hyperlink_397" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DM22" r:id="rId_hyperlink_398" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DN22" r:id="rId_hyperlink_399" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DO22" r:id="rId_hyperlink_400" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DP22" r:id="rId_hyperlink_401" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DQ22" r:id="rId_hyperlink_402" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DR22" r:id="rId_hyperlink_403" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DS22" r:id="rId_hyperlink_404" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DT22" r:id="rId_hyperlink_405" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DU22" r:id="rId_hyperlink_406" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DV22" r:id="rId_hyperlink_407" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DW22" r:id="rId_hyperlink_408" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DX22" r:id="rId_hyperlink_409" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B24" r:id="rId_hyperlink_410" tooltip="Here" display="Here"/>
+    <hyperlink ref="C24" r:id="rId_hyperlink_411" tooltip="Here" display="Here"/>
+    <hyperlink ref="D24" r:id="rId_hyperlink_412" tooltip="Here" display="Here"/>
+    <hyperlink ref="E24" r:id="rId_hyperlink_413" tooltip="Here" display="Here"/>
+    <hyperlink ref="F24" r:id="rId_hyperlink_414" tooltip="Here" display="Here"/>
+    <hyperlink ref="G24" r:id="rId_hyperlink_415" tooltip="Here" display="Here"/>
+    <hyperlink ref="H24" r:id="rId_hyperlink_416" tooltip="Here" display="Here"/>
+    <hyperlink ref="I24" r:id="rId_hyperlink_417" tooltip="Here" display="Here"/>
+    <hyperlink ref="J24" r:id="rId_hyperlink_418" tooltip="Here" display="Here"/>
+    <hyperlink ref="K24" r:id="rId_hyperlink_419" tooltip="Here" display="Here"/>
+    <hyperlink ref="L24" r:id="rId_hyperlink_420" tooltip="Here" display="Here"/>
+    <hyperlink ref="M24" r:id="rId_hyperlink_421" tooltip="Here" display="Here"/>
+    <hyperlink ref="N24" r:id="rId_hyperlink_422" tooltip="Here" display="Here"/>
+    <hyperlink ref="O24" r:id="rId_hyperlink_423" tooltip="Here" display="Here"/>
+    <hyperlink ref="P24" r:id="rId_hyperlink_424" tooltip="Here" display="Here"/>
+    <hyperlink ref="Q24" r:id="rId_hyperlink_425" tooltip="Here" display="Here"/>
+    <hyperlink ref="R24" r:id="rId_hyperlink_426" tooltip="Here" display="Here"/>
+    <hyperlink ref="S24" r:id="rId_hyperlink_427" tooltip="Here" display="Here"/>
+    <hyperlink ref="T24" r:id="rId_hyperlink_428" tooltip="Here" display="Here"/>
+    <hyperlink ref="U24" r:id="rId_hyperlink_429" tooltip="Here" display="Here"/>
+    <hyperlink ref="V24" r:id="rId_hyperlink_430" tooltip="Here" display="Here"/>
+    <hyperlink ref="W24" r:id="rId_hyperlink_431" tooltip="Here" display="Here"/>
+    <hyperlink ref="X24" r:id="rId_hyperlink_432" tooltip="Here" display="Here"/>
+    <hyperlink ref="Y24" r:id="rId_hyperlink_433" tooltip="Here" display="Here"/>
+    <hyperlink ref="Z24" r:id="rId_hyperlink_434" tooltip="Here" display="Here"/>
+    <hyperlink ref="AA24" r:id="rId_hyperlink_435" tooltip="Here" display="Here"/>
+    <hyperlink ref="AB24" r:id="rId_hyperlink_436" tooltip="Here" display="Here"/>
+    <hyperlink ref="AC24" r:id="rId_hyperlink_437" tooltip="Here" display="Here"/>
+    <hyperlink ref="AD24" r:id="rId_hyperlink_438" tooltip="Here" display="Here"/>
+    <hyperlink ref="AE24" r:id="rId_hyperlink_439" tooltip="Here" display="Here"/>
+    <hyperlink ref="AF24" r:id="rId_hyperlink_440" tooltip="Here" display="Here"/>
+    <hyperlink ref="AG24" r:id="rId_hyperlink_441" tooltip="Here" display="Here"/>
+    <hyperlink ref="AH24" r:id="rId_hyperlink_442" tooltip="Here" display="Here"/>
+    <hyperlink ref="AI24" r:id="rId_hyperlink_443" tooltip="Here" display="Here"/>
+    <hyperlink ref="AJ24" r:id="rId_hyperlink_444" tooltip="Here" display="Here"/>
+    <hyperlink ref="AK24" r:id="rId_hyperlink_445" tooltip="Here" display="Here"/>
+    <hyperlink ref="AL24" r:id="rId_hyperlink_446" tooltip="Here" display="Here"/>
+    <hyperlink ref="AM24" r:id="rId_hyperlink_447" tooltip="Here" display="Here"/>
+    <hyperlink ref="AN24" r:id="rId_hyperlink_448" tooltip="Here" display="Here"/>
+    <hyperlink ref="AO24" r:id="rId_hyperlink_449" tooltip="Here" display="Here"/>
+    <hyperlink ref="AP24" r:id="rId_hyperlink_450" tooltip="Here" display="Here"/>
+    <hyperlink ref="AQ24" r:id="rId_hyperlink_451" tooltip="Here" display="Here"/>
+    <hyperlink ref="AR24" r:id="rId_hyperlink_452" tooltip="Here" display="Here"/>
+    <hyperlink ref="AS24" r:id="rId_hyperlink_453" tooltip="Here" display="Here"/>
+    <hyperlink ref="AT24" r:id="rId_hyperlink_454" tooltip="Here" display="Here"/>
+    <hyperlink ref="AU24" r:id="rId_hyperlink_455" tooltip="Here" display="Here"/>
+    <hyperlink ref="AV24" r:id="rId_hyperlink_456" tooltip="Here" display="Here"/>
+    <hyperlink ref="AW24" r:id="rId_hyperlink_457" tooltip="Here" display="Here"/>
+    <hyperlink ref="AX24" r:id="rId_hyperlink_458" tooltip="Here" display="Here"/>
+    <hyperlink ref="AY24" r:id="rId_hyperlink_459" tooltip="Here" display="Here"/>
+    <hyperlink ref="AZ24" r:id="rId_hyperlink_460" tooltip="Here" display="Here"/>
+    <hyperlink ref="BA24" r:id="rId_hyperlink_461" tooltip="Here" display="Here"/>
+    <hyperlink ref="BB24" r:id="rId_hyperlink_462" tooltip="Here" display="Here"/>
+    <hyperlink ref="BC24" r:id="rId_hyperlink_463" tooltip="Here" display="Here"/>
+    <hyperlink ref="BD24" r:id="rId_hyperlink_464" tooltip="Here" display="Here"/>
+    <hyperlink ref="BE24" r:id="rId_hyperlink_465" tooltip="Here" display="Here"/>
+    <hyperlink ref="BF24" r:id="rId_hyperlink_466" tooltip="Here" display="Here"/>
+    <hyperlink ref="BG24" r:id="rId_hyperlink_467" tooltip="Here" display="Here"/>
+    <hyperlink ref="BH24" r:id="rId_hyperlink_468" tooltip="Here" display="Here"/>
+    <hyperlink ref="BI24" r:id="rId_hyperlink_469" tooltip="Here" display="Here"/>
+    <hyperlink ref="BJ24" r:id="rId_hyperlink_470" tooltip="Here" display="Here"/>
+    <hyperlink ref="BK24" r:id="rId_hyperlink_471" tooltip="Here" display="Here"/>
+    <hyperlink ref="BL24" r:id="rId_hyperlink_472" tooltip="Here" display="Here"/>
+    <hyperlink ref="BM24" r:id="rId_hyperlink_473" tooltip="Here" display="Here"/>
+    <hyperlink ref="BN24" r:id="rId_hyperlink_474" tooltip="Here" display="Here"/>
+    <hyperlink ref="BO24" r:id="rId_hyperlink_475" tooltip="Here" display="Here"/>
+    <hyperlink ref="BP24" r:id="rId_hyperlink_476" tooltip="Here" display="Here"/>
+    <hyperlink ref="BQ24" r:id="rId_hyperlink_477" tooltip="Here" display="Here"/>
+    <hyperlink ref="BR24" r:id="rId_hyperlink_478" tooltip="Here" display="Here"/>
+    <hyperlink ref="BS24" r:id="rId_hyperlink_479" tooltip="Here" display="Here"/>
+    <hyperlink ref="BT24" r:id="rId_hyperlink_480" tooltip="Here" display="Here"/>
+    <hyperlink ref="BU24" r:id="rId_hyperlink_481" tooltip="Here" display="Here"/>
+    <hyperlink ref="BV24" r:id="rId_hyperlink_482" tooltip="Here" display="Here"/>
+    <hyperlink ref="BW24" r:id="rId_hyperlink_483" tooltip="Here" display="Here"/>
+    <hyperlink ref="BX24" r:id="rId_hyperlink_484" tooltip="Here" display="Here"/>
+    <hyperlink ref="BY24" r:id="rId_hyperlink_485" tooltip="Here" display="Here"/>
+    <hyperlink ref="BZ24" r:id="rId_hyperlink_486" tooltip="Here" display="Here"/>
+    <hyperlink ref="CA24" r:id="rId_hyperlink_487" tooltip="Here" display="Here"/>
+    <hyperlink ref="CB24" r:id="rId_hyperlink_488" tooltip="Here" display="Here"/>
+    <hyperlink ref="CC24" r:id="rId_hyperlink_489" tooltip="Here" display="Here"/>
+    <hyperlink ref="CD24" r:id="rId_hyperlink_490" tooltip="Here" display="Here"/>
+    <hyperlink ref="CE24" r:id="rId_hyperlink_491" tooltip="Here" display="Here"/>
+    <hyperlink ref="CF24" r:id="rId_hyperlink_492" tooltip="Here" display="Here"/>
+    <hyperlink ref="CG24" r:id="rId_hyperlink_493" tooltip="Here" display="Here"/>
+    <hyperlink ref="CH24" r:id="rId_hyperlink_494" tooltip="Here" display="Here"/>
+    <hyperlink ref="CI24" r:id="rId_hyperlink_495" tooltip="Here" display="Here"/>
+    <hyperlink ref="CJ24" r:id="rId_hyperlink_496" tooltip="Here" display="Here"/>
+    <hyperlink ref="CK24" r:id="rId_hyperlink_497" tooltip="Here" display="Here"/>
+    <hyperlink ref="CL24" r:id="rId_hyperlink_498" tooltip="Here" display="Here"/>
+    <hyperlink ref="CM24" r:id="rId_hyperlink_499" tooltip="Here" display="Here"/>
+    <hyperlink ref="CN24" r:id="rId_hyperlink_500" tooltip="Here" display="Here"/>
+    <hyperlink ref="CO24" r:id="rId_hyperlink_501" tooltip="Here" display="Here"/>
+    <hyperlink ref="CP24" r:id="rId_hyperlink_502" tooltip="Here" display="Here"/>
+    <hyperlink ref="CQ24" r:id="rId_hyperlink_503" tooltip="Here" display="Here"/>
+    <hyperlink ref="CR24" r:id="rId_hyperlink_504" tooltip="Here" display="Here"/>
+    <hyperlink ref="CS24" r:id="rId_hyperlink_505" tooltip="Here" display="Here"/>
+    <hyperlink ref="CT24" r:id="rId_hyperlink_506" tooltip="Here" display="Here"/>
+    <hyperlink ref="CU24" r:id="rId_hyperlink_507" tooltip="Here" display="Here"/>
+    <hyperlink ref="CV24" r:id="rId_hyperlink_508" tooltip="Here" display="Here"/>
+    <hyperlink ref="CW24" r:id="rId_hyperlink_509" tooltip="Here" display="Here"/>
+    <hyperlink ref="CX24" r:id="rId_hyperlink_510" tooltip="Here" display="Here"/>
+    <hyperlink ref="CY24" r:id="rId_hyperlink_511" tooltip="Here" display="Here"/>
+    <hyperlink ref="CZ24" r:id="rId_hyperlink_512" tooltip="Here" display="Here"/>
+    <hyperlink ref="DA24" r:id="rId_hyperlink_513" tooltip="Here" display="Here"/>
+    <hyperlink ref="DB24" r:id="rId_hyperlink_514" tooltip="Here" display="Here"/>
+    <hyperlink ref="DC24" r:id="rId_hyperlink_515" tooltip="Here" display="Here"/>
+    <hyperlink ref="DD24" r:id="rId_hyperlink_516" tooltip="Here" display="Here"/>
+    <hyperlink ref="DE24" r:id="rId_hyperlink_517" tooltip="Here" display="Here"/>
+    <hyperlink ref="DF24" r:id="rId_hyperlink_518" tooltip="Here" display="Here"/>
+    <hyperlink ref="DG24" r:id="rId_hyperlink_519" tooltip="Here" display="Here"/>
+    <hyperlink ref="DH24" r:id="rId_hyperlink_520" tooltip="Here" display="Here"/>
+    <hyperlink ref="DI24" r:id="rId_hyperlink_521" tooltip="Here" display="Here"/>
+    <hyperlink ref="DJ24" r:id="rId_hyperlink_522" tooltip="Here" display="Here"/>
+    <hyperlink ref="DK24" r:id="rId_hyperlink_523" tooltip="Here" display="Here"/>
+    <hyperlink ref="DL24" r:id="rId_hyperlink_524" tooltip="Here" display="Here"/>
+    <hyperlink ref="DM24" r:id="rId_hyperlink_525" tooltip="Here" display="Here"/>
+    <hyperlink ref="DN24" r:id="rId_hyperlink_526" tooltip="Here" display="Here"/>
+    <hyperlink ref="DO24" r:id="rId_hyperlink_527" tooltip="Here" display="Here"/>
+    <hyperlink ref="DP24" r:id="rId_hyperlink_528" tooltip="Here" display="Here"/>
+    <hyperlink ref="DQ24" r:id="rId_hyperlink_529" tooltip="Here" display="Here"/>
+    <hyperlink ref="DR24" r:id="rId_hyperlink_530" tooltip="Here" display="Here"/>
+    <hyperlink ref="DS24" r:id="rId_hyperlink_531" tooltip="Here" display="Here"/>
+    <hyperlink ref="DT24" r:id="rId_hyperlink_532" tooltip="Here" display="Here"/>
+    <hyperlink ref="DU24" r:id="rId_hyperlink_533" tooltip="Here" display="Here"/>
+    <hyperlink ref="DV24" r:id="rId_hyperlink_534" tooltip="Here" display="Here"/>
+    <hyperlink ref="DW24" r:id="rId_hyperlink_535" tooltip="Here" display="Here"/>
+    <hyperlink ref="DX24" r:id="rId_hyperlink_536" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>