--- v3 (2026-01-23)
+++ v4 (2026-02-21)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="870">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="888">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Sungrow SBR HV 16 kWh</t>
   </si>
   <si>
     <t>Sungrow SBR HV 19.2 kWh</t>
   </si>
   <si>
     <t>Sungrow SBR HV 22.4 kWh</t>
   </si>
   <si>
     <t>Sungrow SBR HV 25.6 kWh</t>
   </si>
   <si>
     <t>Sungrow SBR HV 12.8 kWh</t>
   </si>
   <si>
     <t>Sungrow SBH200</t>
   </si>
   <si>
@@ -260,50 +260,53 @@
   <si>
     <t>Goodwe ESA 48 kWh</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 12.8</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 9.6</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 16.0</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 19.2</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 22.4</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 25.6</t>
   </si>
   <si>
     <t>GoodWe Lynx Home F G2 Series 28.8</t>
   </si>
   <si>
+    <t>Goodwe ESA 15 kWh</t>
+  </si>
+  <si>
     <t>ESY Sunhome HM6-10</t>
   </si>
   <si>
     <t>ESY Sunhome HM6-15</t>
   </si>
   <si>
     <t>ESY Sunhome HM6-20</t>
   </si>
   <si>
     <t>ESY Sunhome HM6-25</t>
   </si>
   <si>
     <t>ESY Sunhome HM6-30</t>
   </si>
   <si>
     <t>Anker SOLIX X1 15 kWh</t>
   </si>
   <si>
     <t>Anker SOLIX X1 20 kWh</t>
   </si>
   <si>
     <t>Anker SOLIX X1 25 kWh</t>
   </si>
   <si>
     <t>Anker SOLIX X1 30 kWh</t>
@@ -335,99 +338,105 @@
   <si>
     <t>Pylontech Force H3X Hybrid (10 kWh)</t>
   </si>
   <si>
     <t>Pylontech Force H3X Hybrid (20 kWh)</t>
   </si>
   <si>
     <t>Pylontech Force H3X Hybrid (35 kWh)</t>
   </si>
   <si>
     <t>SOFAR PowerAll (10 kWh)</t>
   </si>
   <si>
     <t>SOFAR PowerAll (15 kWh)</t>
   </si>
   <si>
     <t>SOFAR PowerAll (20 kWh)</t>
   </si>
   <si>
     <t>SOFAR PowerAll (25 kWh)</t>
   </si>
   <si>
     <t>SOFAR PowerAll (30 kWh)</t>
   </si>
   <si>
+    <t>SolaX TSYS-HS51 10.2 kWh</t>
+  </si>
+  <si>
+    <t>SolaX TSYS-HS51 15.3 kWh</t>
+  </si>
+  <si>
+    <t>SolaX TSYS-HS51 20.4 kWh</t>
+  </si>
+  <si>
+    <t>SolaX TSYS-HS51 25.5 kWh</t>
+  </si>
+  <si>
+    <t>SolaX TSYS-HS51 30.7 kWh</t>
+  </si>
+  <si>
+    <t>SolaX TSYS-HS51 35.8 kWh</t>
+  </si>
+  <si>
+    <t>SolaX TSYS-HS51 40.9 kWh</t>
+  </si>
+  <si>
     <t>SolaX X1 10.2</t>
   </si>
   <si>
     <t>SolaX X1 15.3</t>
   </si>
   <si>
     <t>SolaX X1 20.4</t>
   </si>
   <si>
     <t>SolaX X3 10.2</t>
   </si>
   <si>
     <t>SolaX X3 15.3</t>
   </si>
   <si>
     <t>SolaX X3 20.4</t>
   </si>
   <si>
     <t>SolaX X3 25.6</t>
   </si>
   <si>
     <t>SolaX X3 30.7</t>
   </si>
   <si>
-    <t>SolaX TSYS-HS51 10.2 kWh</t>
-[...19 lines deleted...]
-  <si>
     <t>Bluetti EP760 9.9</t>
   </si>
   <si>
-    <t>FranklinWH aPower X-01-AU</t>
+    <t>FranklinWH aPower X-01-AU (13.6 kWh)</t>
+  </si>
+  <si>
+    <t>FranklinWH aPower X-01-AU (27.2 kWh)</t>
+  </si>
+  <si>
+    <t>FranklinWH aPower X-01-AU (40.8 kWh)</t>
   </si>
   <si>
     <t>PowerPlus Energy Whispr 12.7</t>
   </si>
   <si>
     <t>PowerPlus Energy Whispr 25.4</t>
   </si>
   <si>
     <t>PowerPlus Energy Whispr 38.1</t>
   </si>
   <si>
     <t>PowerPlus Energy Whispr 50.8</t>
   </si>
   <si>
     <t>sonnenBatterie Evo</t>
   </si>
   <si>
     <t>LAVO Storage S2</t>
   </si>
   <si>
     <t>Manufacturer Logo</t>
   </si>
   <si>
     <t>Product Image</t>
   </si>
@@ -590,114 +599,123 @@
   <si>
     <t>$7,400</t>
   </si>
   <si>
     <t>$9,200</t>
   </si>
   <si>
     <t>$10,600</t>
   </si>
   <si>
     <t>$12,000</t>
   </si>
   <si>
     <t>$13,400</t>
   </si>
   <si>
     <t>$4,250</t>
   </si>
   <si>
     <t>$3,400</t>
   </si>
   <si>
     <t>$7,100</t>
   </si>
   <si>
+    <t>$5,300</t>
+  </si>
+  <si>
     <t>$4,000</t>
   </si>
   <si>
     <t>$6,100</t>
   </si>
   <si>
     <t>$8,400</t>
   </si>
   <si>
     <t>$12,800</t>
   </si>
   <si>
     <t>$15,000</t>
   </si>
   <si>
     <t>$7,200</t>
   </si>
   <si>
     <t>$10,100</t>
   </si>
   <si>
     <t>$20,000</t>
   </si>
   <si>
     <t>$5,900</t>
   </si>
   <si>
     <t>$21,300</t>
   </si>
   <si>
     <t>$3,000</t>
   </si>
   <si>
     <t>$4,400</t>
   </si>
   <si>
     <t>$5,100</t>
   </si>
   <si>
+    <t>$3,900</t>
+  </si>
+  <si>
+    <t>$7,500</t>
+  </si>
+  <si>
+    <t>$10,900</t>
+  </si>
+  <si>
     <t>$10,800</t>
   </si>
   <si>
     <t>$9,100</t>
   </si>
   <si>
     <t>$12,200</t>
   </si>
   <si>
     <t>$14,100</t>
   </si>
   <si>
-    <t>$3,900</t>
-[...7 lines deleted...]
-  <si>
     <t>$6,000</t>
   </si>
   <si>
-    <t>$7,900 (including FranklinWH aGate)</t>
+    <t>$10,000 (including FranklinWH aGate)</t>
+  </si>
+  <si>
+    <t>$18,000 (including FranklinWH aGate)</t>
+  </si>
+  <si>
+    <t>$26,000 (including FranklinWH aGate)</t>
   </si>
   <si>
     <t>$9,500</t>
   </si>
   <si>
     <t>$18,700</t>
   </si>
   <si>
     <t>$28,200</t>
   </si>
   <si>
     <t>$37,500</t>
   </si>
   <si>
     <t>In Depth Analysis</t>
   </si>
   <si>
     <t>Not yet.</t>
   </si>
   <si>
     <t>Not yet</t>
   </si>
   <si>
     <t>Battery Type</t>
   </si>
@@ -917,65 +935,68 @@
   <si>
     <t>15.8 kWh</t>
   </si>
   <si>
     <t>31.6 kWh</t>
   </si>
   <si>
     <t>47.4 kWh</t>
   </si>
   <si>
     <t>35.84 kWh</t>
   </si>
   <si>
     <t>30.27 kWh</t>
   </si>
   <si>
     <t>10.2 kWh</t>
   </si>
   <si>
     <t>15.3 kWh</t>
   </si>
   <si>
     <t>20.4 kWh</t>
   </si>
   <si>
+    <t>25.5 kWh</t>
+  </si>
+  <si>
     <t>30.7 kWh</t>
   </si>
   <si>
-    <t>25.5 kWh</t>
-[...1 lines deleted...]
-  <si>
     <t>35.8 kWh</t>
   </si>
   <si>
     <t>40.9 kWh</t>
   </si>
   <si>
     <t>9.92 kWh</t>
   </si>
   <si>
+    <t>45 kWh</t>
+  </si>
+  <si>
     <t>13.37 kWh</t>
   </si>
   <si>
     <t>26.74 kWh</t>
   </si>
   <si>
     <t>40.11 kWh</t>
   </si>
   <si>
     <t>53.48 kWh</t>
   </si>
   <si>
     <t>11 kWh</t>
   </si>
   <si>
     <t>Usable Storage Capacity</t>
   </si>
   <si>
     <t>15.6 kWh</t>
   </si>
   <si>
     <t>23.4 kWh</t>
   </si>
   <si>
     <t>31.2 kWh</t>
@@ -1074,50 +1095,56 @@
     <t>23.75 kWh</t>
   </si>
   <si>
     <t>28.5 kWh</t>
   </si>
   <si>
     <t>9.2 kWh</t>
   </si>
   <si>
     <t>13.8 kWh</t>
   </si>
   <si>
     <t>18.4 kWh</t>
   </si>
   <si>
     <t>23 kWh</t>
   </si>
   <si>
     <t>27.6 kWh</t>
   </si>
   <si>
     <t>8.9 kWh</t>
   </si>
   <si>
     <t>13.6 kWh</t>
+  </si>
+  <si>
+    <t>27.2 kWh</t>
+  </si>
+  <si>
+    <t>40.8 kWh</t>
   </si>
   <si>
     <t>12.70 kWh</t>
   </si>
   <si>
     <t>25.4 kWh</t>
   </si>
   <si>
     <t>38.1 kWh</t>
   </si>
   <si>
     <t>50.8 kWh</t>
   </si>
   <si>
     <t>Features</t>
   </si>
   <si>
     <t>Modular, expandable</t>
   </si>
   <si>
     <t>Modular, scalable, optional DC EV charger module</t>
   </si>
   <si>
     <t>UPS, fast response, modular</t>
   </si>
@@ -1243,77 +1270,77 @@
   <si>
     <t>7.5 kW</t>
   </si>
   <si>
     <t>5-10 kW</t>
   </si>
   <si>
     <t>11.2 kW</t>
   </si>
   <si>
     <t>6 kW (AC coupled/single phase) 12 kW (three phase)</t>
   </si>
   <si>
     <t>13 kW</t>
   </si>
   <si>
     <t>16 kW</t>
   </si>
   <si>
     <t>5 kW to 10 kW</t>
   </si>
   <si>
     <t>Up to 15 kW (three-phase)</t>
   </si>
   <si>
+    <t>6.1 kW</t>
+  </si>
+  <si>
+    <t>9.2 kW</t>
+  </si>
+  <si>
+    <t>12.3 kW</t>
+  </si>
+  <si>
+    <t>15.4 kW</t>
+  </si>
+  <si>
+    <t>18.4 kW</t>
+  </si>
+  <si>
+    <t>21.5 kW</t>
+  </si>
+  <si>
+    <t>24.6 kW</t>
+  </si>
+  <si>
     <t>Up to 8kW</t>
   </si>
   <si>
     <t>Up to 15kW</t>
   </si>
   <si>
-    <t>6.1 kW</t>
-[...19 lines deleted...]
-  <si>
     <t>5kW steady, 10kW peak (10 seconds)</t>
   </si>
   <si>
     <t>7kW</t>
   </si>
   <si>
     <t>5kW steady , 5.3kW (for 30 min),  7kW peak (for 60 sec)</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
   <si>
     <t>180 kg</t>
   </si>
   <si>
     <t>213 kg</t>
   </si>
   <si>
     <t>246 kg</t>
   </si>
   <si>
     <t>279 kg</t>
   </si>
   <si>
     <t>147 kg</t>
@@ -1480,50 +1507,53 @@
   <si>
     <t>346 kg</t>
   </si>
   <si>
     <t>504 kg</t>
   </si>
   <si>
     <t>154 kg</t>
   </si>
   <si>
     <t>120 kg</t>
   </si>
   <si>
     <t>222 kg</t>
   </si>
   <si>
     <t>256 kg</t>
   </si>
   <si>
     <t>290 kg</t>
   </si>
   <si>
     <t>324 kg</t>
   </si>
   <si>
+    <t>170 kg</t>
+  </si>
+  <si>
     <t>143 kg</t>
   </si>
   <si>
     <t>193 kg</t>
   </si>
   <si>
     <t>293 kg</t>
   </si>
   <si>
     <t>343 kg</t>
   </si>
   <si>
     <t>175.5 kg</t>
   </si>
   <si>
     <t>232 kg</t>
   </si>
   <si>
     <t>283 kg</t>
   </si>
   <si>
     <t>334 kg</t>
   </si>
   <si>
     <t>124.5 kg</t>
@@ -1549,96 +1579,102 @@
   <si>
     <t>125 kg</t>
   </si>
   <si>
     <t>203 kg</t>
   </si>
   <si>
     <t>320 kg</t>
   </si>
   <si>
     <t>125.5 kg</t>
   </si>
   <si>
     <t>176.5 kg</t>
   </si>
   <si>
     <t>228.5 kg</t>
   </si>
   <si>
     <t>279.5 kg</t>
   </si>
   <si>
     <t>330.5 kg</t>
   </si>
   <si>
+    <t>115 kg</t>
+  </si>
+  <si>
+    <t>161 kg</t>
+  </si>
+  <si>
+    <t>207 kg</t>
+  </si>
+  <si>
+    <t>253 kg</t>
+  </si>
+  <si>
+    <t>299 kg</t>
+  </si>
+  <si>
+    <t>345 kg</t>
+  </si>
+  <si>
+    <t>391 kg</t>
+  </si>
+  <si>
     <t>134.2 kg</t>
   </si>
   <si>
     <t>181.2 kg</t>
   </si>
   <si>
     <t>228.2 kg</t>
   </si>
   <si>
     <t>147.2 kg</t>
   </si>
   <si>
     <t>194.2 kg</t>
   </si>
   <si>
     <t>241.2 kg</t>
   </si>
   <si>
     <t>340 kg</t>
   </si>
   <si>
-    <t>115 kg</t>
-[...19 lines deleted...]
-  <si>
     <t>160 kg</t>
   </si>
   <si>
     <t>185 kg</t>
+  </si>
+  <si>
+    <t>370 kg</t>
+  </si>
+  <si>
+    <t>555 kg</t>
   </si>
   <si>
     <t>191kg</t>
   </si>
   <si>
     <t>382kg</t>
   </si>
   <si>
     <t>573kg</t>
   </si>
   <si>
     <t>764kg</t>
   </si>
   <si>
     <t>163.5 kg</t>
   </si>
   <si>
     <t>Dimensions (WHD)</t>
   </si>
   <si>
     <t xml:space="preserve">625 x 805 x 330 mm </t>
   </si>
   <si>
     <t>625 x 935 x 330 mm</t>
   </si>
@@ -1890,103 +1926,109 @@
   <si>
     <t>1,640 x 772 x 176 (x3)</t>
   </si>
   <si>
     <t>550 x 1046 x 350 mm</t>
   </si>
   <si>
     <t>550 x 1386 x 350 mm</t>
   </si>
   <si>
     <t>550 x 1896 x 350 mm</t>
   </si>
   <si>
     <t>708 x 170 x 1310 mm</t>
   </si>
   <si>
     <t>708 x 170 x 1730 mm</t>
   </si>
   <si>
     <t>708 x 170 x 1730 mm, 708 x 170 x 900mm</t>
   </si>
   <si>
     <t>708 x 170 x 1730 mm, 708 x 170 x 1320mm</t>
   </si>
   <si>
+    <t>600 × 621 × 376 mm</t>
+  </si>
+  <si>
+    <t>600 × 789 × 376 mm</t>
+  </si>
+  <si>
+    <t>600 × 957 × 376 mm</t>
+  </si>
+  <si>
+    <t>600 × 1125 × 376 mm</t>
+  </si>
+  <si>
+    <t>600 × 1293 × 376 mm</t>
+  </si>
+  <si>
+    <t>600 × 1461 × 376 mm</t>
+  </si>
+  <si>
+    <t>600 × 1629 × 376 mm</t>
+  </si>
+  <si>
     <t>730 × 1226 × 210 mm</t>
   </si>
   <si>
     <t>730 × 1544 × 210 mm</t>
   </si>
   <si>
     <t>730 × 1862 × 210 mm</t>
   </si>
   <si>
     <t>730 × 1281 × 209.5 mm</t>
   </si>
   <si>
     <t>730 x 1599 x 209.5 mm</t>
   </si>
   <si>
     <t>7730 × 1917 × 209.5 mm</t>
   </si>
   <si>
     <t>730 × 1281 × 209.5 mm /
 730 × 1120.5 × 150 mm</t>
   </si>
   <si>
     <t>730 × 1599 × 209.5 mm /
 730 × 1120.5 × 150 mm</t>
   </si>
   <si>
-    <t>600 × 621 × 376 mm</t>
-[...19 lines deleted...]
-  <si>
     <t>636 x 325 x 1046 mm</t>
   </si>
   <si>
     <t>750 x 1150 x 290 mm</t>
   </si>
   <si>
+    <t>750 x 1150 x 290 mm x2</t>
+  </si>
+  <si>
+    <t>750 x 1150 x 290 mm x3</t>
+  </si>
+  <si>
     <t>1540 x 750 x 210 mm</t>
   </si>
   <si>
     <t>1540 x 750 x 210 mm (x2)</t>
   </si>
   <si>
     <t>1540 x 750 x 210 mm (x3)</t>
   </si>
   <si>
     <t>1540 x 750 x 210 mm (x4)</t>
   </si>
   <si>
     <t>710mm x 1400mm x 427mm</t>
   </si>
   <si>
     <t>730 x 203 x 1270 mm</t>
   </si>
   <si>
     <t>Off-grid Capable?</t>
   </si>
   <si>
     <t>TBD</t>
   </si>
   <si>
     <t xml:space="preserve">Yes </t>
@@ -2009,54 +2051,54 @@
   <si>
     <t>Indoor/Outdoor (IP 67 for battery and electronics, IP55 for wiring)</t>
   </si>
   <si>
     <t>Indoor/outdoor (IP 55)</t>
   </si>
   <si>
     <t>Indoor/Outdoor (IP55)</t>
   </si>
   <si>
     <t>Indoor/Outdoor (IP 66)</t>
   </si>
   <si>
     <t>Indoor/outdoor (IP 66)</t>
   </si>
   <si>
     <t>Indoor/Outdoor (IP 55)</t>
   </si>
   <si>
     <t>Indoor/outdoor (IP66)</t>
   </si>
   <si>
     <t>Indoor/Outdoor (IP 65)</t>
   </si>
   <si>
+    <t xml:space="preserve">IP66 </t>
+  </si>
+  <si>
     <t>Indoor/Outdoor (IP66)</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">IP66 </t>
   </si>
   <si>
     <t>Indoor/Outdoor (IP67 (Battery and power converter system),
 IP56 (Wiring compartment)</t>
   </si>
   <si>
     <t>Indoor/outdoor (IP65)</t>
   </si>
   <si>
     <t>Indoor/Outdoor (IP 56)</t>
   </si>
   <si>
     <t>Operating temperature range</t>
   </si>
   <si>
     <t>-30°C to 50°C</t>
   </si>
   <si>
     <t>-20°C to 50°C</t>
   </si>
   <si>
     <t>-20 ~ 55 °C</t>
   </si>
   <si>
     <t>-10 to +55°C</t>
@@ -2082,56 +2124,56 @@
   <si>
     <t>-18 to +55°C</t>
   </si>
   <si>
     <t xml:space="preserve">0~50°C </t>
   </si>
   <si>
     <t>-25°C-60°C</t>
   </si>
   <si>
     <t>-20°C to 55°C</t>
   </si>
   <si>
     <t>-20-℃～ + 55℃</t>
   </si>
   <si>
     <t>-20 to 55℃</t>
   </si>
   <si>
     <t>-20 to +55 °C</t>
   </si>
   <si>
     <t>-10 to 55°C</t>
   </si>
   <si>
+    <t>-20 to +53°C</t>
+  </si>
+  <si>
     <t>-30 to 55°C</t>
   </si>
   <si>
-    <t>-20 to +53°C</t>
-[...1 lines deleted...]
-  <si>
     <t>-20℃~50℃</t>
   </si>
   <si>
     <t xml:space="preserve">-20 to 55°C </t>
   </si>
   <si>
     <t>-5 to 45 °C</t>
   </si>
   <si>
     <t xml:space="preserve">-20°C ~ 54°C </t>
   </si>
   <si>
     <t>Warranty</t>
   </si>
   <si>
     <t>10 years</t>
   </si>
   <si>
     <t xml:space="preserve">10 years </t>
   </si>
   <si>
     <t>15 years</t>
   </si>
   <si>
     <t>10 years (unlimited cycles)</t>
@@ -2370,50 +2412,53 @@
   <si>
     <t>144,000</t>
   </si>
   <si>
     <t>32,700</t>
   </si>
   <si>
     <t>24,500</t>
   </si>
   <si>
     <t>40,900</t>
   </si>
   <si>
     <t>49,100</t>
   </si>
   <si>
     <t>57,200</t>
   </si>
   <si>
     <t>65,400</t>
   </si>
   <si>
     <t>73,600</t>
   </si>
   <si>
+    <t xml:space="preserve">45,000 </t>
+  </si>
+  <si>
     <t>35,514</t>
   </si>
   <si>
     <t>53,235</t>
   </si>
   <si>
     <t>71,029</t>
   </si>
   <si>
     <t>88,768</t>
   </si>
   <si>
     <t>106,507</t>
   </si>
   <si>
     <t>42,000</t>
   </si>
   <si>
     <t>28,000</t>
   </si>
   <si>
     <t>32,900</t>
   </si>
   <si>
     <t>49,350</t>
@@ -2436,86 +2481,92 @@
   <si>
     <t>35,500</t>
   </si>
   <si>
     <t>71,000</t>
   </si>
   <si>
     <t>36,500</t>
   </si>
   <si>
     <t>54,750</t>
   </si>
   <si>
     <t>73,000</t>
   </si>
   <si>
     <t>91,250</t>
   </si>
   <si>
     <t>109,500</t>
   </si>
   <si>
     <t>31,800</t>
   </si>
   <si>
+    <t>45,300</t>
+  </si>
+  <si>
+    <t>60,400</t>
+  </si>
+  <si>
+    <t>75,500</t>
+  </si>
+  <si>
+    <t>90,600</t>
+  </si>
+  <si>
+    <t>105,700</t>
+  </si>
+  <si>
+    <t>120,800</t>
+  </si>
+  <si>
     <t>47,700</t>
   </si>
   <si>
     <t>63,600</t>
   </si>
   <si>
     <t>79,500</t>
   </si>
   <si>
     <t>95,400</t>
   </si>
   <si>
-    <t>45,300</t>
-[...16 lines deleted...]
-  <si>
     <t>32,485</t>
   </si>
   <si>
     <t>43,000</t>
   </si>
   <si>
+    <t>86,000</t>
+  </si>
+  <si>
+    <t>129,000</t>
+  </si>
+  <si>
     <t>35,560</t>
   </si>
   <si>
     <t>71,120</t>
   </si>
   <si>
     <t>106,680</t>
   </si>
   <si>
     <t>142,240</t>
   </si>
   <si>
     <t>Datasheet Supplied?</t>
   </si>
   <si>
     <t>Warranty Supplied?</t>
   </si>
   <si>
     <t>Cost per Total Warranted kWh (1 cycle per day)</t>
   </si>
   <si>
     <t xml:space="preserve">$0.15 (+ inverter cost) </t>
   </si>
   <si>
     <t xml:space="preserve">$0.14 (+ inverter cost) </t>
@@ -2613,63 +2664,66 @@
   <si>
     <t>$0.13 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.14 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.11 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.10 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.07</t>
   </si>
   <si>
     <t>$0.18</t>
   </si>
   <si>
     <t>$0.22 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.20 (+ inverter cost)</t>
   </si>
   <si>
+    <t>$0.12 (+ inverter cost) </t>
+  </si>
+  <si>
+    <t>$0.11 (+ inverter cost) </t>
+  </si>
+  <si>
+    <t>$0.10 (+ inverter cost) </t>
+  </si>
+  <si>
+    <t>$0.09 (+ inverter cost) </t>
+  </si>
+  <si>
     <t>$0.20</t>
   </si>
   <si>
-    <t>$0.12 (+ inverter cost) </t>
-[...8 lines deleted...]
-    <t>$0.09 (+ inverter cost) </t>
+    <t>$0.23 (+ inverter cost)</t>
   </si>
   <si>
     <t>$0.24</t>
   </si>
   <si>
     <t>More information on brand</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -2712,51 +2766,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6225.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6226.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6227.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6228.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6229.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6230.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/I_fox-ess-129x6231.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tesla-logo40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo42.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo45.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo49.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo50.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo51.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo52.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-logo53.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo54.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo55.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo56.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo57.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo58.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo59.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo60.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo61.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-logo62.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt63.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt64.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt65.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt66.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt67.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo68.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo69.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo70.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo71.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo72.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo73.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo74.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo75.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo76.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo77.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo78.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo79.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo80.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo81.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo82.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo83.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo84.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo85.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo86.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo87.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo88.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo89.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo90.png"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo91.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo92.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo93.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo94.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo95.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo96.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pylontech-logo97.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pylontech-logo98.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pylontech-logo99.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-solo-logo100.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-solo-logo101.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-solo-logo102.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-solo-logo103.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-solo-logo104.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo105.png"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo106.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo107.png"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo108.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo109.png"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo110.png"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo111.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo112.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo113.png"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo114.png"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo115.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo116.png"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo117.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo118.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-new-logo119.png"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bluetti-logo120.png"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/franklinwh-logo121.png"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo122.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo123.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo124.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo125.png"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sonnen-logo126.png"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lavo-logo2127.png"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8128.png"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8129.png"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8130.png"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8131.png"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8132.png"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200133.png"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200134.png"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200135.png"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200136.png"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200137.png"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor138.png"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor139.png"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor140.png"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor141.png"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor142.png"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor143.png"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor144.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor145.png"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor146.png"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor147.png"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor148.png"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor149.png"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor150.png"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor151.png"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq152.png"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq153.png"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq154.png"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq155.png"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq156.png"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq157.png"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq158.png"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5159.png"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5160.png"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5161.png"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5162.png"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5163.png"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/g3-s5164.png"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/g3-s5165.png"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/g3-s5166.png"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tesla-powerwall-3167.png"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80168.png"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80169.png"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80170.png"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80171.png"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80172.png"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-11.0173.png"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-8.3174.png"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvs-12.8175.png"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvs-10.24176.png"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvs-7.7177.png"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-lvs178.png"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-lvs179.png"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-iq-5p180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SE-energy-bank181.png"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-threephase-battery182.png"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-threephase-battery183.png"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-threephase-battery184.png"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt185.png"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt186.png"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt187.png"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt188.png"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt189.png"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv190.png"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv191.png"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv192.png"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv193.png"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv194.png"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa195.png"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa196.png"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa197.png"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa198.png"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa199.png"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome207.png"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome208.png"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome209.png"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome210.png"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome211.png"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker212.png"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker213.png"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-stack214.png"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-stack2215.png"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker216.png"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-batt-1217.png"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-batt218.png"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-batt219.png"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-12.6220.png"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-15.8221.png"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-15.8222.png"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-15.8223.png"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/force-h3x224.png"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/force-h3x225.png"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/force-h3x226.png"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall227.png"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall228.png"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall229.png"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall230.png"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall231.png"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SolaX-X1232.png"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SolaX-X1233.png"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SolaX-X1234.png"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-10.2235.png"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-15.3236.png"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-20.4237.png"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-25.6238.png"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-30.7239.png"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys240.png"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys241.png"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys242.png"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys243.png"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys244.png"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys245.png"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys246.png"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bluetti-ep760-10kWh247.png"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/franklin-battery248.png"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr249.png"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr250.png"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr251.png"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr252.png"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sonnenbatterie-evo253.png"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lavo-s2254.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-15.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-110.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-111.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-113.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-114.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-115.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-116.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-118.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-119.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-120.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-121.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-122.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-123.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo-124.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-ess-logo25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-ess-logo26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-ess-logo27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-ess-logo28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-ess-logo29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-ess-logo30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-ess-logo31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-logo39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tesla-logo40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo42.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo45.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo49.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo50.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo51.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-logo52.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-logo-153.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo-154.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo-155.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo-156.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo-157.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-energy-logo58.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-energy-logo59.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-energy-logo60.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-energy-logo61.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-energy-logo62.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-logo63.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-logo64.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-logo65.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-logo66.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-logo67.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo-168.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo-169.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo-170.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo-171.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo-172.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo-173.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo-174.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo-175.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo-176.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo-177.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo-178.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo-179.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo-180.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo-181.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo-182.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo-183.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo-184.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-logo-185.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo86.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo87.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo88.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo89.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-logo90.png"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo-291.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo-292.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo-293.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo-194.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo-195.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo-196.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo-197.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pylontech-logo98.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pylontech-logo99.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pylontech-logo100.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-logo101.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-logo102.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-logo103.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-logo104.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-logo105.png"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo106.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo107.png"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo108.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo109.png"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo110.png"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo111.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo112.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo113.png"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo114.png"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo115.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo116.png"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo117.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo118.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo119.png"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-power-logo120.png"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bluetti-logo-1121.png"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/franklinwh-logo-1122.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/franklinwh-logo-1123.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/franklinwh-logo-1124.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo-1125.png"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo-1126.png"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo-1127.png"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-logo-1128.png"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sonnen-logo129.png"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lavo-logo130.png"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-battery131.png"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8132.png"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8133.png"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8134.png"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-12.8135.png"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200136.png"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200137.png"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200138.png"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200139.png"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-sbh200140.png"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-battery141.png"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor142.png"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor143.png"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor144.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor145.png"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor146.png"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor147.png"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor148.png"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor149.png"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor150.png"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor151.png"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor152.png"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor153.png"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenstor154.png"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-ess-battery155.png"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq156.png"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq157.png"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq158.png"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq159.png"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq160.png"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fox-eq161.png"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/alpha-ess-battery-transparent162.png"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5163.png"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5164.png"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5165.png"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/smile-m5166.png"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/g3-s5167.png"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/g3-s5168.png"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/g3-s5169.png"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerwall-3-1170.png"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-battery171.png"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80172.png"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80173.png"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80174.png"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-13.80175.png"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-11.0176.png"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvm-8.3177.png"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvs-12.8178.png"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvs-10.24179.png"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-hvs-7.7180.png"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-lvs181.png"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/byd-lvs182.png"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-battery183.png"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-battery184.png"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-threephase-battery185.png"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-threephase-battery186.png"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-threephase-battery187.png"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/voltx-energy-battery188.png"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt189.png"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt190.png"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt191.png"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/neovolt192.png"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-battery193.png"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv194.png"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv195.png"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv196.png"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/growatt-apx-hv197.png"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-battery198.png"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa199.png"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa200.png"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa201.png"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa202.png"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-home-f209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-esa210.png"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome-battery211.png"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome212.png"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome213.png"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome214.png"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/esy-sunhome215.png"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-solix-battery216.png"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker217.png"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-stack218.png"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker-stack2219.png"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/anker220.png"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-battery221.png"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-batt222.png"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-batt223.png"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-battery224.png"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-15.8225.png"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-15.8226.png"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reserva-15.8227.png"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pylontech-battery228.png"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/force-h3x229.png"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/force-h3x230.png"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-battery231.png"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall232.png"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall233.png"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall234.png"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sofar-powerall235.png"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-battery236.png"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys237.png"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys238.png"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys239.png"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys240.png"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys241.png"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solax-tsys242.png"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SolaX-X1243.png"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SolaX-X1244.png"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SolaX-X1245.png"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-10.2246.png"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-15.3247.png"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-20.4248.png"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-25.6249.png"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x3-30.7250.png"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bluetti-battery251.png"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/franklinwh-battery252.png"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/franklin-battery253.png"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/franklin-battery254.png"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powerplus-battery255.png"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr256.png"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr257.png"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/whispr258.png"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sonnen-battery259.png"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lavo-battery260.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3444,231 +3498,231 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1447800" cy="695325"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1447800" cy="695325"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1447800" cy="695325"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1447800" cy="695325"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>29</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1447800" cy="695325"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>30</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1447800" cy="695325"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>31</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1447800" cy="695325"/>
+    <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>32</xdr:col>
@@ -6529,3845 +6583,4025 @@
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="127" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
+      <xdr:col>128</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>129</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>130</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1047750</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="128" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <xdr:cNvPr id="131" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="129" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <xdr:cNvPr id="132" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="130" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <xdr:cNvPr id="133" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="131" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <xdr:cNvPr id="134" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="132" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <xdr:cNvPr id="135" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="133" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <xdr:cNvPr id="136" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="134" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <xdr:cNvPr id="137" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="135" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <xdr:cNvPr id="138" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="136" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <xdr:cNvPr id="139" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="137" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <xdr:cNvPr id="140" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="138" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <xdr:cNvPr id="141" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="139" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <xdr:cNvPr id="142" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>13</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="140" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <xdr:cNvPr id="143" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="141" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <xdr:cNvPr id="144" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="142" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <xdr:cNvPr id="145" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>16</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="143" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <xdr:cNvPr id="146" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>17</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="144" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <xdr:cNvPr id="147" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="145" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <xdr:cNvPr id="148" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>19</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="146" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <xdr:cNvPr id="149" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="147" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <xdr:cNvPr id="150" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>21</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="148" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <xdr:cNvPr id="151" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="149" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <xdr:cNvPr id="152" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="150" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <xdr:cNvPr id="153" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="151" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <xdr:cNvPr id="154" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="152" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <xdr:cNvPr id="155" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="153" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <xdr:cNvPr id="156" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="154" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <xdr:cNvPr id="157" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="155" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <xdr:cNvPr id="158" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>29</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="156" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <xdr:cNvPr id="159" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>30</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="157" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <xdr:cNvPr id="160" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>31</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="158" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <xdr:cNvPr id="161" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>32</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="159" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <xdr:cNvPr id="162" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>33</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="160" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <xdr:cNvPr id="163" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>34</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="161" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <xdr:cNvPr id="164" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>35</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="162" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <xdr:cNvPr id="165" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>36</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="163" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <xdr:cNvPr id="166" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>37</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="164" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <xdr:cNvPr id="167" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>38</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="165" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <xdr:cNvPr id="168" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>39</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="166" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <xdr:cNvPr id="169" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>40</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="167" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <xdr:cNvPr id="170" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>41</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="168" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <xdr:cNvPr id="171" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>42</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="169" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <xdr:cNvPr id="172" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>43</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="170" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <xdr:cNvPr id="173" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>44</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="171" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <xdr:cNvPr id="174" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>45</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="172" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <xdr:cNvPr id="175" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>46</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="173" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <xdr:cNvPr id="176" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>47</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="174" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <xdr:cNvPr id="177" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>48</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="175" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <xdr:cNvPr id="178" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>49</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="176" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <xdr:cNvPr id="179" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>50</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="177" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <xdr:cNvPr id="180" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>51</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="178" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <xdr:cNvPr id="181" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>52</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="179" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <xdr:cNvPr id="182" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>53</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="180" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <xdr:cNvPr id="183" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>54</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="181" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
+        <xdr:cNvPr id="184" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>55</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="182" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <xdr:cNvPr id="185" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>56</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="183" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <xdr:cNvPr id="186" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>57</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="184" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <xdr:cNvPr id="187" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>58</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="185" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <xdr:cNvPr id="188" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>59</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="186" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <xdr:cNvPr id="189" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>60</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="187" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <xdr:cNvPr id="190" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>61</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="188" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <xdr:cNvPr id="191" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>62</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="189" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <xdr:cNvPr id="192" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>63</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="190" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <xdr:cNvPr id="193" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>64</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="191" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <xdr:cNvPr id="194" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>65</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="192" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <xdr:cNvPr id="195" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>66</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="193" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <xdr:cNvPr id="196" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>67</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="194" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <xdr:cNvPr id="197" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>68</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="195" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <xdr:cNvPr id="198" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>69</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="196" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <xdr:cNvPr id="199" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>70</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="197" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <xdr:cNvPr id="200" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>71</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="198" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <xdr:cNvPr id="201" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>72</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="199" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <xdr:cNvPr id="202" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>73</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="200" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <xdr:cNvPr id="203" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>74</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="201" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <xdr:cNvPr id="204" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>75</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="202" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <xdr:cNvPr id="205" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>76</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="203" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
+        <xdr:cNvPr id="206" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>77</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="204" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
+        <xdr:cNvPr id="207" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>78</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="205" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
+        <xdr:cNvPr id="208" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>79</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="206" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <xdr:cNvPr id="209" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>80</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="207" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <xdr:cNvPr id="210" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>81</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="208" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <xdr:cNvPr id="211" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>82</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="209" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
+        <xdr:cNvPr id="212" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>83</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="210" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
+        <xdr:cNvPr id="213" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>84</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="211" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
+        <xdr:cNvPr id="214" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>85</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="212" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
+        <xdr:cNvPr id="215" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>86</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="213" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
+        <xdr:cNvPr id="216" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>87</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="214" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
+        <xdr:cNvPr id="217" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>88</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="215" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
+        <xdr:cNvPr id="218" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>89</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="216" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
+        <xdr:cNvPr id="219" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>90</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="217" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
+        <xdr:cNvPr id="220" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>91</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="218" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
+        <xdr:cNvPr id="221" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>92</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="219" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
+        <xdr:cNvPr id="222" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>93</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="220" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
+        <xdr:cNvPr id="223" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>94</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="221" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
+        <xdr:cNvPr id="224" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>95</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="222" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
+        <xdr:cNvPr id="225" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>96</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="223" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
+        <xdr:cNvPr id="226" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>97</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="224" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
+        <xdr:cNvPr id="227" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>98</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="225" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
+        <xdr:cNvPr id="228" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>99</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="226" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
+        <xdr:cNvPr id="229" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>100</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="227" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
+        <xdr:cNvPr id="230" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>101</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="228" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
+        <xdr:cNvPr id="231" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>102</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="229" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
+        <xdr:cNvPr id="232" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>103</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="230" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
+        <xdr:cNvPr id="233" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>104</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="231" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
+        <xdr:cNvPr id="234" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>105</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="232" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
+        <xdr:cNvPr id="235" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>106</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="233" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
+        <xdr:cNvPr id="236" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>107</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="234" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
+        <xdr:cNvPr id="237" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>108</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="235" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
+        <xdr:cNvPr id="238" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>109</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="236" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
+        <xdr:cNvPr id="239" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>110</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="237" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
+        <xdr:cNvPr id="240" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>111</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="238" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
+        <xdr:cNvPr id="241" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>112</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="239" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
+        <xdr:cNvPr id="242" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>113</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="240" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
+        <xdr:cNvPr id="243" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>114</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="241" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
+        <xdr:cNvPr id="244" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>115</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="242" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
+        <xdr:cNvPr id="245" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>116</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="243" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
+        <xdr:cNvPr id="246" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>117</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="244" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <xdr:cNvPr id="247" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>118</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="245" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
+        <xdr:cNvPr id="248" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>119</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="246" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
+        <xdr:cNvPr id="249" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>120</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="247" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
+        <xdr:cNvPr id="250" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>121</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="248" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <xdr:cNvPr id="251" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>122</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="249" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
+        <xdr:cNvPr id="252" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>123</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="250" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
+        <xdr:cNvPr id="253" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>124</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="251" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
+        <xdr:cNvPr id="254" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>125</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="252" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
+        <xdr:cNvPr id="255" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>126</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="253" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
+        <xdr:cNvPr id="256" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>127</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="254" name="Product Image" descr="Product Image"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
+        <xdr:cNvPr id="257" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>128</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="258" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>129</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="259" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>130</xdr:col>
+      <xdr:colOff>704850</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="260" name="Product Image" descr="Product Image"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -10626,51 +10860,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-home-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-3-Datasheet-AU-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/IQ-Battery-5P-DS-EN-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-home-battery-10K1PS0B-x2-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-lynx-home-f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-Warranty-AU-NZ-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/2024-06-25-Enphase-Energy-Limited-Warranty-IQ-Battery-5P-and-SC-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-energy-bank-battery-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/enphase-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-home-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-3-Datasheet-AU-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/IQ-Battery-5P-DS-EN-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-home-battery-10K1PS0B-x2-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-lynx-home-f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-Warranty-AU-NZ-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/2024-06-25-Enphase-Energy-Limited-Warranty-IQ-Battery-5P-and-SC-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-energy-bank-battery-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/enphase-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:ZZ24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="10" max="10" width="39" customWidth="true" style="1"/>
@@ -11740,54 +11974,63 @@
       </c>
       <c r="DQ2" s="1" t="s">
         <v>121</v>
       </c>
       <c r="DR2" s="1" t="s">
         <v>122</v>
       </c>
       <c r="DS2" s="1" t="s">
         <v>123</v>
       </c>
       <c r="DT2" s="1" t="s">
         <v>124</v>
       </c>
       <c r="DU2" s="1" t="s">
         <v>125</v>
       </c>
       <c r="DV2" s="1" t="s">
         <v>126</v>
       </c>
       <c r="DW2" s="1" t="s">
         <v>127</v>
       </c>
       <c r="DX2" s="1" t="s">
         <v>128</v>
       </c>
+      <c r="DY2" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="DZ2" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="EA2" s="1" t="s">
+        <v>131</v>
+      </c>
     </row>
     <row r="3" spans="1:702" customHeight="1" ht="220">
       <c r="A3" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
@@ -11872,54 +12115,57 @@
       <c r="CZ3" s="1"/>
       <c r="DA3" s="1"/>
       <c r="DB3" s="1"/>
       <c r="DC3" s="1"/>
       <c r="DD3" s="1"/>
       <c r="DE3" s="1"/>
       <c r="DF3" s="1"/>
       <c r="DG3" s="1"/>
       <c r="DH3" s="1"/>
       <c r="DI3" s="1"/>
       <c r="DJ3" s="1"/>
       <c r="DK3" s="1"/>
       <c r="DL3" s="1"/>
       <c r="DM3" s="1"/>
       <c r="DN3" s="1"/>
       <c r="DO3" s="1"/>
       <c r="DP3" s="1"/>
       <c r="DQ3" s="1"/>
       <c r="DR3" s="1"/>
       <c r="DS3" s="1"/>
       <c r="DT3" s="1"/>
       <c r="DU3" s="1"/>
       <c r="DV3" s="1"/>
       <c r="DW3" s="1"/>
       <c r="DX3" s="1"/>
+      <c r="DY3" s="1"/>
+      <c r="DZ3" s="1"/>
+      <c r="EA3" s="1"/>
     </row>
     <row r="4" spans="1:702" customHeight="1" ht="230">
       <c r="A4" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
@@ -12004,475 +12250,487 @@
       <c r="CZ4" s="1"/>
       <c r="DA4" s="1"/>
       <c r="DB4" s="1"/>
       <c r="DC4" s="1"/>
       <c r="DD4" s="1"/>
       <c r="DE4" s="1"/>
       <c r="DF4" s="1"/>
       <c r="DG4" s="1"/>
       <c r="DH4" s="1"/>
       <c r="DI4" s="1"/>
       <c r="DJ4" s="1"/>
       <c r="DK4" s="1"/>
       <c r="DL4" s="1"/>
       <c r="DM4" s="1"/>
       <c r="DN4" s="1"/>
       <c r="DO4" s="1"/>
       <c r="DP4" s="1"/>
       <c r="DQ4" s="1"/>
       <c r="DR4" s="1"/>
       <c r="DS4" s="1"/>
       <c r="DT4" s="1"/>
       <c r="DU4" s="1"/>
       <c r="DV4" s="1"/>
       <c r="DW4" s="1"/>
       <c r="DX4" s="1"/>
+      <c r="DY4" s="1"/>
+      <c r="DZ4" s="1"/>
+      <c r="EA4" s="1"/>
     </row>
     <row r="5" spans="1:702">
       <c r="A5" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="G5" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="L5" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="M5" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="N5" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="O5" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="P5" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q5" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="R5" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S5" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="T5" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="U5" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="V5" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="W5" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="X5" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="H5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I5" s="1" t="s">
+      <c r="Y5" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="Z5" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="AA5" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="AB5" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC5" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="AD5" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="AE5" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="AF5" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="AG5" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="AH5" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="AI5" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="AJ5" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="AK5" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="AL5" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="AM5" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="AN5" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="AO5" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="AP5" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="AQ5" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="AR5" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="AS5" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="AT5" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="AU5" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="AV5" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="AW5" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="AX5" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="AY5" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="AZ5" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="BA5" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="BB5" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="BC5" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="BD5" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="BE5" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="BF5" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="BG5" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="BH5" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="BI5" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="BJ5" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="BK5" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="BL5" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="BM5" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="BN5" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="BO5" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="J5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="K5" s="1" t="s">
+      <c r="BP5" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="BQ5" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="BR5" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="BS5" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="BT5" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="BU5" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="BV5" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="BW5" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="BX5" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="BY5" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="BZ5" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="CA5" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="CB5" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="CC5" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="CD5" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="CE5" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="CF5" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="CG5" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="CH5" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="CI5" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="CJ5" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="CK5" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="CL5" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="CM5" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="CN5" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="CO5" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="CP5" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="CQ5" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="CR5" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="CS5" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="CT5" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="CU5" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="CV5" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="CW5" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="CX5" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="CY5" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="CZ5" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="DA5" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="DB5" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="DC5" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="DD5" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="DE5" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="DF5" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="DG5" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="DH5" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="DI5" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="DJ5" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="DK5" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="DL5" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="DM5" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="DN5" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="DO5" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="L5" s="1" t="s">
-[...128 lines deleted...]
-      <c r="BC5" s="1" t="s">
+      <c r="DP5" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="DQ5" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="DR5" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="DS5" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="DT5" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="DU5" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="DV5" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="DW5" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="DX5" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="DY5" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="DZ5" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="EA5" s="1" t="s">
         <v>176</v>
-      </c>
-[...217 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="6" spans="1:702">
       <c r="A6" s="1" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="B6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="C6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="D6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="E6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="F6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="L6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="M6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="N6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="O6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="P6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="Q6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
@@ -12487,411 +12745,420 @@
       <c r="T6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="U6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="V6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="W6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="X6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="Y6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sigenergy-review-features/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="Z6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AA6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AB6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AC6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AD6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AE6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AF6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AG6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AH6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AI6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AJ6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AK6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AL6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AM6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AN6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AO6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="AP6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="AQ6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="AR6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="AS6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="AT6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="AU6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="AV6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="AW6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="AX6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="AY6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="AZ6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="BA6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="BB6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BC6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/solaredge-home-battery-review/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="BD6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/","Yes, overview here.")</f>
         <v>Yes, overview here.</v>
       </c>
       <c r="BE6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/","Yes, overview here.")</f>
         <v>Yes, overview here.</v>
       </c>
       <c r="BF6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/","Yes, overview here.")</f>
         <v>Yes, overview here.</v>
       </c>
       <c r="BG6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BH6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BI6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BJ6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BK6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BL6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="BM6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="BN6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="BO6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="BP6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="BQ6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BR6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BS6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BT6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BU6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BV6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BW6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BX6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BY6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="BZ6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CA6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CB6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CC6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CD6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CE6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CF6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CG6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CH6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CI6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CJ6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CK6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CL6" s="1" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-        <v>Yes, review here.</v>
+        <v>225</v>
+      </c>
+      <c r="CM6" s="1" t="s">
+        <v>225</v>
       </c>
       <c r="CN6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
       <c r="CO6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
-      <c r="CP6" s="1" t="s">
-        <v>219</v>
+      <c r="CP6" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/","Yes, review here.")</f>
+        <v>Yes, review here.</v>
       </c>
       <c r="CQ6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CR6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CS6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="CT6" s="1" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="CU6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="CV6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="CW6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="CX6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="CY6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="CZ6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="DA6" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="DB6" s="1" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="DC6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="DD6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="DE6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="DF6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="DG6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="DH6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="DI6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="DJ6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="DK6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="DL6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="DM6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="DN6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="DO6" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="DP6" s="1" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="DQ6" s="2" t="str">
+        <v>225</v>
+      </c>
+      <c r="DQ6" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DR6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/","Here.")</f>
         <v>Here.</v>
       </c>
-      <c r="DR6" s="1" t="s">
-[...12 lines deleted...]
-        <v>Yes, here.</v>
+      <c r="DS6" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DT6" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="DU6" s="1" t="s">
+        <v>225</v>
       </c>
       <c r="DV6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
         <v>Yes, here.</v>
       </c>
       <c r="DW6" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
+        <v>Yes, here.</v>
+      </c>
+      <c r="DX6" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
+        <v>Yes, here.</v>
+      </c>
+      <c r="DY6" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/blog/heard-the-whispr/","Yes, here.")</f>
+        <v>Yes, here.</v>
+      </c>
+      <c r="DZ6" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/","Yes, review here.")</f>
         <v>Yes, review here.</v>
       </c>
-      <c r="DX6" s="1" t="s">
-        <v>219</v>
+      <c r="EA6" s="1" t="s">
+        <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:702">
       <c r="A7" s="1" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="B7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="C7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="D7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="E7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="F7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="L7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="M7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="N7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="O7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="P7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="Q7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
@@ -13226,52 +13493,52 @@
       <c r="CV7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CW7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CX7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CY7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CZ7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DA7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DB7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DC7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="DD7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="DE7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="DF7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="DG7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="DH7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
@@ -13285,5103 +13552,5232 @@
       </c>
       <c r="DK7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="DL7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="DM7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="DN7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="DO7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="DP7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
-      <c r="DQ7" s="1" t="s">
-[...4 lines deleted...]
-        <v>Lithium Iron Phosphate</v>
+      <c r="DQ7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
+        <v>NMC</v>
+      </c>
+      <c r="DR7" s="1" t="s">
+        <v>228</v>
       </c>
       <c r="DS7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DT7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DU7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DV7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DW7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DX7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
+      <c r="DY7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="DZ7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="EA7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
     </row>
     <row r="8" spans="1:702">
       <c r="A8" s="1" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="M8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="O8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="P8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="Q8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="R8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="S8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="T8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="U8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="V8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="W8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="X8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="Y8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="Z8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AA8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AB8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AC8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AD8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AE8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AF8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AG8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AH8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AI8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AJ8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AK8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AL8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AM8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AN8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AO8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AP8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AQ8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AR8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AS8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AT8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AU8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AV8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AW8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AX8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AY8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AZ8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BA8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BB8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BC8" s="1" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="BD8" s="1" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="BE8" s="1" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="BF8" s="1" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="BG8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BH8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BI8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BJ8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BK8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BL8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BM8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BN8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BO8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BP8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BQ8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BR8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BS8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BT8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BU8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BV8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BW8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BX8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BY8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BZ8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CA8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CB8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CC8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CD8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CE8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CF8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CG8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CH8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CI8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CJ8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CK8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CL8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CM8" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="CN8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CO8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CP8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CQ8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CR8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CS8" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CT8" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="CU8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CV8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CW8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CX8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CY8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CZ8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="DA8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="DB8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="DC8" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="DD8" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="DE8" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="DF8" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="DG8" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="DH8" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="DI8" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="DJ8" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="DK8" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="DL8" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="DM8" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="DN8" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="DO8" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="DP8" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="DQ8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="DR8" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="DS8" s="1" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="DT8" s="1" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="DU8" s="1" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="DV8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="DW8" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="DX8" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
+      </c>
+      <c r="DY8" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="DZ8" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="EA8" s="1" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="9" spans="1:702">
       <c r="A9" s="1" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="H9" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="L9" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="M9" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="N9" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="O9" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="P9" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="Q9" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="R9" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="S9" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="T9" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="U9" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="V9" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="W9" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="X9" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="Y9" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="Z9" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="AA9" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="AB9" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="AC9" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="AD9" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="AE9" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="AF9" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="AG9" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="AH9" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="AI9" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="AJ9" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="AK9" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="AL9" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="AM9" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="AN9" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="AO9" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="AP9" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="AQ9" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="AR9" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="AS9" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="AT9" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="AU9" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="AV9" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="AW9" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="AX9" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="AY9" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="AZ9" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="BA9" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="BB9" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="BC9" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="BD9" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="BE9" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="BF9" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="BG9" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="BH9" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="BI9" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="BJ9" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="BK9" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="BL9" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="BM9" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="BN9" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="BO9" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="BP9" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="BQ9" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="BR9" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="BS9" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="BT9" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="BU9" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="BV9" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="BW9" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="BX9" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="I9" s="1" t="s">
+      <c r="BY9" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="J9" s="1" t="s">
+      <c r="BZ9" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="K9" s="1" t="s">
+      <c r="CA9" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="L9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="M9" s="1" t="s">
+      <c r="CB9" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="CC9" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="CD9" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="CE9" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="CF9" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="CG9" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="CH9" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="CI9" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="CJ9" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="N9" s="1" t="s">
+      <c r="CK9" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="O9" s="1" t="s">
+      <c r="CL9" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="P9" s="1" t="s">
-[...11 lines deleted...]
-      <c r="T9" s="1" t="s">
+      <c r="CM9" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="CN9" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="CO9" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="CP9" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="U9" s="1" t="s">
-[...65 lines deleted...]
-      <c r="AQ9" s="1" t="s">
+      <c r="CQ9" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="CR9" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="CS9" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="CT9" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="CU9" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="CV9" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="CW9" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="CX9" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="CY9" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="CZ9" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="DA9" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="DB9" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="DC9" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="DD9" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="DE9" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="DF9" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="DG9" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="DH9" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="DI9" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="DJ9" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="DK9" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="DL9" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="DM9" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="DN9" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="DO9" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="DP9" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="DQ9" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="DR9" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="DS9" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="AR9" s="1" t="s">
-[...227 lines deleted...]
-      <c r="DP9" s="1" t="s">
+      <c r="DT9" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="DU9" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="DV9" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="DW9" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="DX9" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="DY9" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="DZ9" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="EA9" s="1" t="s">
         <v>303</v>
-      </c>
-[...22 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="10" spans="1:702">
       <c r="A10" s="1" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="H10" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="L10" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="M10" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="N10" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="O10" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="P10" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="Q10" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="R10" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="S10" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="T10" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="U10" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="V10" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="W10" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="X10" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="Y10" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="Z10" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="AA10" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="AB10" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="AC10" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="AD10" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="AE10" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="AF10" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="AG10" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="AH10" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="AI10" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="AJ10" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="AK10" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="AL10" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="AM10" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="AN10" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="AO10" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="AP10" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="AQ10" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="AR10" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="AS10" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="AT10" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="AU10" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="AV10" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="AW10" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="AX10" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="AY10" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="AZ10" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="BA10" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="BB10" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="BC10" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="BD10" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="BE10" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="BF10" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="BG10" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="BH10" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="BI10" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="BJ10" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="BK10" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="BL10" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="BM10" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="BN10" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="BO10" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="BP10" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="BQ10" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="I10" s="1" t="s">
+      <c r="BR10" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="BS10" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="BT10" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="BU10" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="BV10" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="BW10" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="BX10" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="BY10" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="J10" s="1" t="s">
+      <c r="BZ10" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="K10" s="1" t="s">
+      <c r="CA10" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="L10" s="1" t="s">
-[...89 lines deleted...]
-      <c r="AP10" s="1" t="s">
+      <c r="CB10" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="CC10" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="CD10" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="CE10" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="CF10" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="CG10" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="CH10" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="CI10" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="CJ10" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="CK10" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="CL10" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="CM10" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="AQ10" s="1" t="s">
+      <c r="CN10" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="CO10" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="AR10" s="1" t="s">
-[...77 lines deleted...]
-      <c r="BR10" s="1" t="s">
+      <c r="CP10" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="CQ10" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="CR10" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="CS10" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="CT10" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="CU10" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="CV10" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="CW10" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="CX10" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="CY10" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="CZ10" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="DA10" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="DB10" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="DC10" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="DD10" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="DE10" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="DF10" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="DG10" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="DH10" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="DI10" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="DJ10" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="DK10" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="DL10" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="DM10" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="DN10" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="DO10" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="DP10" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="DQ10" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="DR10" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DS10" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="DT10" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="DU10" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="DV10" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="DW10" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="DX10" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="DY10" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="DZ10" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="EA10" s="1" t="s">
         <v>328</v>
-      </c>
-[...172 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="11" spans="1:702">
       <c r="A11" s="1" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="O11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="P11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="Q11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="R11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="S11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="T11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="U11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="V11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="W11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="X11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="Y11" s="1" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="Z11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="AA11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="AB11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="AC11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="AD11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="AE11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="AF11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="AG11" s="1" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="AH11" s="1" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="AI11" s="1" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="AJ11" s="1" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="AK11" s="1" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="AL11" s="1" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="AM11" s="1" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="AN11" s="1" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="AO11" s="1" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="AP11" s="1" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="AQ11" s="1" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="AR11" s="1" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="AS11" s="1" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="AT11" s="1" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="AU11" s="1" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="AV11" s="1" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="AW11" s="1" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="AX11" s="1" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="AY11" s="1" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="AZ11" s="1" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="BA11" s="1" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="BB11" s="1" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="BC11" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="BD11" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="BE11" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="BF11" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="BG11" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="BD11" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BH11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="BI11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="BJ11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="BK11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="BL11" s="1" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="BM11" s="1" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="BN11" s="1" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="BO11" s="1" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="BP11" s="1" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="BQ11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="BR11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="BS11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="BT11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="BU11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="BV11" s="1" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="BW11" s="1" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="BX11" s="1" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="BY11" s="1" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="BZ11" s="1" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="CA11" s="1" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="CB11" s="1" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="CC11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="CD11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="CE11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="CF11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="CG11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="CH11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="CI11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="CJ11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="CK11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="CL11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="CM11" s="1" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="CN11" s="1" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="CO11" s="1" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="CP11" s="1" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="CQ11" s="1" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="CR11" s="1" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="CS11" s="1" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="CT11" s="1" t="s">
-        <v>366</v>
+        <v>380</v>
       </c>
       <c r="CU11" s="1" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="CV11" s="1" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="CW11" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="CX11" s="1" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="CY11" s="1" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="CZ11" s="1" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="DA11" s="1" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="DB11" s="1" t="s">
-        <v>358</v>
+        <v>381</v>
       </c>
       <c r="DC11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DD11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DE11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DF11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DG11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DH11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DI11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DJ11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DK11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DL11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DM11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DN11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DO11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DP11" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="DQ11" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="DR11" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="DS11" s="1" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="DT11" s="1" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="DU11" s="1" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="DV11" s="1" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="DW11" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="DX11" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="DY11" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="DZ11" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="EA11" s="1" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="12" spans="1:702">
       <c r="A12" s="1" t="s">
-        <v>376</v>
+        <v>385</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>377</v>
+        <v>386</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>378</v>
+        <v>387</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>378</v>
+        <v>387</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>378</v>
+        <v>387</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>379</v>
+        <v>388</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="O12" s="1" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="P12" s="1" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="Q12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="R12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="S12" s="1" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="T12" s="1" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="U12" s="1" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="V12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="W12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="X12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="Y12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="Z12" s="1" t="s">
-        <v>385</v>
+        <v>394</v>
       </c>
       <c r="AA12" s="1" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="AB12" s="1" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="AC12" s="1" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="AD12" s="1" t="s">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="AE12" s="1" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="AF12" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="AG12" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="AG12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AH12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="AI12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="AJ12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="AK12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="AL12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="AM12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="AN12" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="AO12" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="AP12" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="AQ12" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="AR12" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="AS12" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="AT12" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="AU12" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="AV12" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="AW12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="AX12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="AY12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="AZ12" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="BA12" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="BB12" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="BC12" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="BD12" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="BE12" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="BF12" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="BG12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="BH12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="BI12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="BJ12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="BK12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="BL12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="BM12" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="BN12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="BO12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="BP12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="BQ12" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="BR12" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="BS12" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="BT12" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="BU12" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="BV12" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="BW12" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="BX12" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="BY12" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="BZ12" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="CA12" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="CB12" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="CC12" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="CD12" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="AP12" s="1" t="s">
-[...101 lines deleted...]
-      <c r="BX12" s="1" t="s">
+      <c r="CE12" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="CF12" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="CG12" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="CH12" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="CI12" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="CJ12" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="CK12" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="CL12" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="CM12" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="CN12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="CO12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="CP12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="CQ12" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="CR12" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="CS12" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="CT12" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="CU12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="CV12" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="CW12" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="CX12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="CY12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="CZ12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="DA12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="DB12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="DC12" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="DD12" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="DE12" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="DF12" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="DG12" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="DH12" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="DI12" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="DJ12" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="DK12" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="DL12" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="DM12" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="DN12" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="DO12" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="DP12" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="DQ12" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="DR12" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="BY12" s="1" t="s">
-[...8 lines deleted...]
-      <c r="CB12" s="1" t="s">
+      <c r="DS12" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="DT12" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="DU12" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="DV12" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="DW12" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="DX12" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="DY12" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="DZ12" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="EA12" s="1" t="s">
         <v>391</v>
-      </c>
-[...142 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="13" spans="1:702">
       <c r="A13" s="1" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="O13" s="1" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="P13" s="1" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
       <c r="Q13" s="1" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="R13" s="1" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="S13" s="1" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="T13" s="1" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="U13" s="1" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
       <c r="V13" s="1" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="W13" s="1" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="X13" s="1" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="Y13" s="1" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="Z13" s="1" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
       <c r="AA13" s="1" t="s">
-        <v>442</v>
+        <v>451</v>
       </c>
       <c r="AB13" s="1" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="AC13" s="1" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="AD13" s="1" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="AE13" s="1" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="AF13" s="1" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="AG13" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="AH13" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="AH13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AI13" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="AJ13" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="AK13" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="AL13" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="AM13" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="AN13" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="AO13" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="AP13" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="AQ13" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="AR13" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="AS13" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="AT13" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="AU13" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="AV13" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="AW13" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="AX13" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="AY13" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="AZ13" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="BA13" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="BB13" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="BC13" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="BD13" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="BE13" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="BF13" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="BG13" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="BH13" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="BI13" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="BJ13" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="BK13" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="BL13" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="BM13" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="BN13" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="BO13" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="BP13" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="BQ13" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="BR13" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="BS13" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="BT13" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="BU13" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="BV13" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="BW13" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="BX13" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="BY13" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="BZ13" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="CA13" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="CB13" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="CC13" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="CD13" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="CE13" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="CF13" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="CG13" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="CH13" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="CI13" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="CJ13" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="CK13" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="CL13" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="CM13" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="CN13" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="CO13" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="CP13" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="CQ13" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="AJ13" s="1" t="s">
-[...122 lines deleted...]
-      <c r="BY13" s="1" t="s">
+      <c r="CR13" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="CS13" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="CT13" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="CU13" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="CV13" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="CW13" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="CX13" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="CY13" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="CZ13" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="DA13" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="DB13" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="DC13" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="DD13" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="DE13" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="DF13" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="DG13" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="DH13" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="DI13" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="DJ13" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="DK13" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="DL13" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="DM13" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="DN13" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="DO13" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="DP13" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="DQ13" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="DR13" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="DS13" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="DT13" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="DU13" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="DV13" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="DW13" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="DX13" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="DY13" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="DZ13" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="EA13" s="1" t="s">
         <v>483</v>
-      </c>
-[...151 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="14" spans="1:702">
       <c r="A14" s="1" t="s">
-        <v>531</v>
+        <v>543</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>532</v>
+        <v>544</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>533</v>
+        <v>545</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>534</v>
+        <v>546</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>535</v>
+        <v>547</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>536</v>
+        <v>548</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>538</v>
+        <v>550</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>539</v>
+        <v>551</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>540</v>
+        <v>552</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>542</v>
+        <v>554</v>
       </c>
       <c r="M14" s="1" t="s">
-        <v>543</v>
+        <v>555</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="O14" s="1" t="s">
-        <v>545</v>
+        <v>557</v>
       </c>
       <c r="P14" s="1" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
       <c r="Q14" s="1" t="s">
-        <v>542</v>
+        <v>554</v>
       </c>
       <c r="R14" s="1" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
       <c r="S14" s="1" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="T14" s="1" t="s">
-        <v>545</v>
+        <v>557</v>
       </c>
       <c r="U14" s="1" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
       <c r="V14" s="1" t="s">
-        <v>543</v>
+        <v>555</v>
       </c>
       <c r="W14" s="1" t="s">
-        <v>542</v>
+        <v>554</v>
       </c>
       <c r="X14" s="1" t="s">
-        <v>542</v>
+        <v>554</v>
       </c>
       <c r="Y14" s="1" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
       <c r="Z14" s="1" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="AA14" s="1" t="s">
-        <v>549</v>
+        <v>561</v>
       </c>
       <c r="AB14" s="1" t="s">
-        <v>550</v>
+        <v>562</v>
       </c>
       <c r="AC14" s="1" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
       <c r="AD14" s="1" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
       <c r="AE14" s="1" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
       <c r="AF14" s="1" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
       <c r="AG14" s="1" t="s">
-        <v>555</v>
+        <v>567</v>
       </c>
       <c r="AH14" s="1" t="s">
-        <v>556</v>
+        <v>568</v>
       </c>
       <c r="AI14" s="1" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
       <c r="AJ14" s="1" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
       <c r="AK14" s="1" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="AL14" s="1" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
       <c r="AM14" s="1" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="AN14" s="1" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
       <c r="AO14" s="1" t="s">
-        <v>563</v>
+        <v>575</v>
       </c>
       <c r="AP14" s="1" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
       <c r="AQ14" s="1" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="AR14" s="1" t="s">
-        <v>566</v>
+        <v>578</v>
       </c>
       <c r="AS14" s="1" t="s">
-        <v>567</v>
+        <v>579</v>
       </c>
       <c r="AT14" s="1" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
       <c r="AU14" s="1" t="s">
-        <v>569</v>
+        <v>581</v>
       </c>
       <c r="AV14" s="1" t="s">
-        <v>570</v>
+        <v>582</v>
       </c>
       <c r="AW14" s="1" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
       <c r="AX14" s="1" t="s">
-        <v>569</v>
+        <v>581</v>
       </c>
       <c r="AY14" s="1" t="s">
-        <v>570</v>
+        <v>582</v>
       </c>
       <c r="AZ14" s="1" t="s">
-        <v>571</v>
+        <v>583</v>
       </c>
       <c r="BA14" s="1" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
       <c r="BB14" s="1" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
       <c r="BC14" s="1" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
       <c r="BD14" s="1" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="BE14" s="1" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="BF14" s="1" t="s">
-        <v>577</v>
+        <v>589</v>
       </c>
       <c r="BG14" s="1" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
       <c r="BH14" s="1" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
       <c r="BI14" s="1" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="BJ14" s="1" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="BK14" s="1" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
       <c r="BL14" s="1" t="s">
-        <v>583</v>
+        <v>595</v>
       </c>
       <c r="BM14" s="1" t="s">
-        <v>584</v>
+        <v>596</v>
       </c>
       <c r="BN14" s="1" t="s">
-        <v>585</v>
+        <v>597</v>
       </c>
       <c r="BO14" s="1" t="s">
-        <v>586</v>
+        <v>598</v>
       </c>
       <c r="BP14" s="1" t="s">
-        <v>586</v>
+        <v>598</v>
       </c>
       <c r="BQ14" s="1" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
       <c r="BR14" s="1" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
       <c r="BS14" s="1" t="s">
-        <v>589</v>
+        <v>601</v>
       </c>
       <c r="BT14" s="1" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="BU14" s="1" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="BV14" s="1" t="s">
-        <v>592</v>
+        <v>604</v>
       </c>
       <c r="BW14" s="1" t="s">
-        <v>593</v>
+        <v>605</v>
       </c>
       <c r="BX14" s="1" t="s">
-        <v>594</v>
+        <v>606</v>
       </c>
       <c r="BY14" s="1" t="s">
-        <v>595</v>
+        <v>607</v>
       </c>
       <c r="BZ14" s="1" t="s">
-        <v>596</v>
+        <v>608</v>
       </c>
       <c r="CA14" s="1" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
       <c r="CB14" s="1" t="s">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="CC14" s="1" t="s">
         <v>599</v>
       </c>
       <c r="CD14" s="1" t="s">
-        <v>600</v>
+        <v>611</v>
       </c>
       <c r="CE14" s="1" t="s">
-        <v>601</v>
+        <v>612</v>
       </c>
       <c r="CF14" s="1" t="s">
-        <v>602</v>
+        <v>613</v>
       </c>
       <c r="CG14" s="1" t="s">
-        <v>603</v>
+        <v>614</v>
       </c>
       <c r="CH14" s="1" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
       <c r="CI14" s="1" t="s">
-        <v>605</v>
+        <v>616</v>
       </c>
       <c r="CJ14" s="1" t="s">
-        <v>606</v>
+        <v>617</v>
       </c>
       <c r="CK14" s="1" t="s">
-        <v>607</v>
+        <v>618</v>
       </c>
       <c r="CL14" s="1" t="s">
-        <v>608</v>
+        <v>619</v>
       </c>
       <c r="CM14" s="1" t="s">
-        <v>609</v>
+        <v>620</v>
       </c>
       <c r="CN14" s="1" t="s">
-        <v>610</v>
+        <v>621</v>
       </c>
       <c r="CO14" s="1" t="s">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="CP14" s="1" t="s">
-        <v>612</v>
+        <v>623</v>
       </c>
       <c r="CQ14" s="1" t="s">
-        <v>613</v>
+        <v>624</v>
       </c>
       <c r="CR14" s="1" t="s">
-        <v>614</v>
+        <v>625</v>
       </c>
       <c r="CS14" s="1" t="s">
-        <v>615</v>
+        <v>626</v>
       </c>
       <c r="CT14" s="1" t="s">
-        <v>616</v>
+        <v>627</v>
       </c>
       <c r="CU14" s="1" t="s">
-        <v>617</v>
+        <v>628</v>
       </c>
       <c r="CV14" s="1" t="s">
-        <v>618</v>
+        <v>629</v>
       </c>
       <c r="CW14" s="1" t="s">
-        <v>619</v>
+        <v>630</v>
       </c>
       <c r="CX14" s="1" t="s">
-        <v>620</v>
+        <v>631</v>
       </c>
       <c r="CY14" s="1" t="s">
-        <v>621</v>
+        <v>632</v>
       </c>
       <c r="CZ14" s="1" t="s">
-        <v>622</v>
+        <v>633</v>
       </c>
       <c r="DA14" s="1" t="s">
-        <v>622</v>
+        <v>634</v>
       </c>
       <c r="DB14" s="1" t="s">
-        <v>623</v>
+        <v>634</v>
       </c>
       <c r="DC14" s="1" t="s">
-        <v>624</v>
+        <v>635</v>
       </c>
       <c r="DD14" s="1" t="s">
-        <v>625</v>
+        <v>636</v>
       </c>
       <c r="DE14" s="1" t="s">
-        <v>626</v>
+        <v>637</v>
       </c>
       <c r="DF14" s="1" t="s">
-        <v>627</v>
+        <v>638</v>
       </c>
       <c r="DG14" s="1" t="s">
-        <v>628</v>
+        <v>639</v>
       </c>
       <c r="DH14" s="1" t="s">
-        <v>629</v>
+        <v>640</v>
       </c>
       <c r="DI14" s="1" t="s">
-        <v>630</v>
+        <v>641</v>
       </c>
       <c r="DJ14" s="1" t="s">
-        <v>631</v>
+        <v>642</v>
       </c>
       <c r="DK14" s="1" t="s">
-        <v>632</v>
+        <v>643</v>
       </c>
       <c r="DL14" s="1" t="s">
-        <v>633</v>
+        <v>644</v>
       </c>
       <c r="DM14" s="1" t="s">
-        <v>634</v>
+        <v>645</v>
       </c>
       <c r="DN14" s="1" t="s">
-        <v>635</v>
+        <v>646</v>
       </c>
       <c r="DO14" s="1" t="s">
-        <v>636</v>
+        <v>647</v>
       </c>
       <c r="DP14" s="1" t="s">
-        <v>637</v>
+        <v>648</v>
       </c>
       <c r="DQ14" s="1" t="s">
-        <v>638</v>
+        <v>649</v>
       </c>
       <c r="DR14" s="1" t="s">
-        <v>639</v>
+        <v>650</v>
       </c>
       <c r="DS14" s="1" t="s">
-        <v>640</v>
+        <v>651</v>
       </c>
       <c r="DT14" s="1" t="s">
-        <v>641</v>
+        <v>652</v>
       </c>
       <c r="DU14" s="1" t="s">
-        <v>642</v>
+        <v>653</v>
       </c>
       <c r="DV14" s="1" t="s">
-        <v>643</v>
+        <v>654</v>
       </c>
       <c r="DW14" s="1" t="s">
-        <v>644</v>
+        <v>655</v>
       </c>
       <c r="DX14" s="1" t="s">
-        <v>645</v>
+        <v>656</v>
+      </c>
+      <c r="DY14" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="DZ14" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="EA14" s="1" t="s">
+        <v>659</v>
       </c>
     </row>
     <row r="15" spans="1:702">
       <c r="A15" s="1" t="s">
-        <v>646</v>
+        <v>660</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="O15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="P15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="Q15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="R15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="S15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="T15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="U15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="V15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="W15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="X15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="Y15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="Z15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AA15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AB15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AC15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AD15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AE15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AF15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AG15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AH15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AI15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AJ15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AK15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AL15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AM15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AN15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AO15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="AP15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AQ15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AR15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AS15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AT15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AU15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AV15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AW15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AX15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AY15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="AZ15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BA15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BB15" s="1" t="s">
-        <v>647</v>
+        <v>661</v>
       </c>
       <c r="BC15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BD15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BE15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BF15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BG15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BH15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BI15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BJ15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BK15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BL15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BM15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BN15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BO15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BP15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BQ15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BR15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BS15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BT15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BU15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="BV15" s="1" t="s">
-        <v>647</v>
+        <v>661</v>
       </c>
       <c r="BW15" s="1" t="s">
-        <v>647</v>
+        <v>661</v>
       </c>
       <c r="BX15" s="1" t="s">
-        <v>647</v>
+        <v>661</v>
       </c>
       <c r="BY15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="BZ15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CA15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CB15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CC15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CD15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CE15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CF15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CG15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CH15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CI15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CJ15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CK15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CL15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CM15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CN15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CO15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CP15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CQ15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CR15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CS15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CT15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CU15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CV15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="CW15" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="CX15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CY15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="CZ15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DA15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DB15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DC15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DD15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DE15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DF15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DG15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DH15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DI15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DJ15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DK15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DL15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DM15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DN15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DO15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DP15" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="DQ15" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="DR15" s="1" t="s">
-        <v>648</v>
+        <v>231</v>
       </c>
       <c r="DS15" s="1" t="s">
-        <v>225</v>
+        <v>662</v>
       </c>
       <c r="DT15" s="1" t="s">
-        <v>225</v>
+        <v>662</v>
       </c>
       <c r="DU15" s="1" t="s">
-        <v>225</v>
+        <v>662</v>
       </c>
       <c r="DV15" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="DW15" s="1" t="s">
-        <v>647</v>
+        <v>231</v>
       </c>
       <c r="DX15" s="1" t="s">
-        <v>647</v>
+        <v>231</v>
+      </c>
+      <c r="DY15" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="DZ15" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="EA15" s="1" t="s">
+        <v>661</v>
       </c>
     </row>
     <row r="16" spans="1:702">
       <c r="A16" s="1" t="s">
-        <v>649</v>
+        <v>663</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="O16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="P16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="Q16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="R16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="S16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="T16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="U16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="V16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="W16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="X16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="Y16" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="Z16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="AA16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="AB16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="AC16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="AD16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="AE16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="AF16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="AG16" s="1" t="s">
-        <v>653</v>
+        <v>667</v>
       </c>
       <c r="AH16" s="1" t="s">
-        <v>653</v>
+        <v>667</v>
       </c>
       <c r="AI16" s="1" t="s">
-        <v>653</v>
+        <v>667</v>
       </c>
       <c r="AJ16" s="1" t="s">
-        <v>653</v>
+        <v>667</v>
       </c>
       <c r="AK16" s="1" t="s">
-        <v>653</v>
+        <v>667</v>
       </c>
       <c r="AL16" s="1" t="s">
-        <v>653</v>
+        <v>667</v>
       </c>
       <c r="AM16" s="1" t="s">
-        <v>653</v>
+        <v>667</v>
       </c>
       <c r="AN16" s="1" t="s">
-        <v>653</v>
+        <v>667</v>
       </c>
       <c r="AO16" s="1" t="s">
-        <v>654</v>
+        <v>668</v>
       </c>
       <c r="AP16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="AQ16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="AR16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="AS16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="AT16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="AU16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="AV16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="AW16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="AX16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="AY16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="AZ16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="BA16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="BB16" s="1" t="s">
-        <v>656</v>
+        <v>670</v>
       </c>
       <c r="BC16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="BD16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="BE16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="BF16" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="BG16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="BH16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="BI16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="BJ16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="BK16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="BL16" s="1" t="s">
-        <v>657</v>
+        <v>671</v>
       </c>
       <c r="BM16" s="1" t="s">
-        <v>657</v>
+        <v>671</v>
       </c>
       <c r="BN16" s="1" t="s">
-        <v>657</v>
+        <v>671</v>
       </c>
       <c r="BO16" s="1" t="s">
-        <v>657</v>
+        <v>671</v>
       </c>
       <c r="BP16" s="1" t="s">
-        <v>657</v>
+        <v>671</v>
       </c>
       <c r="BQ16" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="BR16" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="BS16" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="BT16" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="BU16" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="BV16" s="1" t="s">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="BW16" s="1" t="s">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="BX16" s="1" t="s">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="BY16" s="1" t="s">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="BZ16" s="1" t="s">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="CA16" s="1" t="s">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="CB16" s="1" t="s">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="CC16" s="1" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
       <c r="CD16" s="1" t="s">
-        <v>660</v>
+        <v>674</v>
       </c>
       <c r="CE16" s="1" t="s">
-        <v>660</v>
+        <v>674</v>
       </c>
       <c r="CF16" s="1" t="s">
-        <v>660</v>
+        <v>674</v>
       </c>
       <c r="CG16" s="1" t="s">
-        <v>660</v>
+        <v>674</v>
       </c>
       <c r="CH16" s="1" t="s">
-        <v>658</v>
+        <v>674</v>
       </c>
       <c r="CI16" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="CJ16" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="CK16" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="CL16" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="CM16" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="CN16" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="CO16" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="CP16" s="1" t="s">
-        <v>652</v>
+        <v>672</v>
       </c>
       <c r="CQ16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="CR16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="CS16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="CT16" s="1" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="CU16" s="1" t="s">
-        <v>661</v>
+        <v>675</v>
       </c>
       <c r="CV16" s="1" t="s">
-        <v>661</v>
+        <v>675</v>
       </c>
       <c r="CW16" s="1" t="s">
-        <v>652</v>
+        <v>675</v>
       </c>
       <c r="CX16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="CY16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="CZ16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="DA16" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="DB16" s="1" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="DC16" s="1" t="s">
-        <v>662</v>
+        <v>676</v>
       </c>
       <c r="DD16" s="1" t="s">
-        <v>662</v>
+        <v>676</v>
       </c>
       <c r="DE16" s="1" t="s">
-        <v>662</v>
+        <v>676</v>
       </c>
       <c r="DF16" s="1" t="s">
-        <v>662</v>
+        <v>676</v>
       </c>
       <c r="DG16" s="1" t="s">
-        <v>662</v>
+        <v>676</v>
       </c>
       <c r="DH16" s="1" t="s">
-        <v>660</v>
+        <v>676</v>
       </c>
       <c r="DI16" s="1" t="s">
-        <v>660</v>
+        <v>676</v>
       </c>
       <c r="DJ16" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="DK16" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="DL16" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="DM16" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="DN16" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="DO16" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="DP16" s="1" t="s">
-        <v>663</v>
+        <v>674</v>
       </c>
       <c r="DQ16" s="1" t="s">
-        <v>653</v>
+        <v>674</v>
       </c>
       <c r="DR16" s="1" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="DS16" s="1" t="s">
-        <v>665</v>
+        <v>678</v>
       </c>
       <c r="DT16" s="1" t="s">
-        <v>665</v>
+        <v>678</v>
       </c>
       <c r="DU16" s="1" t="s">
-        <v>665</v>
+        <v>678</v>
       </c>
       <c r="DV16" s="1" t="s">
-        <v>665</v>
+        <v>679</v>
       </c>
       <c r="DW16" s="1" t="s">
-        <v>666</v>
+        <v>679</v>
       </c>
       <c r="DX16" s="1" t="s">
-        <v>661</v>
+        <v>679</v>
+      </c>
+      <c r="DY16" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="DZ16" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="EA16" s="1" t="s">
+        <v>675</v>
       </c>
     </row>
     <row r="17" spans="1:702">
       <c r="A17" s="1" t="s">
-        <v>667</v>
+        <v>681</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>669</v>
+        <v>683</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>669</v>
+        <v>683</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>669</v>
+        <v>683</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>669</v>
+        <v>683</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>669</v>
+        <v>683</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="O17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="P17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="Q17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="R17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="S17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="T17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="U17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="V17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="W17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="X17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="Y17" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="Z17" s="1" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
       <c r="AA17" s="1" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
       <c r="AB17" s="1" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
       <c r="AC17" s="1" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
       <c r="AD17" s="1" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
       <c r="AE17" s="1" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
       <c r="AF17" s="1" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
       <c r="AG17" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="AH17" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="AI17" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="AJ17" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="AK17" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="AL17" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="AM17" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="AN17" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="AO17" s="1" t="s">
-        <v>669</v>
+        <v>683</v>
       </c>
       <c r="AP17" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="AQ17" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="AR17" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="AS17" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="AT17" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="AU17" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="AV17" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="AW17" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="AX17" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="AY17" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="AZ17" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="BA17" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="BB17" s="1" t="s">
-        <v>674</v>
+        <v>688</v>
       </c>
       <c r="BC17" s="1" t="s">
-        <v>675</v>
+        <v>689</v>
       </c>
       <c r="BD17" s="1" t="s">
-        <v>676</v>
+        <v>690</v>
       </c>
       <c r="BE17" s="1" t="s">
-        <v>676</v>
+        <v>690</v>
       </c>
       <c r="BF17" s="1" t="s">
-        <v>676</v>
+        <v>690</v>
       </c>
       <c r="BG17" s="1" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
       <c r="BH17" s="1" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
       <c r="BI17" s="1" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
       <c r="BJ17" s="1" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
       <c r="BK17" s="1" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
       <c r="BL17" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="BM17" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="BN17" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="BO17" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="BP17" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="BQ17" s="1" t="s">
-        <v>678</v>
+        <v>692</v>
       </c>
       <c r="BR17" s="1" t="s">
-        <v>678</v>
+        <v>692</v>
       </c>
       <c r="BS17" s="1" t="s">
-        <v>678</v>
+        <v>692</v>
       </c>
       <c r="BT17" s="1" t="s">
-        <v>678</v>
+        <v>692</v>
       </c>
       <c r="BU17" s="1" t="s">
-        <v>678</v>
+        <v>692</v>
       </c>
       <c r="BV17" s="1" t="s">
-        <v>679</v>
+        <v>693</v>
       </c>
       <c r="BW17" s="1" t="s">
-        <v>679</v>
+        <v>693</v>
       </c>
       <c r="BX17" s="1" t="s">
-        <v>679</v>
+        <v>693</v>
       </c>
       <c r="BY17" s="1" t="s">
-        <v>679</v>
+        <v>693</v>
       </c>
       <c r="BZ17" s="1" t="s">
-        <v>679</v>
+        <v>693</v>
       </c>
       <c r="CA17" s="1" t="s">
-        <v>679</v>
+        <v>693</v>
       </c>
       <c r="CB17" s="1" t="s">
-        <v>679</v>
+        <v>693</v>
       </c>
       <c r="CC17" s="1" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="CD17" s="1" t="s">
-        <v>680</v>
+        <v>694</v>
       </c>
       <c r="CE17" s="1" t="s">
-        <v>680</v>
+        <v>694</v>
       </c>
       <c r="CF17" s="1" t="s">
-        <v>680</v>
+        <v>694</v>
       </c>
       <c r="CG17" s="1" t="s">
-        <v>680</v>
+        <v>694</v>
       </c>
       <c r="CH17" s="1" t="s">
-        <v>681</v>
+        <v>694</v>
       </c>
       <c r="CI17" s="1" t="s">
-        <v>681</v>
+        <v>695</v>
       </c>
       <c r="CJ17" s="1" t="s">
-        <v>681</v>
+        <v>695</v>
       </c>
       <c r="CK17" s="1" t="s">
-        <v>681</v>
+        <v>695</v>
       </c>
       <c r="CL17" s="1" t="s">
-        <v>681</v>
+        <v>695</v>
       </c>
       <c r="CM17" s="1" t="s">
-        <v>682</v>
+        <v>695</v>
       </c>
       <c r="CN17" s="1" t="s">
-        <v>682</v>
+        <v>696</v>
       </c>
       <c r="CO17" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="CP17" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="CQ17" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="CR17" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="CS17" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="CT17" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="CU17" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="CV17" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="CW17" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="CX17" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="CY17" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="CZ17" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="DA17" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="DB17" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="DC17" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DD17" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DE17" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DF17" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DG17" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DH17" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DI17" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DJ17" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="DK17" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="DL17" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="DM17" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="DN17" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="DO17" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="DP17" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="DQ17" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="DR17" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="DS17" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="CP17" s="1" t="s">
-[...88 lines deleted...]
-      </c>
       <c r="DT17" s="1" t="s">
-        <v>689</v>
+        <v>683</v>
       </c>
       <c r="DU17" s="1" t="s">
-        <v>689</v>
+        <v>683</v>
       </c>
       <c r="DV17" s="1" t="s">
-        <v>689</v>
+        <v>703</v>
       </c>
       <c r="DW17" s="1" t="s">
-        <v>690</v>
+        <v>703</v>
       </c>
       <c r="DX17" s="1" t="s">
-        <v>691</v>
+        <v>703</v>
+      </c>
+      <c r="DY17" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="DZ17" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="EA17" s="1" t="s">
+        <v>705</v>
       </c>
     </row>
     <row r="18" spans="1:702">
       <c r="A18" s="1" t="s">
-        <v>692</v>
+        <v>706</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="O18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="P18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="Q18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="R18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="S18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="T18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="U18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="V18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="W18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="X18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="Y18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="Z18" s="1" t="s">
-        <v>694</v>
+        <v>708</v>
       </c>
       <c r="AA18" s="1" t="s">
-        <v>694</v>
+        <v>708</v>
       </c>
       <c r="AB18" s="1" t="s">
-        <v>694</v>
+        <v>708</v>
       </c>
       <c r="AC18" s="1" t="s">
-        <v>694</v>
+        <v>708</v>
       </c>
       <c r="AD18" s="1" t="s">
-        <v>694</v>
+        <v>708</v>
       </c>
       <c r="AE18" s="1" t="s">
-        <v>694</v>
+        <v>708</v>
       </c>
       <c r="AF18" s="1" t="s">
-        <v>694</v>
+        <v>708</v>
       </c>
       <c r="AG18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AH18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AI18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AJ18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AK18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AL18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AM18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AN18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AO18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AP18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AQ18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AR18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AS18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AT18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AU18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AV18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AW18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AX18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AY18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="AZ18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BA18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BB18" s="1" t="s">
-        <v>695</v>
+        <v>709</v>
       </c>
       <c r="BC18" s="1" t="s">
-        <v>696</v>
+        <v>710</v>
       </c>
       <c r="BD18" s="1" t="s">
-        <v>696</v>
+        <v>710</v>
       </c>
       <c r="BE18" s="1" t="s">
-        <v>696</v>
+        <v>710</v>
       </c>
       <c r="BF18" s="1" t="s">
-        <v>696</v>
+        <v>710</v>
       </c>
       <c r="BG18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BH18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BI18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BJ18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BK18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BL18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BM18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BN18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BO18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BP18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BQ18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BR18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BS18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BT18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BU18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BV18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BW18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BX18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BY18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="BZ18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CA18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CB18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CC18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CD18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CE18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CF18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CG18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CH18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CI18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CJ18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CK18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CL18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CM18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CN18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CO18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CP18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CQ18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CR18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CS18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CT18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CU18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CV18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CW18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CX18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CY18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="CZ18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DA18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DB18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DC18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DD18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DE18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DF18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DG18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DH18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DI18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DJ18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DK18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DL18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DM18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DN18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DO18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DP18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DQ18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DR18" s="1" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="DS18" s="1" t="s">
-        <v>693</v>
+        <v>711</v>
       </c>
       <c r="DT18" s="1" t="s">
-        <v>693</v>
+        <v>711</v>
       </c>
       <c r="DU18" s="1" t="s">
-        <v>693</v>
+        <v>711</v>
       </c>
       <c r="DV18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DW18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="DX18" s="1" t="s">
-        <v>693</v>
+        <v>707</v>
+      </c>
+      <c r="DY18" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="DZ18" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="EA18" s="1" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="19" spans="1:702">
       <c r="A19" s="1" t="s">
-        <v>698</v>
+        <v>712</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="O19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="P19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="Q19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="R19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="S19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="T19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="U19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="V19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="W19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="X19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="Y19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="Z19" s="1" t="s">
-        <v>701</v>
+        <v>715</v>
       </c>
       <c r="AA19" s="1" t="s">
-        <v>701</v>
+        <v>715</v>
       </c>
       <c r="AB19" s="1" t="s">
-        <v>701</v>
+        <v>715</v>
       </c>
       <c r="AC19" s="1" t="s">
-        <v>701</v>
+        <v>715</v>
       </c>
       <c r="AD19" s="1" t="s">
-        <v>701</v>
+        <v>715</v>
       </c>
       <c r="AE19" s="1" t="s">
-        <v>701</v>
+        <v>715</v>
       </c>
       <c r="AF19" s="1" t="s">
-        <v>701</v>
+        <v>715</v>
       </c>
       <c r="AG19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="AH19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="AI19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="AJ19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="AK19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="AL19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="AM19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="AN19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="AO19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="AP19" s="1" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="AQ19" s="1" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="AR19" s="1" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="AS19" s="1" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="AT19" s="1" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="AU19" s="1" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="AV19" s="1" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="AW19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="AX19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="AY19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="AZ19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="BA19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="BB19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="BC19" s="1" t="s">
-        <v>703</v>
+        <v>717</v>
       </c>
       <c r="BD19" s="1" t="s">
-        <v>703</v>
+        <v>717</v>
       </c>
       <c r="BE19" s="1" t="s">
-        <v>703</v>
+        <v>717</v>
       </c>
       <c r="BF19" s="1" t="s">
-        <v>703</v>
+        <v>717</v>
       </c>
       <c r="BG19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="BH19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="BI19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="BJ19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="BK19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="BL19" s="1" t="s">
-        <v>704</v>
+        <v>718</v>
       </c>
       <c r="BM19" s="1" t="s">
-        <v>704</v>
+        <v>718</v>
       </c>
       <c r="BN19" s="1" t="s">
-        <v>704</v>
+        <v>718</v>
       </c>
       <c r="BO19" s="1" t="s">
-        <v>704</v>
+        <v>718</v>
       </c>
       <c r="BP19" s="1" t="s">
-        <v>704</v>
+        <v>718</v>
       </c>
       <c r="BQ19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="BR19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="BS19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="BT19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="BU19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="BV19" s="1" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
       <c r="BW19" s="1" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
       <c r="BX19" s="1" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
       <c r="BY19" s="1" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
       <c r="BZ19" s="1" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
       <c r="CA19" s="1" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
       <c r="CB19" s="1" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
       <c r="CC19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="CD19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="CE19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="CF19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="CG19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="CH19" s="1" t="s">
-        <v>706</v>
+        <v>714</v>
       </c>
       <c r="CI19" s="1" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
       <c r="CJ19" s="1" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
       <c r="CK19" s="1" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
       <c r="CL19" s="1" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
       <c r="CM19" s="1" t="s">
-        <v>707</v>
+        <v>720</v>
       </c>
       <c r="CN19" s="1" t="s">
-        <v>707</v>
+        <v>721</v>
       </c>
       <c r="CO19" s="1" t="s">
-        <v>707</v>
+        <v>721</v>
       </c>
       <c r="CP19" s="1" t="s">
-        <v>702</v>
+        <v>721</v>
       </c>
       <c r="CQ19" s="1" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="CR19" s="1" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="CS19" s="1" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="CT19" s="1" t="s">
-        <v>700</v>
+        <v>716</v>
       </c>
       <c r="CU19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="CV19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="CW19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="CX19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="CY19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="CZ19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="DA19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="DB19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="DC19" s="1" t="s">
-        <v>700</v>
+        <v>722</v>
       </c>
       <c r="DD19" s="1" t="s">
-        <v>700</v>
+        <v>722</v>
       </c>
       <c r="DE19" s="1" t="s">
-        <v>700</v>
+        <v>722</v>
       </c>
       <c r="DF19" s="1" t="s">
-        <v>700</v>
+        <v>722</v>
       </c>
       <c r="DG19" s="1" t="s">
-        <v>700</v>
+        <v>722</v>
       </c>
       <c r="DH19" s="1" t="s">
-        <v>700</v>
+        <v>722</v>
       </c>
       <c r="DI19" s="1" t="s">
-        <v>700</v>
+        <v>722</v>
       </c>
       <c r="DJ19" s="1" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="DK19" s="1" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="DL19" s="1" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="DM19" s="1" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="DN19" s="1" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="DO19" s="1" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="DP19" s="1" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="DQ19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="DR19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="DS19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="DT19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="DU19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="DV19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="DW19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="DX19" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
+      </c>
+      <c r="DY19" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="DZ19" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="EA19" s="1" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="20" spans="1:702">
       <c r="A20" s="1" t="s">
-        <v>709</v>
+        <v>723</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>710</v>
+        <v>724</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>711</v>
+        <v>725</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>712</v>
+        <v>726</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>713</v>
+        <v>727</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>714</v>
+        <v>728</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>715</v>
+        <v>729</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>716</v>
+        <v>730</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>719</v>
+        <v>733</v>
       </c>
       <c r="L20" s="1" t="s">
-        <v>720</v>
+        <v>734</v>
       </c>
       <c r="M20" s="1" t="s">
-        <v>721</v>
+        <v>735</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>722</v>
+        <v>736</v>
       </c>
       <c r="O20" s="1" t="s">
-        <v>723</v>
+        <v>737</v>
       </c>
       <c r="P20" s="1" t="s">
-        <v>724</v>
+        <v>738</v>
       </c>
       <c r="Q20" s="1" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="R20" s="1" t="s">
-        <v>726</v>
+        <v>740</v>
       </c>
       <c r="S20" s="1" t="s">
-        <v>722</v>
+        <v>736</v>
       </c>
       <c r="T20" s="1" t="s">
-        <v>723</v>
+        <v>737</v>
       </c>
       <c r="U20" s="1" t="s">
-        <v>724</v>
+        <v>738</v>
       </c>
       <c r="V20" s="1" t="s">
-        <v>721</v>
+        <v>735</v>
       </c>
       <c r="W20" s="1" t="s">
-        <v>720</v>
+        <v>734</v>
       </c>
       <c r="X20" s="1" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="Y20" s="1" t="s">
-        <v>726</v>
+        <v>740</v>
       </c>
       <c r="Z20" s="1" t="s">
-        <v>727</v>
+        <v>741</v>
       </c>
       <c r="AA20" s="1" t="s">
-        <v>728</v>
+        <v>742</v>
       </c>
       <c r="AB20" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="AC20" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="AD20" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="AE20" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="AF20" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="AG20" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="AH20" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="AI20" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="AJ20" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="AK20" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="AL20" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="AM20" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="AN20" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="AO20" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="AP20" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="AQ20" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="AR20" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="AS20" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="AT20" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="AU20" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="AV20" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="AW20" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="AX20" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="AY20" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="AZ20" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="BA20" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="BB20" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="BC20" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="BD20" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="BE20" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="BF20" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="BG20" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="BH20" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="BI20" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="BJ20" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="BK20" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="BL20" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="BM20" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="BN20" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="BO20" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="BP20" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="BQ20" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="BR20" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="BS20" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="BT20" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="BU20" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="BV20" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="BW20" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="BX20" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="BY20" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="BZ20" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="CA20" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="CB20" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="CC20" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="CD20" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="CE20" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="CF20" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="CG20" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="CH20" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="CI20" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="CJ20" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="AC20" s="1" t="s">
+      <c r="CK20" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="AD20" s="1" t="s">
+      <c r="CL20" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="AE20" s="1" t="s">
-[...113 lines deleted...]
-      <c r="BQ20" s="1" t="s">
+      <c r="CM20" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="CN20" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="CO20" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="CP20" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="CQ20" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="CR20" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="CS20" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="CT20" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="CU20" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="CV20" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="CW20" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="CX20" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="CY20" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="CZ20" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="DA20" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="DB20" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="DC20" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="DD20" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="DE20" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="DF20" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="DG20" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="DH20" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="DI20" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="DJ20" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="DK20" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="DL20" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="DM20" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="DN20" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="DO20" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="DP20" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="DQ20" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="DR20" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="DS20" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="DT20" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="DU20" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="DV20" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="DW20" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="DX20" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="DY20" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="DZ20" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="EA20" s="1" t="s">
         <v>770</v>
-      </c>
-[...175 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="21" spans="1:702">
       <c r="A21" s="1" t="s">
-        <v>820</v>
+        <v>837</v>
       </c>
       <c r="B21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="C21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="D21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="E21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="F21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="G21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
@@ -18656,245 +19052,257 @@
       <c r="BW21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-lynx-home-f.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="BX21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="BY21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="BZ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CA21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CB21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CC21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CD21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CE21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CF21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CG21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CH21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CI21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CJ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CK21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CL21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CM21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CN21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CO21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CP21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
-        <v>Fronius Reserva datasheet</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="CQ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
         <v>Fronius Reserva datasheet</v>
       </c>
       <c r="CR21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
         <v>Fronius Reserva datasheet</v>
       </c>
       <c r="CS21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
         <v>Fronius Reserva datasheet</v>
       </c>
       <c r="CT21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf","Yes")</f>
-        <v>Yes</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf","Fronius Reserva datasheet")</f>
+        <v>Fronius Reserva datasheet</v>
       </c>
       <c r="CU21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CV21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CW21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CX21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CY21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CZ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DA21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DB21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DC21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DD21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DE21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DF21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DG21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DH21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DI21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DJ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DC21" s="2" t="str">
+      <c r="DK21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DD21" s="2" t="str">
+      <c r="DL21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DE21" s="2" t="str">
+      <c r="DM21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DF21" s="2" t="str">
+      <c r="DN21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DG21" s="2" t="str">
+      <c r="DO21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DH21" s="2" t="str">
+      <c r="DP21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DI21" s="2" t="str">
+      <c r="DQ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DJ21" s="2" t="str">
-[...27 lines deleted...]
-      <c r="DQ21" s="2" t="str">
+      <c r="DR21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DR21" s="2" t="str">
+      <c r="DS21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DS21" s="2" t="str">
-[...2 lines deleted...]
-      </c>
       <c r="DT21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DU21" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DV21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DW21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DX21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DY21" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DZ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DX21" s="2" t="str">
+      <c r="EA21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="22" spans="1:702">
       <c r="A22" s="1" t="s">
-        <v>821</v>
+        <v>838</v>
       </c>
       <c r="B22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="C22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="D22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="E22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="F22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="G22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
@@ -19169,151 +19577,151 @@
       <c r="BW22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="BX22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="BY22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="BZ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CA22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CB22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CC22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CD22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CE22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CF22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CG22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CH22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CI22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CJ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CK22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CL22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CM22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CN22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CO22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CP22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
-        <v>Fronius Reserva warranty</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf","Yes")</f>
+        <v>Yes</v>
       </c>
       <c r="CQ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
         <v>Fronius Reserva warranty</v>
       </c>
       <c r="CR22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
         <v>Fronius Reserva warranty</v>
       </c>
       <c r="CS22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
         <v>Fronius Reserva warranty</v>
       </c>
       <c r="CT22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf","Yes")</f>
-        <v>Yes</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf","Fronius Reserva warranty")</f>
+        <v>Fronius Reserva warranty</v>
       </c>
       <c r="CU22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CV22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CW22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CX22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CY22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="CZ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DA22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DB22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DC22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DD22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DE22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DF22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DG22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DH22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
@@ -19329,471 +19737,492 @@
       <c r="DK22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DL22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DM22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DN22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DO22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DP22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DQ22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DR22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DR22" s="2" t="str">
+      <c r="DS22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DS22" s="2" t="str">
-[...2 lines deleted...]
-      </c>
       <c r="DT22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DU22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DV22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DW22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DX22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DY22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="DZ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="DX22" s="2" t="str">
+      <c r="EA22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="23" spans="1:702">
       <c r="A23" s="1" t="s">
-        <v>822</v>
+        <v>839</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>824</v>
+        <v>841</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>825</v>
+        <v>842</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>825</v>
+        <v>842</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>826</v>
+        <v>843</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>827</v>
+        <v>844</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>826</v>
+        <v>843</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>826</v>
+        <v>843</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>828</v>
+        <v>845</v>
       </c>
       <c r="M23" s="1" t="s">
-        <v>829</v>
+        <v>846</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>830</v>
+        <v>847</v>
       </c>
       <c r="O23" s="1" t="s">
-        <v>830</v>
+        <v>847</v>
       </c>
       <c r="P23" s="1" t="s">
-        <v>830</v>
+        <v>847</v>
       </c>
       <c r="Q23" s="1" t="s">
-        <v>831</v>
+        <v>848</v>
       </c>
       <c r="R23" s="1" t="s">
-        <v>832</v>
+        <v>849</v>
       </c>
       <c r="S23" s="1" t="s">
-        <v>828</v>
+        <v>845</v>
       </c>
       <c r="T23" s="1" t="s">
-        <v>830</v>
+        <v>847</v>
       </c>
       <c r="U23" s="1" t="s">
-        <v>830</v>
+        <v>847</v>
       </c>
       <c r="V23" s="1" t="s">
-        <v>833</v>
+        <v>850</v>
       </c>
       <c r="W23" s="1" t="s">
-        <v>834</v>
+        <v>851</v>
       </c>
       <c r="X23" s="1" t="s">
-        <v>832</v>
+        <v>849</v>
       </c>
       <c r="Y23" s="1" t="s">
-        <v>835</v>
+        <v>852</v>
       </c>
       <c r="Z23" s="1" t="s">
-        <v>836</v>
+        <v>853</v>
       </c>
       <c r="AA23" s="1" t="s">
-        <v>836</v>
+        <v>853</v>
       </c>
       <c r="AB23" s="1" t="s">
-        <v>836</v>
+        <v>853</v>
       </c>
       <c r="AC23" s="1" t="s">
-        <v>836</v>
+        <v>853</v>
       </c>
       <c r="AD23" s="1" t="s">
-        <v>836</v>
+        <v>853</v>
       </c>
       <c r="AE23" s="1" t="s">
-        <v>836</v>
+        <v>853</v>
       </c>
       <c r="AF23" s="1" t="s">
-        <v>836</v>
+        <v>853</v>
       </c>
       <c r="AG23" s="1" t="s">
-        <v>837</v>
+        <v>854</v>
       </c>
       <c r="AH23" s="1" t="s">
-        <v>838</v>
+        <v>855</v>
       </c>
       <c r="AI23" s="1" t="s">
-        <v>838</v>
+        <v>855</v>
       </c>
       <c r="AJ23" s="1" t="s">
-        <v>838</v>
+        <v>855</v>
       </c>
       <c r="AK23" s="1" t="s">
-        <v>838</v>
+        <v>855</v>
       </c>
       <c r="AL23" s="1" t="s">
-        <v>829</v>
+        <v>846</v>
       </c>
       <c r="AM23" s="1" t="s">
-        <v>839</v>
+        <v>856</v>
       </c>
       <c r="AN23" s="1" t="s">
-        <v>840</v>
+        <v>857</v>
       </c>
       <c r="AO23" s="1" t="s">
-        <v>841</v>
+        <v>858</v>
       </c>
       <c r="AP23" s="1" t="s">
-        <v>842</v>
+        <v>859</v>
       </c>
       <c r="AQ23" s="1" t="s">
-        <v>842</v>
+        <v>859</v>
       </c>
       <c r="AR23" s="1" t="s">
-        <v>842</v>
+        <v>859</v>
       </c>
       <c r="AS23" s="1" t="s">
-        <v>842</v>
+        <v>859</v>
       </c>
       <c r="AT23" s="1" t="s">
-        <v>842</v>
+        <v>859</v>
       </c>
       <c r="AU23" s="1" t="s">
-        <v>843</v>
+        <v>860</v>
       </c>
       <c r="AV23" s="1" t="s">
-        <v>844</v>
+        <v>861</v>
       </c>
       <c r="AW23" s="1" t="s">
-        <v>845</v>
+        <v>862</v>
       </c>
       <c r="AX23" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="AY23" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="AZ23" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="BA23" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="BB23" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="BC23" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="BD23" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="BE23" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="BF23" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="BG23" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="BH23" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="BI23" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="BJ23" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="BK23" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="BL23" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="BM23" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="BN23" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="BO23" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="BP23" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="BQ23" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="BR23" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="BS23" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="BT23" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="BU23" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="BV23" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="BW23" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="BX23" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="BY23" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="BZ23" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="CA23" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="CB23" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="CC23" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="CD23" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="CE23" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="CF23" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="CG23" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="CH23" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="CI23" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="CJ23" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="CK23" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="CL23" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="CM23" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="CN23" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="CO23" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="CP23" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="CQ23" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="CR23" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="CS23" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="CT23" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="CU23" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="AY23" s="1" t="s">
+      <c r="CV23" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="AZ23" s="1" t="s">
+      <c r="CW23" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="CX23" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="CY23" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="CZ23" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="DA23" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="DB23" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="DC23" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="DD23" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="DE23" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="DF23" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="DG23" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="DH23" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="DI23" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="DJ23" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="DK23" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="DL23" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="DM23" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="DN23" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="DO23" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="DP23" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="BA23" s="1" t="s">
-[...8 lines deleted...]
-      <c r="BD23" s="1" t="s">
+      <c r="DQ23" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="BE23" s="1" t="s">
-[...14 lines deleted...]
-      <c r="BJ23" s="1" t="s">
+      <c r="DR23" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="DS23" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="DT23" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="DU23" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="DV23" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="DW23" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="DX23" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="DY23" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="DZ23" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="EA23" s="1" t="s">
         <v>849</v>
-      </c>
-[...196 lines deleted...]
-        <v>832</v>
       </c>
     </row>
     <row r="24" spans="1:702">
       <c r="A24" s="1" t="s">
-        <v>869</v>
+        <v>887</v>
       </c>
       <c r="B24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="C24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="D24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="E24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="F24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="G24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
@@ -20068,151 +20497,151 @@
       <c r="BW24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="BX24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="BY24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="BZ24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CA24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CB24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CC24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CD24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CE24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CF24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CG24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CH24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CI24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CJ24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CK24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CL24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CM24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CN24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CO24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CP24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CQ24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CR24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CS24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CT24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CU24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CV24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CW24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CX24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CY24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="CZ24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DA24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DB24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DC24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DD24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DE24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DF24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DG24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DH24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
@@ -20228,119 +20657,131 @@
       <c r="DK24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DL24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DM24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DN24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DO24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DP24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DQ24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="DR24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="DR24" s="2" t="str">
+      <c r="DS24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="DS24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
+      <c r="DT24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="DT24" s="2" t="str">
-[...2 lines deleted...]
-      </c>
       <c r="DU24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DV24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="DW24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="DX24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="DY24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="DZ24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="DX24" s="2" t="str">
+      <c r="EA24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_2" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="C6" r:id="rId_hyperlink_3" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="D6" r:id="rId_hyperlink_4" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="F6" r:id="rId_hyperlink_6" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="L6" r:id="rId_hyperlink_7" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="M6" r:id="rId_hyperlink_8" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="N6" r:id="rId_hyperlink_9" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="O6" r:id="rId_hyperlink_10" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="P6" r:id="rId_hyperlink_11" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="Q6" r:id="rId_hyperlink_12" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="R6" r:id="rId_hyperlink_13" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="S6" r:id="rId_hyperlink_14" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="T6" r:id="rId_hyperlink_15" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="U6" r:id="rId_hyperlink_16" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="V6" r:id="rId_hyperlink_17" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="W6" r:id="rId_hyperlink_18" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="X6" r:id="rId_hyperlink_19" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="Y6" r:id="rId_hyperlink_20" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="AO6" r:id="rId_hyperlink_21" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="BC6" r:id="rId_hyperlink_22" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="BD6" r:id="rId_hyperlink_23" tooltip="Yes, overview here." display="Yes, overview here."/>
     <hyperlink ref="BE6" r:id="rId_hyperlink_24" tooltip="Yes, overview here." display="Yes, overview here."/>
     <hyperlink ref="BF6" r:id="rId_hyperlink_25" tooltip="Yes, overview here." display="Yes, overview here."/>
-    <hyperlink ref="CM6" r:id="rId_hyperlink_26" tooltip="Yes, review here." display="Yes, review here."/>
-[...7 lines deleted...]
-    <hyperlink ref="DW6" r:id="rId_hyperlink_34" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="CN6" r:id="rId_hyperlink_26" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="CO6" r:id="rId_hyperlink_27" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="CP6" r:id="rId_hyperlink_28" tooltip="Yes, review here." display="Yes, review here."/>
+    <hyperlink ref="DR6" r:id="rId_hyperlink_29" tooltip="Here." display="Here."/>
+    <hyperlink ref="DV6" r:id="rId_hyperlink_30" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="DW6" r:id="rId_hyperlink_31" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="DX6" r:id="rId_hyperlink_32" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="DY6" r:id="rId_hyperlink_33" tooltip="Yes, here." display="Yes, here."/>
+    <hyperlink ref="DZ6" r:id="rId_hyperlink_34" tooltip="Yes, review here." display="Yes, review here."/>
     <hyperlink ref="B7" r:id="rId_hyperlink_35" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_36" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_37" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_38" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="F7" r:id="rId_hyperlink_39" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="L7" r:id="rId_hyperlink_40" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_41" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="N7" r:id="rId_hyperlink_42" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="O7" r:id="rId_hyperlink_43" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_44" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="Q7" r:id="rId_hyperlink_45" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="R7" r:id="rId_hyperlink_46" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="S7" r:id="rId_hyperlink_47" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="T7" r:id="rId_hyperlink_48" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="U7" r:id="rId_hyperlink_49" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="V7" r:id="rId_hyperlink_50" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="W7" r:id="rId_hyperlink_51" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="X7" r:id="rId_hyperlink_52" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="Y7" r:id="rId_hyperlink_53" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="Z7" r:id="rId_hyperlink_54" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AA7" r:id="rId_hyperlink_55" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AB7" r:id="rId_hyperlink_56" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AC7" r:id="rId_hyperlink_57" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AD7" r:id="rId_hyperlink_58" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AE7" r:id="rId_hyperlink_59" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
@@ -20396,453 +20837,465 @@
     <hyperlink ref="CC7" r:id="rId_hyperlink_109" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CD7" r:id="rId_hyperlink_110" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CE7" r:id="rId_hyperlink_111" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CF7" r:id="rId_hyperlink_112" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CG7" r:id="rId_hyperlink_113" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CH7" r:id="rId_hyperlink_114" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CI7" r:id="rId_hyperlink_115" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CJ7" r:id="rId_hyperlink_116" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CK7" r:id="rId_hyperlink_117" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CL7" r:id="rId_hyperlink_118" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CM7" r:id="rId_hyperlink_119" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CN7" r:id="rId_hyperlink_120" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CO7" r:id="rId_hyperlink_121" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CP7" r:id="rId_hyperlink_122" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CQ7" r:id="rId_hyperlink_123" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CR7" r:id="rId_hyperlink_124" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CS7" r:id="rId_hyperlink_125" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CT7" r:id="rId_hyperlink_126" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CU7" r:id="rId_hyperlink_127" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CV7" r:id="rId_hyperlink_128" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CW7" r:id="rId_hyperlink_129" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CX7" r:id="rId_hyperlink_130" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CY7" r:id="rId_hyperlink_131" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CZ7" r:id="rId_hyperlink_132" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="DA7" r:id="rId_hyperlink_133" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
-    <hyperlink ref="DB7" r:id="rId_hyperlink_134" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="DB7" r:id="rId_hyperlink_134" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="DC7" r:id="rId_hyperlink_135" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DD7" r:id="rId_hyperlink_136" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DE7" r:id="rId_hyperlink_137" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DF7" r:id="rId_hyperlink_138" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DG7" r:id="rId_hyperlink_139" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DH7" r:id="rId_hyperlink_140" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DI7" r:id="rId_hyperlink_141" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DJ7" r:id="rId_hyperlink_142" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DK7" r:id="rId_hyperlink_143" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DL7" r:id="rId_hyperlink_144" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DM7" r:id="rId_hyperlink_145" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DN7" r:id="rId_hyperlink_146" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DO7" r:id="rId_hyperlink_147" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DP7" r:id="rId_hyperlink_148" tooltip="NMC" display="NMC"/>
-    <hyperlink ref="DR7" r:id="rId_hyperlink_149" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DQ7" r:id="rId_hyperlink_149" tooltip="NMC" display="NMC"/>
     <hyperlink ref="DS7" r:id="rId_hyperlink_150" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="DT7" r:id="rId_hyperlink_151" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="DU7" r:id="rId_hyperlink_152" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="DV7" r:id="rId_hyperlink_153" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="DW7" r:id="rId_hyperlink_154" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="DX7" r:id="rId_hyperlink_155" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
-    <hyperlink ref="B21" r:id="rId_hyperlink_156" tooltip="Yes" display="Yes"/>
-[...379 lines deleted...]
-    <hyperlink ref="DX24" r:id="rId_hyperlink_536" tooltip="Here" display="Here"/>
+    <hyperlink ref="DY7" r:id="rId_hyperlink_156" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DZ7" r:id="rId_hyperlink_157" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="EA7" r:id="rId_hyperlink_158" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="B21" r:id="rId_hyperlink_159" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="C21" r:id="rId_hyperlink_160" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="D21" r:id="rId_hyperlink_161" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="E21" r:id="rId_hyperlink_162" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="F21" r:id="rId_hyperlink_163" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="G21" r:id="rId_hyperlink_164" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="H21" r:id="rId_hyperlink_165" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="I21" r:id="rId_hyperlink_166" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="J21" r:id="rId_hyperlink_167" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="K21" r:id="rId_hyperlink_168" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="L21" r:id="rId_hyperlink_169" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="M21" r:id="rId_hyperlink_170" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="N21" r:id="rId_hyperlink_171" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="O21" r:id="rId_hyperlink_172" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="P21" r:id="rId_hyperlink_173" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Q21" r:id="rId_hyperlink_174" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R21" r:id="rId_hyperlink_175" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S21" r:id="rId_hyperlink_176" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T21" r:id="rId_hyperlink_177" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U21" r:id="rId_hyperlink_178" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="V21" r:id="rId_hyperlink_179" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="W21" r:id="rId_hyperlink_180" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="X21" r:id="rId_hyperlink_181" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Y21" r:id="rId_hyperlink_182" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Z21" r:id="rId_hyperlink_183" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AA21" r:id="rId_hyperlink_184" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AB21" r:id="rId_hyperlink_185" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AC21" r:id="rId_hyperlink_186" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AD21" r:id="rId_hyperlink_187" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AE21" r:id="rId_hyperlink_188" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AF21" r:id="rId_hyperlink_189" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AG21" r:id="rId_hyperlink_190" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AH21" r:id="rId_hyperlink_191" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AI21" r:id="rId_hyperlink_192" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AJ21" r:id="rId_hyperlink_193" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AK21" r:id="rId_hyperlink_194" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AL21" r:id="rId_hyperlink_195" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AM21" r:id="rId_hyperlink_196" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AN21" r:id="rId_hyperlink_197" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AO21" r:id="rId_hyperlink_198" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AP21" r:id="rId_hyperlink_199" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AQ21" r:id="rId_hyperlink_200" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AR21" r:id="rId_hyperlink_201" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AS21" r:id="rId_hyperlink_202" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AT21" r:id="rId_hyperlink_203" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AU21" r:id="rId_hyperlink_204" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AV21" r:id="rId_hyperlink_205" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AW21" r:id="rId_hyperlink_206" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AX21" r:id="rId_hyperlink_207" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AY21" r:id="rId_hyperlink_208" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AZ21" r:id="rId_hyperlink_209" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BA21" r:id="rId_hyperlink_210" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BB21" r:id="rId_hyperlink_211" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BC21" r:id="rId_hyperlink_212" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BD21" r:id="rId_hyperlink_213" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BE21" r:id="rId_hyperlink_214" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BF21" r:id="rId_hyperlink_215" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BG21" r:id="rId_hyperlink_216" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BH21" r:id="rId_hyperlink_217" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BI21" r:id="rId_hyperlink_218" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BJ21" r:id="rId_hyperlink_219" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BK21" r:id="rId_hyperlink_220" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BL21" r:id="rId_hyperlink_221" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BM21" r:id="rId_hyperlink_222" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BN21" r:id="rId_hyperlink_223" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BO21" r:id="rId_hyperlink_224" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BP21" r:id="rId_hyperlink_225" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BQ21" r:id="rId_hyperlink_226" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BR21" r:id="rId_hyperlink_227" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BS21" r:id="rId_hyperlink_228" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BT21" r:id="rId_hyperlink_229" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BU21" r:id="rId_hyperlink_230" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BV21" r:id="rId_hyperlink_231" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BW21" r:id="rId_hyperlink_232" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BX21" r:id="rId_hyperlink_233" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BY21" r:id="rId_hyperlink_234" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BZ21" r:id="rId_hyperlink_235" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CA21" r:id="rId_hyperlink_236" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CB21" r:id="rId_hyperlink_237" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CC21" r:id="rId_hyperlink_238" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CD21" r:id="rId_hyperlink_239" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CE21" r:id="rId_hyperlink_240" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CF21" r:id="rId_hyperlink_241" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CG21" r:id="rId_hyperlink_242" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CH21" r:id="rId_hyperlink_243" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CI21" r:id="rId_hyperlink_244" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CJ21" r:id="rId_hyperlink_245" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CK21" r:id="rId_hyperlink_246" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CL21" r:id="rId_hyperlink_247" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CM21" r:id="rId_hyperlink_248" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CN21" r:id="rId_hyperlink_249" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CO21" r:id="rId_hyperlink_250" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CP21" r:id="rId_hyperlink_251" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CQ21" r:id="rId_hyperlink_252" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
+    <hyperlink ref="CR21" r:id="rId_hyperlink_253" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
+    <hyperlink ref="CS21" r:id="rId_hyperlink_254" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
+    <hyperlink ref="CT21" r:id="rId_hyperlink_255" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
+    <hyperlink ref="CU21" r:id="rId_hyperlink_256" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CV21" r:id="rId_hyperlink_257" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CW21" r:id="rId_hyperlink_258" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CX21" r:id="rId_hyperlink_259" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CY21" r:id="rId_hyperlink_260" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CZ21" r:id="rId_hyperlink_261" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DA21" r:id="rId_hyperlink_262" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DB21" r:id="rId_hyperlink_263" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DC21" r:id="rId_hyperlink_264" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DD21" r:id="rId_hyperlink_265" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DE21" r:id="rId_hyperlink_266" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DF21" r:id="rId_hyperlink_267" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DG21" r:id="rId_hyperlink_268" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DH21" r:id="rId_hyperlink_269" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DI21" r:id="rId_hyperlink_270" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DJ21" r:id="rId_hyperlink_271" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DK21" r:id="rId_hyperlink_272" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DL21" r:id="rId_hyperlink_273" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DM21" r:id="rId_hyperlink_274" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DN21" r:id="rId_hyperlink_275" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DO21" r:id="rId_hyperlink_276" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DP21" r:id="rId_hyperlink_277" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DQ21" r:id="rId_hyperlink_278" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DR21" r:id="rId_hyperlink_279" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DS21" r:id="rId_hyperlink_280" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DT21" r:id="rId_hyperlink_281" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DU21" r:id="rId_hyperlink_282" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DV21" r:id="rId_hyperlink_283" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DW21" r:id="rId_hyperlink_284" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DX21" r:id="rId_hyperlink_285" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DY21" r:id="rId_hyperlink_286" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DZ21" r:id="rId_hyperlink_287" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="EA21" r:id="rId_hyperlink_288" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B22" r:id="rId_hyperlink_289" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="C22" r:id="rId_hyperlink_290" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="D22" r:id="rId_hyperlink_291" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="E22" r:id="rId_hyperlink_292" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="F22" r:id="rId_hyperlink_293" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="G22" r:id="rId_hyperlink_294" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="H22" r:id="rId_hyperlink_295" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="I22" r:id="rId_hyperlink_296" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="J22" r:id="rId_hyperlink_297" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="K22" r:id="rId_hyperlink_298" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="L22" r:id="rId_hyperlink_299" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="M22" r:id="rId_hyperlink_300" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="N22" r:id="rId_hyperlink_301" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="O22" r:id="rId_hyperlink_302" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="P22" r:id="rId_hyperlink_303" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Q22" r:id="rId_hyperlink_304" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R22" r:id="rId_hyperlink_305" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S22" r:id="rId_hyperlink_306" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T22" r:id="rId_hyperlink_307" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U22" r:id="rId_hyperlink_308" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="V22" r:id="rId_hyperlink_309" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="W22" r:id="rId_hyperlink_310" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="X22" r:id="rId_hyperlink_311" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Y22" r:id="rId_hyperlink_312" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Z22" r:id="rId_hyperlink_313" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AA22" r:id="rId_hyperlink_314" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AB22" r:id="rId_hyperlink_315" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AC22" r:id="rId_hyperlink_316" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AD22" r:id="rId_hyperlink_317" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AE22" r:id="rId_hyperlink_318" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AF22" r:id="rId_hyperlink_319" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AG22" r:id="rId_hyperlink_320" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AH22" r:id="rId_hyperlink_321" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AI22" r:id="rId_hyperlink_322" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AJ22" r:id="rId_hyperlink_323" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AK22" r:id="rId_hyperlink_324" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AL22" r:id="rId_hyperlink_325" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AM22" r:id="rId_hyperlink_326" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AN22" r:id="rId_hyperlink_327" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AO22" r:id="rId_hyperlink_328" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AP22" r:id="rId_hyperlink_329" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AQ22" r:id="rId_hyperlink_330" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AR22" r:id="rId_hyperlink_331" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AS22" r:id="rId_hyperlink_332" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AT22" r:id="rId_hyperlink_333" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AU22" r:id="rId_hyperlink_334" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AV22" r:id="rId_hyperlink_335" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AW22" r:id="rId_hyperlink_336" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AX22" r:id="rId_hyperlink_337" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AY22" r:id="rId_hyperlink_338" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AZ22" r:id="rId_hyperlink_339" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BA22" r:id="rId_hyperlink_340" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BB22" r:id="rId_hyperlink_341" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BC22" r:id="rId_hyperlink_342" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BD22" r:id="rId_hyperlink_343" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BE22" r:id="rId_hyperlink_344" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BF22" r:id="rId_hyperlink_345" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BG22" r:id="rId_hyperlink_346" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BH22" r:id="rId_hyperlink_347" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BI22" r:id="rId_hyperlink_348" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BJ22" r:id="rId_hyperlink_349" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BK22" r:id="rId_hyperlink_350" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BL22" r:id="rId_hyperlink_351" tooltip="No" display="No"/>
+    <hyperlink ref="BM22" r:id="rId_hyperlink_352" tooltip="No" display="No"/>
+    <hyperlink ref="BN22" r:id="rId_hyperlink_353" tooltip="No" display="No"/>
+    <hyperlink ref="BO22" r:id="rId_hyperlink_354" tooltip="No" display="No"/>
+    <hyperlink ref="BP22" r:id="rId_hyperlink_355" tooltip="No" display="No"/>
+    <hyperlink ref="BQ22" r:id="rId_hyperlink_356" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BR22" r:id="rId_hyperlink_357" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BS22" r:id="rId_hyperlink_358" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BT22" r:id="rId_hyperlink_359" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BU22" r:id="rId_hyperlink_360" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BV22" r:id="rId_hyperlink_361" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BW22" r:id="rId_hyperlink_362" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BX22" r:id="rId_hyperlink_363" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BY22" r:id="rId_hyperlink_364" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BZ22" r:id="rId_hyperlink_365" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CA22" r:id="rId_hyperlink_366" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CB22" r:id="rId_hyperlink_367" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CC22" r:id="rId_hyperlink_368" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CD22" r:id="rId_hyperlink_369" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CE22" r:id="rId_hyperlink_370" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CF22" r:id="rId_hyperlink_371" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CG22" r:id="rId_hyperlink_372" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CH22" r:id="rId_hyperlink_373" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CI22" r:id="rId_hyperlink_374" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CJ22" r:id="rId_hyperlink_375" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CK22" r:id="rId_hyperlink_376" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CL22" r:id="rId_hyperlink_377" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CM22" r:id="rId_hyperlink_378" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CN22" r:id="rId_hyperlink_379" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CO22" r:id="rId_hyperlink_380" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CP22" r:id="rId_hyperlink_381" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CQ22" r:id="rId_hyperlink_382" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
+    <hyperlink ref="CR22" r:id="rId_hyperlink_383" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
+    <hyperlink ref="CS22" r:id="rId_hyperlink_384" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
+    <hyperlink ref="CT22" r:id="rId_hyperlink_385" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
+    <hyperlink ref="CU22" r:id="rId_hyperlink_386" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CV22" r:id="rId_hyperlink_387" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CW22" r:id="rId_hyperlink_388" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CX22" r:id="rId_hyperlink_389" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CY22" r:id="rId_hyperlink_390" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CZ22" r:id="rId_hyperlink_391" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DA22" r:id="rId_hyperlink_392" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DB22" r:id="rId_hyperlink_393" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DC22" r:id="rId_hyperlink_394" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DD22" r:id="rId_hyperlink_395" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DE22" r:id="rId_hyperlink_396" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DF22" r:id="rId_hyperlink_397" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DG22" r:id="rId_hyperlink_398" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DH22" r:id="rId_hyperlink_399" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DI22" r:id="rId_hyperlink_400" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DJ22" r:id="rId_hyperlink_401" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DK22" r:id="rId_hyperlink_402" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DL22" r:id="rId_hyperlink_403" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DM22" r:id="rId_hyperlink_404" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DN22" r:id="rId_hyperlink_405" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DO22" r:id="rId_hyperlink_406" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DP22" r:id="rId_hyperlink_407" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DQ22" r:id="rId_hyperlink_408" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DR22" r:id="rId_hyperlink_409" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DS22" r:id="rId_hyperlink_410" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DT22" r:id="rId_hyperlink_411" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DU22" r:id="rId_hyperlink_412" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DV22" r:id="rId_hyperlink_413" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DW22" r:id="rId_hyperlink_414" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DX22" r:id="rId_hyperlink_415" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DY22" r:id="rId_hyperlink_416" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DZ22" r:id="rId_hyperlink_417" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="EA22" r:id="rId_hyperlink_418" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B24" r:id="rId_hyperlink_419" tooltip="Here" display="Here"/>
+    <hyperlink ref="C24" r:id="rId_hyperlink_420" tooltip="Here" display="Here"/>
+    <hyperlink ref="D24" r:id="rId_hyperlink_421" tooltip="Here" display="Here"/>
+    <hyperlink ref="E24" r:id="rId_hyperlink_422" tooltip="Here" display="Here"/>
+    <hyperlink ref="F24" r:id="rId_hyperlink_423" tooltip="Here" display="Here"/>
+    <hyperlink ref="G24" r:id="rId_hyperlink_424" tooltip="Here" display="Here"/>
+    <hyperlink ref="H24" r:id="rId_hyperlink_425" tooltip="Here" display="Here"/>
+    <hyperlink ref="I24" r:id="rId_hyperlink_426" tooltip="Here" display="Here"/>
+    <hyperlink ref="J24" r:id="rId_hyperlink_427" tooltip="Here" display="Here"/>
+    <hyperlink ref="K24" r:id="rId_hyperlink_428" tooltip="Here" display="Here"/>
+    <hyperlink ref="L24" r:id="rId_hyperlink_429" tooltip="Here" display="Here"/>
+    <hyperlink ref="M24" r:id="rId_hyperlink_430" tooltip="Here" display="Here"/>
+    <hyperlink ref="N24" r:id="rId_hyperlink_431" tooltip="Here" display="Here"/>
+    <hyperlink ref="O24" r:id="rId_hyperlink_432" tooltip="Here" display="Here"/>
+    <hyperlink ref="P24" r:id="rId_hyperlink_433" tooltip="Here" display="Here"/>
+    <hyperlink ref="Q24" r:id="rId_hyperlink_434" tooltip="Here" display="Here"/>
+    <hyperlink ref="R24" r:id="rId_hyperlink_435" tooltip="Here" display="Here"/>
+    <hyperlink ref="S24" r:id="rId_hyperlink_436" tooltip="Here" display="Here"/>
+    <hyperlink ref="T24" r:id="rId_hyperlink_437" tooltip="Here" display="Here"/>
+    <hyperlink ref="U24" r:id="rId_hyperlink_438" tooltip="Here" display="Here"/>
+    <hyperlink ref="V24" r:id="rId_hyperlink_439" tooltip="Here" display="Here"/>
+    <hyperlink ref="W24" r:id="rId_hyperlink_440" tooltip="Here" display="Here"/>
+    <hyperlink ref="X24" r:id="rId_hyperlink_441" tooltip="Here" display="Here"/>
+    <hyperlink ref="Y24" r:id="rId_hyperlink_442" tooltip="Here" display="Here"/>
+    <hyperlink ref="Z24" r:id="rId_hyperlink_443" tooltip="Here" display="Here"/>
+    <hyperlink ref="AA24" r:id="rId_hyperlink_444" tooltip="Here" display="Here"/>
+    <hyperlink ref="AB24" r:id="rId_hyperlink_445" tooltip="Here" display="Here"/>
+    <hyperlink ref="AC24" r:id="rId_hyperlink_446" tooltip="Here" display="Here"/>
+    <hyperlink ref="AD24" r:id="rId_hyperlink_447" tooltip="Here" display="Here"/>
+    <hyperlink ref="AE24" r:id="rId_hyperlink_448" tooltip="Here" display="Here"/>
+    <hyperlink ref="AF24" r:id="rId_hyperlink_449" tooltip="Here" display="Here"/>
+    <hyperlink ref="AG24" r:id="rId_hyperlink_450" tooltip="Here" display="Here"/>
+    <hyperlink ref="AH24" r:id="rId_hyperlink_451" tooltip="Here" display="Here"/>
+    <hyperlink ref="AI24" r:id="rId_hyperlink_452" tooltip="Here" display="Here"/>
+    <hyperlink ref="AJ24" r:id="rId_hyperlink_453" tooltip="Here" display="Here"/>
+    <hyperlink ref="AK24" r:id="rId_hyperlink_454" tooltip="Here" display="Here"/>
+    <hyperlink ref="AL24" r:id="rId_hyperlink_455" tooltip="Here" display="Here"/>
+    <hyperlink ref="AM24" r:id="rId_hyperlink_456" tooltip="Here" display="Here"/>
+    <hyperlink ref="AN24" r:id="rId_hyperlink_457" tooltip="Here" display="Here"/>
+    <hyperlink ref="AO24" r:id="rId_hyperlink_458" tooltip="Here" display="Here"/>
+    <hyperlink ref="AP24" r:id="rId_hyperlink_459" tooltip="Here" display="Here"/>
+    <hyperlink ref="AQ24" r:id="rId_hyperlink_460" tooltip="Here" display="Here"/>
+    <hyperlink ref="AR24" r:id="rId_hyperlink_461" tooltip="Here" display="Here"/>
+    <hyperlink ref="AS24" r:id="rId_hyperlink_462" tooltip="Here" display="Here"/>
+    <hyperlink ref="AT24" r:id="rId_hyperlink_463" tooltip="Here" display="Here"/>
+    <hyperlink ref="AU24" r:id="rId_hyperlink_464" tooltip="Here" display="Here"/>
+    <hyperlink ref="AV24" r:id="rId_hyperlink_465" tooltip="Here" display="Here"/>
+    <hyperlink ref="AW24" r:id="rId_hyperlink_466" tooltip="Here" display="Here"/>
+    <hyperlink ref="AX24" r:id="rId_hyperlink_467" tooltip="Here" display="Here"/>
+    <hyperlink ref="AY24" r:id="rId_hyperlink_468" tooltip="Here" display="Here"/>
+    <hyperlink ref="AZ24" r:id="rId_hyperlink_469" tooltip="Here" display="Here"/>
+    <hyperlink ref="BA24" r:id="rId_hyperlink_470" tooltip="Here" display="Here"/>
+    <hyperlink ref="BB24" r:id="rId_hyperlink_471" tooltip="Here" display="Here"/>
+    <hyperlink ref="BC24" r:id="rId_hyperlink_472" tooltip="Here" display="Here"/>
+    <hyperlink ref="BD24" r:id="rId_hyperlink_473" tooltip="Here" display="Here"/>
+    <hyperlink ref="BE24" r:id="rId_hyperlink_474" tooltip="Here" display="Here"/>
+    <hyperlink ref="BF24" r:id="rId_hyperlink_475" tooltip="Here" display="Here"/>
+    <hyperlink ref="BG24" r:id="rId_hyperlink_476" tooltip="Here" display="Here"/>
+    <hyperlink ref="BH24" r:id="rId_hyperlink_477" tooltip="Here" display="Here"/>
+    <hyperlink ref="BI24" r:id="rId_hyperlink_478" tooltip="Here" display="Here"/>
+    <hyperlink ref="BJ24" r:id="rId_hyperlink_479" tooltip="Here" display="Here"/>
+    <hyperlink ref="BK24" r:id="rId_hyperlink_480" tooltip="Here" display="Here"/>
+    <hyperlink ref="BL24" r:id="rId_hyperlink_481" tooltip="Here" display="Here"/>
+    <hyperlink ref="BM24" r:id="rId_hyperlink_482" tooltip="Here" display="Here"/>
+    <hyperlink ref="BN24" r:id="rId_hyperlink_483" tooltip="Here" display="Here"/>
+    <hyperlink ref="BO24" r:id="rId_hyperlink_484" tooltip="Here" display="Here"/>
+    <hyperlink ref="BP24" r:id="rId_hyperlink_485" tooltip="Here" display="Here"/>
+    <hyperlink ref="BQ24" r:id="rId_hyperlink_486" tooltip="Here" display="Here"/>
+    <hyperlink ref="BR24" r:id="rId_hyperlink_487" tooltip="Here" display="Here"/>
+    <hyperlink ref="BS24" r:id="rId_hyperlink_488" tooltip="Here" display="Here"/>
+    <hyperlink ref="BT24" r:id="rId_hyperlink_489" tooltip="Here" display="Here"/>
+    <hyperlink ref="BU24" r:id="rId_hyperlink_490" tooltip="Here" display="Here"/>
+    <hyperlink ref="BV24" r:id="rId_hyperlink_491" tooltip="Here" display="Here"/>
+    <hyperlink ref="BW24" r:id="rId_hyperlink_492" tooltip="Here" display="Here"/>
+    <hyperlink ref="BX24" r:id="rId_hyperlink_493" tooltip="Here" display="Here"/>
+    <hyperlink ref="BY24" r:id="rId_hyperlink_494" tooltip="Here" display="Here"/>
+    <hyperlink ref="BZ24" r:id="rId_hyperlink_495" tooltip="Here" display="Here"/>
+    <hyperlink ref="CA24" r:id="rId_hyperlink_496" tooltip="Here" display="Here"/>
+    <hyperlink ref="CB24" r:id="rId_hyperlink_497" tooltip="Here" display="Here"/>
+    <hyperlink ref="CC24" r:id="rId_hyperlink_498" tooltip="Here" display="Here"/>
+    <hyperlink ref="CD24" r:id="rId_hyperlink_499" tooltip="Here" display="Here"/>
+    <hyperlink ref="CE24" r:id="rId_hyperlink_500" tooltip="Here" display="Here"/>
+    <hyperlink ref="CF24" r:id="rId_hyperlink_501" tooltip="Here" display="Here"/>
+    <hyperlink ref="CG24" r:id="rId_hyperlink_502" tooltip="Here" display="Here"/>
+    <hyperlink ref="CH24" r:id="rId_hyperlink_503" tooltip="Here" display="Here"/>
+    <hyperlink ref="CI24" r:id="rId_hyperlink_504" tooltip="Here" display="Here"/>
+    <hyperlink ref="CJ24" r:id="rId_hyperlink_505" tooltip="Here" display="Here"/>
+    <hyperlink ref="CK24" r:id="rId_hyperlink_506" tooltip="Here" display="Here"/>
+    <hyperlink ref="CL24" r:id="rId_hyperlink_507" tooltip="Here" display="Here"/>
+    <hyperlink ref="CM24" r:id="rId_hyperlink_508" tooltip="Here" display="Here"/>
+    <hyperlink ref="CN24" r:id="rId_hyperlink_509" tooltip="Here" display="Here"/>
+    <hyperlink ref="CO24" r:id="rId_hyperlink_510" tooltip="Here" display="Here"/>
+    <hyperlink ref="CP24" r:id="rId_hyperlink_511" tooltip="Here" display="Here"/>
+    <hyperlink ref="CQ24" r:id="rId_hyperlink_512" tooltip="Here" display="Here"/>
+    <hyperlink ref="CR24" r:id="rId_hyperlink_513" tooltip="Here" display="Here"/>
+    <hyperlink ref="CS24" r:id="rId_hyperlink_514" tooltip="Here" display="Here"/>
+    <hyperlink ref="CT24" r:id="rId_hyperlink_515" tooltip="Here" display="Here"/>
+    <hyperlink ref="CU24" r:id="rId_hyperlink_516" tooltip="Here" display="Here"/>
+    <hyperlink ref="CV24" r:id="rId_hyperlink_517" tooltip="Here" display="Here"/>
+    <hyperlink ref="CW24" r:id="rId_hyperlink_518" tooltip="Here" display="Here"/>
+    <hyperlink ref="CX24" r:id="rId_hyperlink_519" tooltip="Here" display="Here"/>
+    <hyperlink ref="CY24" r:id="rId_hyperlink_520" tooltip="Here" display="Here"/>
+    <hyperlink ref="CZ24" r:id="rId_hyperlink_521" tooltip="Here" display="Here"/>
+    <hyperlink ref="DA24" r:id="rId_hyperlink_522" tooltip="Here" display="Here"/>
+    <hyperlink ref="DB24" r:id="rId_hyperlink_523" tooltip="Here" display="Here"/>
+    <hyperlink ref="DC24" r:id="rId_hyperlink_524" tooltip="Here" display="Here"/>
+    <hyperlink ref="DD24" r:id="rId_hyperlink_525" tooltip="Here" display="Here"/>
+    <hyperlink ref="DE24" r:id="rId_hyperlink_526" tooltip="Here" display="Here"/>
+    <hyperlink ref="DF24" r:id="rId_hyperlink_527" tooltip="Here" display="Here"/>
+    <hyperlink ref="DG24" r:id="rId_hyperlink_528" tooltip="Here" display="Here"/>
+    <hyperlink ref="DH24" r:id="rId_hyperlink_529" tooltip="Here" display="Here"/>
+    <hyperlink ref="DI24" r:id="rId_hyperlink_530" tooltip="Here" display="Here"/>
+    <hyperlink ref="DJ24" r:id="rId_hyperlink_531" tooltip="Here" display="Here"/>
+    <hyperlink ref="DK24" r:id="rId_hyperlink_532" tooltip="Here" display="Here"/>
+    <hyperlink ref="DL24" r:id="rId_hyperlink_533" tooltip="Here" display="Here"/>
+    <hyperlink ref="DM24" r:id="rId_hyperlink_534" tooltip="Here" display="Here"/>
+    <hyperlink ref="DN24" r:id="rId_hyperlink_535" tooltip="Here" display="Here"/>
+    <hyperlink ref="DO24" r:id="rId_hyperlink_536" tooltip="Here" display="Here"/>
+    <hyperlink ref="DP24" r:id="rId_hyperlink_537" tooltip="Here" display="Here"/>
+    <hyperlink ref="DQ24" r:id="rId_hyperlink_538" tooltip="Here" display="Here"/>
+    <hyperlink ref="DR24" r:id="rId_hyperlink_539" tooltip="Here" display="Here"/>
+    <hyperlink ref="DS24" r:id="rId_hyperlink_540" tooltip="Here" display="Here"/>
+    <hyperlink ref="DT24" r:id="rId_hyperlink_541" tooltip="Here" display="Here"/>
+    <hyperlink ref="DU24" r:id="rId_hyperlink_542" tooltip="Here" display="Here"/>
+    <hyperlink ref="DV24" r:id="rId_hyperlink_543" tooltip="Here" display="Here"/>
+    <hyperlink ref="DW24" r:id="rId_hyperlink_544" tooltip="Here" display="Here"/>
+    <hyperlink ref="DX24" r:id="rId_hyperlink_545" tooltip="Here" display="Here"/>
+    <hyperlink ref="DY24" r:id="rId_hyperlink_546" tooltip="Here" display="Here"/>
+    <hyperlink ref="DZ24" r:id="rId_hyperlink_547" tooltip="Here" display="Here"/>
+    <hyperlink ref="EA24" r:id="rId_hyperlink_548" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>