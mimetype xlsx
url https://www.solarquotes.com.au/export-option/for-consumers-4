--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="888">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="887">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Sungrow SBR HV 16 kWh</t>
   </si>
   <si>
     <t>Sungrow SBR HV 19.2 kWh</t>
   </si>
   <si>
     <t>Sungrow SBR HV 22.4 kWh</t>
   </si>
   <si>
     <t>Sungrow SBR HV 25.6 kWh</t>
   </si>
   <si>
     <t>Sungrow SBR HV 12.8 kWh</t>
   </si>
   <si>
     <t>Sungrow SBH200</t>
   </si>
   <si>
@@ -699,53 +699,50 @@
     <t>$9,500</t>
   </si>
   <si>
     <t>$18,700</t>
   </si>
   <si>
     <t>$28,200</t>
   </si>
   <si>
     <t>$37,500</t>
   </si>
   <si>
     <t>In Depth Analysis</t>
   </si>
   <si>
     <t>Not yet.</t>
   </si>
   <si>
     <t>Not yet</t>
   </si>
   <si>
     <t>Battery Type</t>
   </si>
   <si>
     <t>Lithium-ion (Lithium Iron Phosphate)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Lithium-ion (LiFEPO4)</t>
   </si>
   <si>
     <t>All-In-One Unit?</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t xml:space="preserve">No </t>
   </si>
   <si>
     <t>Kind of. Includes AC battery inverter but requires solar inverter.</t>
   </si>
   <si>
     <t>Nominal Storage</t>
   </si>
   <si>
     <t>16 kWh</t>
   </si>
   <si>
     <t>19.2 kWh</t>
   </si>
@@ -10860,51 +10857,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-home-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-3-Datasheet-AU-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/IQ-Battery-5P-DS-EN-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-home-battery-10K1PS0B-x2-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-lynx-home-f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-Warranty-AU-NZ-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/2024-06-25-Enphase-Energy-Limited-Warranty-IQ-Battery-5P-and-SC-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-energy-bank-battery-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/enphase-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sungrow-battery-home-installation/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sigenergy-review-features/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-home-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/solaredge-three-phase-mb3327/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/huawei-luna2000-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/bluetti-home-battery-mb2923/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/heard-the-whispr/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/blog/sonnen-evo-battery-review/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#nmc" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/glossary.html#lifepo" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/sigenergy-singlephase-larger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Single-Phase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/Datasheet-Sigen-Energy-Storage-System_Three-Phase-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/EN-EQ4800-DatasheetAU-V1.3-20251021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Datasheet_AU_SMILE-M5-S_V02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Datasheet_AU_SMILE-G3_V01.310320232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-3-Datasheet-AU-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/06/BYD-HVSHVM-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/201013_Premium_Datasheet_LVS-V2.1-EN-5fa4baa72098c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/IQ-Battery-5P-DS-EN-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-home-battery-10K1PS0B-x2-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-datasheet-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Neovolt-EMMABW-ESS-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_HV_Battery-S0_Datasheet_AU_202510.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-lynx-home-f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/goodwe-battery-hv.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/GW_ESA-3-10kW_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME-HM56_Datasheet_v4.2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/Anker-SOLIX-X1_AC_Flyer_AU_2507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-battery.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-reserva-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/EN-AU-250424-Force-H3X-Hybrid-ESS-Spec-Pylontech_20251024175626A958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Sofar-PowerAll-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-tsys-hs51-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solax-x1-ies-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/solax-x3-ies-p-datasheet-en-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Data-Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/System-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/sigenergy-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/AU-BATTERY-WARRANTY-V2.6-20251126-.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/alphaess-Warranty-Terms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Warranty-document-Document-document-WarrantyTerms.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/Powerwall-Warranty-AU-NZ-EN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/11/byd-bbox-warranty-nov24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/Warranty-TCS-BYD-Battery-Box-Premium-LVS-Residential-Australia-EN-V1.1-656e93d6617fb.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/07/2024-06-25-Enphase-Energy-Limited-Warranty-IQ-Battery-5P-and-SC-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/02/se-energy-bank-battery-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/se-home-battery-three-phase-eng-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/BW-GF-TS-001BytewattWarrantydoucumentForAustraliaNewZealand_A4-English2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/APX_5.0_30.0P_S0_Battery_Warranty_10years.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/GOODWE-Limited-Warranty-for-Lynx-LX-F-G2-Series-Battery-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2026/01/GW_BAT-5-8_Warranty-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/ESYSUNHOME_Warranty-Terms-and-Conditions_AU_v4.3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/10/anker-solix-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/istore-pv-products-warranty-oct24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/11/fronius-battery-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/11/Pylontech-product-warranty-Force-H-serie-V1.2-AU24WFHS100527_20241101092413A172.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/05/Sofar-Battery-Products-Limited-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/2025-au-warranty-terms-conditions.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/05/EP760-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/07/FranklinWH-AU-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fox-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/alpha-ess-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/tesla-powerwall-3-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/byd-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/enphase-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bytewatt-neovolt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/growatt-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/esy-sunhome-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/anker-solix-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/pylontech-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sofar-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/solax-power-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/bluetti-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/franklinwh-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/powerplus-energy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/sonnen-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/battery-storage/reviews/lavo-review.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:ZZ24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="10" max="10" width="39" customWidth="true" style="1"/>
@@ -13293,60 +13290,60 @@
       <c r="AX7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AY7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="AZ7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BA7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BB7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BC7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
         <v>NMC</v>
       </c>
       <c r="BD7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BE7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BF7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BG7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BH7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BI7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BJ7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BK7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="BL7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
@@ -13497,5287 +13494,5288 @@
       <c r="CW7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CX7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CY7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="CZ7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DA7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DB7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DC7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DD7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DE7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DF7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DG7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DH7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DI7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DJ7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DK7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DL7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DM7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DN7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DO7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DP7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-        <v>NMC</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DQ7" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#nmc","NMC")</f>
-[...3 lines deleted...]
-        <v>228</v>
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
+      </c>
+      <c r="DR7" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
+        <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DS7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DT7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DU7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DV7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DW7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DX7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DY7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="DZ7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
       <c r="EA7" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/glossary.html#lifepo","Lithium Iron Phosphate")</f>
         <v>Lithium Iron Phosphate</v>
       </c>
     </row>
     <row r="8" spans="1:702">
       <c r="A8" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="L8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="M8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="N8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="O8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="F8" s="1" t="s">
+      <c r="P8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="G8" s="1" t="s">
+      <c r="Q8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="H8" s="1" t="s">
+      <c r="R8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="I8" s="1" t="s">
+      <c r="S8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="J8" s="1" t="s">
+      <c r="T8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="K8" s="1" t="s">
+      <c r="U8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="L8" s="1" t="s">
+      <c r="V8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="W8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="X8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="Y8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="Z8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AA8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AB8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AC8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AD8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AE8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AF8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AG8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AH8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AI8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AJ8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AK8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AL8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AM8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AN8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AO8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AP8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AQ8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AR8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AS8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AT8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AU8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AV8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AW8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AX8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AY8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AZ8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BA8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BB8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BC8" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="M8" s="1" t="s">
+      <c r="BD8" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="N8" s="1" t="s">
+      <c r="BE8" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="O8" s="1" t="s">
+      <c r="BF8" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="P8" s="1" t="s">
-[...29 lines deleted...]
-      <c r="Z8" s="1" t="s">
+      <c r="BG8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AA8" s="1" t="s">
+      <c r="BH8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AB8" s="1" t="s">
+      <c r="BI8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AC8" s="1" t="s">
+      <c r="BJ8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AD8" s="1" t="s">
+      <c r="BK8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AE8" s="1" t="s">
+      <c r="BL8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BM8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BN8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BO8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BP8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BQ8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AF8" s="1" t="s">
+      <c r="BR8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AG8" s="1" t="s">
-[...26 lines deleted...]
-      <c r="AP8" s="1" t="s">
+      <c r="BS8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AQ8" s="1" t="s">
+      <c r="BT8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AR8" s="1" t="s">
+      <c r="BU8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AS8" s="1" t="s">
+      <c r="BV8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BW8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BX8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BY8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BZ8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CA8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CB8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CC8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AT8" s="1" t="s">
+      <c r="CD8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AU8" s="1" t="s">
+      <c r="CE8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AV8" s="1" t="s">
+      <c r="CF8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AW8" s="1" t="s">
+      <c r="CG8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AX8" s="1" t="s">
+      <c r="CH8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AY8" s="1" t="s">
+      <c r="CI8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AZ8" s="1" t="s">
+      <c r="CJ8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="BA8" s="1" t="s">
+      <c r="CK8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="BB8" s="1" t="s">
+      <c r="CL8" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="BC8" s="1" t="s">
+      <c r="CM8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CN8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CO8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CP8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CQ8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CR8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CS8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CT8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CU8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CV8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CW8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CX8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CY8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CZ8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DA8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DB8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DC8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DD8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DE8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DF8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DG8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DH8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DI8" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DJ8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DK8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DL8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DM8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DN8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DO8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DP8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DQ8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DR8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DS8" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="BD8" s="1" t="s">
+      <c r="DT8" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="BE8" s="1" t="s">
+      <c r="DU8" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="BF8" s="1" t="s">
+      <c r="DV8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DW8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DX8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DY8" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DZ8" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="BG8" s="1" t="s">
-[...14 lines deleted...]
-      <c r="BL8" s="1" t="s">
+      <c r="EA8" s="1" t="s">
         <v>230</v>
-      </c>
-[...199 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="9" spans="1:702">
       <c r="A9" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="E9" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="F9" s="1" t="s">
+      <c r="G9" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="G9" s="1" t="s">
+      <c r="H9" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="H9" s="1" t="s">
+      <c r="I9" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="I9" s="1" t="s">
+      <c r="J9" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="J9" s="1" t="s">
+      <c r="K9" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="K9" s="1" t="s">
+      <c r="L9" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="L9" s="1" t="s">
+      <c r="M9" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="M9" s="1" t="s">
+      <c r="N9" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="N9" s="1" t="s">
+      <c r="O9" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="O9" s="1" t="s">
+      <c r="P9" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="P9" s="1" t="s">
+      <c r="Q9" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="Q9" s="1" t="s">
+      <c r="R9" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="R9" s="1" t="s">
+      <c r="S9" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="T9" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="U9" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="V9" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="W9" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="X9" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="Y9" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="Z9" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="S9" s="1" t="s">
-[...20 lines deleted...]
-      <c r="Z9" s="1" t="s">
+      <c r="AA9" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="AA9" s="1" t="s">
+      <c r="AB9" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="AB9" s="1" t="s">
+      <c r="AC9" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="AC9" s="1" t="s">
+      <c r="AD9" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="AD9" s="1" t="s">
+      <c r="AE9" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="AE9" s="1" t="s">
+      <c r="AF9" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="AF9" s="1" t="s">
+      <c r="AG9" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="AG9" s="1" t="s">
+      <c r="AH9" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="AH9" s="1" t="s">
+      <c r="AI9" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="AJ9" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="AK9" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="AL9" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="AI9" s="1" t="s">
+      <c r="AM9" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="AN9" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="AO9" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="AP9" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="AQ9" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="AR9" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="AS9" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="AT9" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="AU9" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="AV9" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="AW9" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="AX9" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="AY9" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="AZ9" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="BA9" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="BB9" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="BC9" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="BD9" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="BE9" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="BF9" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="BG9" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="BH9" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="BI9" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="BJ9" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="BK9" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="BL9" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="BM9" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="BN9" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="BO9" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="BP9" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="BQ9" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="BR9" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="BS9" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="BT9" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="BU9" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="BV9" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="BW9" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="BX9" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="BY9" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="BZ9" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="CA9" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="CB9" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="CC9" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="CD9" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="CE9" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="CF9" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="CG9" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="CH9" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="CI9" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="CJ9" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="CK9" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="AJ9" s="1" t="s">
+      <c r="CL9" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="AK9" s="1" t="s">
-[...32 lines deleted...]
-      <c r="AV9" s="1" t="s">
+      <c r="CM9" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="CN9" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="CO9" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="CP9" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="CQ9" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="CR9" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="CS9" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="CT9" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="CU9" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="AW9" s="1" t="s">
-[...17 lines deleted...]
-      <c r="BC9" s="1" t="s">
+      <c r="CV9" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="CW9" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="CX9" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="CY9" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="CZ9" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="DA9" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="DB9" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="DC9" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="DD9" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="DE9" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="DF9" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="DG9" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="DH9" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="DI9" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="DJ9" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="DK9" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="DL9" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="DM9" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="DN9" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="DO9" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="DP9" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="DQ9" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="DR9" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="DS9" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="BD9" s="1" t="s">
-[...98 lines deleted...]
-      <c r="CK9" s="1" t="s">
+      <c r="DT9" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="CL9" s="1" t="s">
-[...47 lines deleted...]
-      <c r="DB9" s="1" t="s">
+      <c r="DU9" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="DV9" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="DW9" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="DX9" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="DY9" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="DZ9" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="EA9" s="1" t="s">
         <v>302</v>
-      </c>
-[...73 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="10" spans="1:702">
       <c r="A10" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="L10" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="M10" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="N10" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="O10" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="P10" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q10" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="R10" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="S10" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="T10" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="U10" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="V10" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="W10" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="X10" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y10" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="Z10" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="AA10" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="AB10" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="AC10" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="AD10" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="AE10" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="AF10" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="AG10" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="AH10" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="AI10" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="AJ10" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="AK10" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="AL10" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="AM10" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="AN10" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="AO10" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="AP10" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="AQ10" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="AR10" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="AS10" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="AT10" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="AU10" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="AV10" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="AW10" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="AX10" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="AY10" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="AZ10" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="BA10" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="BB10" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="BC10" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="BD10" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="BE10" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="BF10" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="BG10" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="BH10" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="BI10" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="BJ10" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="BK10" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="BL10" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="BM10" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="BN10" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="BO10" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="BP10" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="BQ10" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="BR10" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="BS10" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="BT10" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="BU10" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="BV10" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="BW10" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="BX10" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="BY10" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="BZ10" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="D10" s="1" t="s">
+      <c r="CA10" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="E10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="1" t="s">
+      <c r="CB10" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="CC10" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="CD10" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="CE10" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="CF10" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="CG10" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="CH10" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="CI10" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="CJ10" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="G10" s="1" t="s">
+      <c r="CK10" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="H10" s="1" t="s">
+      <c r="CL10" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="I10" s="1" t="s">
-[...68 lines deleted...]
-      <c r="AF10" s="1" t="s">
+      <c r="CM10" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="AG10" s="1" t="s">
+      <c r="CN10" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="CO10" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="AH10" s="1" t="s">
-[...5 lines deleted...]
-      <c r="AJ10" s="1" t="s">
+      <c r="CP10" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="AK10" s="1" t="s">
-[...47 lines deleted...]
-      <c r="BA10" s="1" t="s">
+      <c r="CQ10" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="CR10" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="CS10" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="CT10" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="CU10" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="CV10" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="CW10" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="CX10" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="CY10" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="CZ10" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="DA10" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="DB10" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="DC10" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="DD10" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="DE10" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="DF10" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="DG10" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="DH10" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="DI10" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="DJ10" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="DK10" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="DL10" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="DM10" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="DN10" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="DO10" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="DP10" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="DQ10" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="DR10" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="DS10" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="DT10" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="DU10" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="DV10" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="DW10" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="DX10" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="DY10" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="DZ10" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="EA10" s="1" t="s">
         <v>327</v>
-      </c>
-[...232 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="11" spans="1:702">
       <c r="A11" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="K11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="L11" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="M11" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="N11" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="O11" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="F11" s="1" t="s">
+      <c r="P11" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="Q11" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="H11" s="1" t="s">
+      <c r="R11" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="I11" s="1" t="s">
+      <c r="S11" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="J11" s="1" t="s">
+      <c r="T11" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="K11" s="1" t="s">
+      <c r="U11" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="L11" s="1" t="s">
+      <c r="V11" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="W11" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="X11" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="Y11" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="Z11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="AA11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="AB11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="AC11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="AD11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="AE11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="AF11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="AG11" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="M11" s="1" t="s">
+      <c r="AH11" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="N11" s="1" t="s">
+      <c r="AI11" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="O11" s="1" t="s">
+      <c r="AJ11" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="P11" s="1" t="s">
+      <c r="AK11" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="Q11" s="1" t="s">
-[...47 lines deleted...]
-      <c r="AG11" s="1" t="s">
+      <c r="AL11" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="AH11" s="1" t="s">
+      <c r="AM11" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="AI11" s="1" t="s">
+      <c r="AN11" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="AJ11" s="1" t="s">
-[...5 lines deleted...]
-      <c r="AL11" s="1" t="s">
+      <c r="AO11" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="AM11" s="1" t="s">
-[...5 lines deleted...]
-      <c r="AO11" s="1" t="s">
+      <c r="AP11" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="AP11" s="1" t="s">
+      <c r="AQ11" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="AR11" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="AS11" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="AT11" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="AU11" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="AV11" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="AW11" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="AQ11" s="1" t="s">
+      <c r="AX11" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="AR11" s="1" t="s">
+      <c r="AY11" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="AS11" s="1" t="s">
-[...11 lines deleted...]
-      <c r="AW11" s="1" t="s">
+      <c r="AZ11" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="AX11" s="1" t="s">
+      <c r="BA11" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="AY11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AZ11" s="1" t="s">
+      <c r="BB11" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="BA11" s="1" t="s">
+      <c r="BC11" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="BD11" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="BE11" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="BF11" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="BG11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="BH11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="BI11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="BJ11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="BK11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="BL11" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="BB11" s="1" t="s">
-[...5 lines deleted...]
-      <c r="BD11" s="1" t="s">
+      <c r="BM11" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="BN11" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="BO11" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="BP11" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="BQ11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="BR11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="BS11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="BT11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="BU11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="BV11" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="BE11" s="1" t="s">
+      <c r="BW11" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="BF11" s="1" t="s">
+      <c r="BX11" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="BG11" s="1" t="s">
-[...44 lines deleted...]
-      <c r="BV11" s="1" t="s">
+      <c r="BY11" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="BZ11" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="CA11" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="CB11" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="CC11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="CD11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="CE11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="CF11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="CG11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="CH11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="CI11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="CJ11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="CK11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="CL11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="CM11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="CN11" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="BW11" s="1" t="s">
+      <c r="CO11" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="BX11" s="1" t="s">
+      <c r="CP11" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="BY11" s="1" t="s">
-[...44 lines deleted...]
-      <c r="CN11" s="1" t="s">
+      <c r="CQ11" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="CO11" s="1" t="s">
+      <c r="CR11" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="CP11" s="1" t="s">
+      <c r="CS11" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="CQ11" s="1" t="s">
+      <c r="CT11" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="CU11" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="CV11" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="CW11" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="CX11" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="CR11" s="1" t="s">
+      <c r="CY11" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="CS11" s="1" t="s">
+      <c r="CZ11" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="CT11" s="1" t="s">
+      <c r="DA11" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="CU11" s="1" t="s">
-[...8 lines deleted...]
-      <c r="CX11" s="1" t="s">
+      <c r="DB11" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="DC11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DD11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DE11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DF11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DG11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DH11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DI11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DJ11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DK11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DL11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DM11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DN11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DO11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DP11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DQ11" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="DR11" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="DS11" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="CY11" s="1" t="s">
+      <c r="DT11" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="CZ11" s="1" t="s">
+      <c r="DU11" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="DA11" s="1" t="s">
-[...53 lines deleted...]
-      <c r="DS11" s="1" t="s">
+      <c r="DV11" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="DT11" s="1" t="s">
+      <c r="DW11" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="DU11" s="1" t="s">
+      <c r="DX11" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="DV11" s="1" t="s">
+      <c r="DY11" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="DZ11" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="DW11" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="EA11" s="1" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
     </row>
     <row r="12" spans="1:702">
       <c r="A12" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F12" s="1" t="s">
+      <c r="G12" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="G12" s="1" t="s">
+      <c r="H12" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="H12" s="1" t="s">
+      <c r="I12" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="J12" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="K12" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="L12" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="I12" s="1" t="s">
+      <c r="M12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="N12" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="O12" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="P12" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="Q12" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="J12" s="1" t="s">
+      <c r="R12" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="K12" s="1" t="s">
+      <c r="S12" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="T12" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="U12" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="V12" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="L12" s="1" t="s">
+      <c r="W12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="X12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="Y12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="Z12" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="AA12" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="AB12" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="AC12" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="AD12" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="AE12" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="AF12" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="AG12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="AH12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="AI12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="AJ12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="AK12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="AL12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="AM12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="AN12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="AO12" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="AP12" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="AQ12" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="AR12" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="AS12" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="AT12" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="AU12" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="AV12" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="AW12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="AX12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="AY12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="AZ12" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="BA12" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="BB12" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="BC12" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="BD12" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="BE12" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="BF12" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="BG12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="BH12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="BI12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="BJ12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="BK12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="BL12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="BM12" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="BN12" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="BO12" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="BP12" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="BQ12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="BR12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="BS12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="BT12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="BU12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="BV12" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="BW12" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="BX12" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="BY12" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="BZ12" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="CA12" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="CB12" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="CC12" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="CD12" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="M12" s="1" t="s">
-[...11 lines deleted...]
-      <c r="Q12" s="1" t="s">
+      <c r="CE12" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="R12" s="1" t="s">
+      <c r="CF12" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="S12" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V12" s="1" t="s">
+      <c r="CG12" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="W12" s="1" t="s">
+      <c r="CH12" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="X12" s="1" t="s">
-[...50 lines deleted...]
-      <c r="AO12" s="1" t="s">
+      <c r="CI12" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="CJ12" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="CK12" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="CL12" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="CM12" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="CN12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="CO12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="CP12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="CQ12" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="CR12" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="CS12" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="CT12" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="CU12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="CV12" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="CW12" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="CX12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="CY12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="CZ12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="DA12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="DB12" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="DC12" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="DD12" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="DE12" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="DF12" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="DG12" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="DH12" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="DI12" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="DJ12" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="DK12" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="DL12" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="DM12" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="DN12" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="DO12" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="DP12" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="DQ12" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="DR12" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="AP12" s="1" t="s">
-[...224 lines deleted...]
-      <c r="DM12" s="1" t="s">
+      <c r="DS12" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="DN12" s="1" t="s">
+      <c r="DT12" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="DO12" s="1" t="s">
+      <c r="DU12" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="DP12" s="1" t="s">
-[...8 lines deleted...]
-      <c r="DS12" s="1" t="s">
+      <c r="DV12" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="DT12" s="1" t="s">
+      <c r="DW12" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="DU12" s="1" t="s">
+      <c r="DX12" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="DV12" s="1" t="s">
+      <c r="DY12" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="DZ12" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="DW12" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="EA12" s="1" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
     </row>
     <row r="13" spans="1:702">
       <c r="A13" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="E13" s="1" t="s">
+      <c r="F13" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="F13" s="1" t="s">
+      <c r="G13" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="G13" s="1" t="s">
+      <c r="H13" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="H13" s="1" t="s">
+      <c r="I13" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="I13" s="1" t="s">
+      <c r="J13" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="J13" s="1" t="s">
+      <c r="K13" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="K13" s="1" t="s">
+      <c r="L13" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="L13" s="1" t="s">
+      <c r="M13" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="M13" s="1" t="s">
+      <c r="N13" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="N13" s="1" t="s">
+      <c r="O13" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="O13" s="1" t="s">
+      <c r="P13" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="P13" s="1" t="s">
+      <c r="Q13" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="R13" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="Q13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="R13" s="1" t="s">
+      <c r="S13" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="T13" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="U13" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="V13" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="S13" s="1" t="s">
-[...8 lines deleted...]
-      <c r="V13" s="1" t="s">
+      <c r="W13" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="W13" s="1" t="s">
+      <c r="X13" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="X13" s="1" t="s">
+      <c r="Y13" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="Y13" s="1" t="s">
+      <c r="Z13" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="Z13" s="1" t="s">
+      <c r="AA13" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="AA13" s="1" t="s">
+      <c r="AB13" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="AB13" s="1" t="s">
+      <c r="AC13" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="AC13" s="1" t="s">
+      <c r="AD13" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="AD13" s="1" t="s">
+      <c r="AE13" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="AE13" s="1" t="s">
+      <c r="AF13" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="AF13" s="1" t="s">
+      <c r="AG13" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="AG13" s="1" t="s">
+      <c r="AH13" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="AI13" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="AH13" s="1" t="s">
+      <c r="AJ13" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="AK13" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="AL13" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="AM13" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="AN13" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="AO13" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="AP13" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="AQ13" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="AR13" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="AS13" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="AT13" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="AU13" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="AV13" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="AW13" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="AX13" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="AY13" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="AZ13" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="BA13" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="BB13" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="BC13" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="BD13" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="BE13" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="BF13" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="BG13" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="BH13" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="BI13" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="BJ13" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="BK13" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="BL13" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="BM13" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="BN13" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="BO13" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="BP13" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="BQ13" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="BR13" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="BS13" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="BT13" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="BU13" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="BV13" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="BW13" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="BX13" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="BY13" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="BZ13" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="CA13" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="CB13" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="CC13" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="CD13" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="CE13" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="CF13" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="CG13" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="CH13" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="CI13" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="CJ13" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="CK13" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="CL13" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="CM13" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="CN13" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="CO13" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="CP13" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="CQ13" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="AI13" s="1" t="s">
-[...83 lines deleted...]
-      <c r="BK13" s="1" t="s">
+      <c r="CR13" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="CS13" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="CT13" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="CU13" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="CV13" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="CW13" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="CX13" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="CY13" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="CZ13" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="DA13" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="DB13" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="DC13" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="DD13" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="DE13" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="DF13" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="DG13" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="DH13" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="DI13" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="DJ13" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="DK13" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="DL13" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="DM13" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="DN13" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="DO13" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="DP13" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="DQ13" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="DR13" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="DS13" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="DT13" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="DU13" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="DV13" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="DW13" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="DX13" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="DY13" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="DZ13" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="EA13" s="1" t="s">
         <v>482</v>
-      </c>
-[...202 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="14" spans="1:702">
       <c r="A14" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="F14" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="F14" s="1" t="s">
+      <c r="G14" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="G14" s="1" t="s">
+      <c r="H14" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="H14" s="1" t="s">
+      <c r="I14" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="I14" s="1" t="s">
+      <c r="J14" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="J14" s="1" t="s">
+      <c r="K14" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="K14" s="1" t="s">
+      <c r="L14" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="L14" s="1" t="s">
+      <c r="M14" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="M14" s="1" t="s">
+      <c r="N14" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="N14" s="1" t="s">
+      <c r="O14" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="O14" s="1" t="s">
+      <c r="P14" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="P14" s="1" t="s">
+      <c r="Q14" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="R14" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="Q14" s="1" t="s">
+      <c r="S14" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="T14" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="U14" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="V14" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="R14" s="1" t="s">
+      <c r="W14" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="X14" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="Y14" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="Z14" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="S14" s="1" t="s">
-[...20 lines deleted...]
-      <c r="Z14" s="1" t="s">
+      <c r="AA14" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="AA14" s="1" t="s">
+      <c r="AB14" s="1" t="s">
         <v>561</v>
       </c>
-      <c r="AB14" s="1" t="s">
+      <c r="AC14" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="AC14" s="1" t="s">
+      <c r="AD14" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="AD14" s="1" t="s">
+      <c r="AE14" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="AE14" s="1" t="s">
+      <c r="AF14" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="AF14" s="1" t="s">
+      <c r="AG14" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="AG14" s="1" t="s">
+      <c r="AH14" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="AH14" s="1" t="s">
+      <c r="AI14" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="AI14" s="1" t="s">
+      <c r="AJ14" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="AJ14" s="1" t="s">
+      <c r="AK14" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="AK14" s="1" t="s">
+      <c r="AL14" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="AL14" s="1" t="s">
+      <c r="AM14" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="AM14" s="1" t="s">
+      <c r="AN14" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="AN14" s="1" t="s">
+      <c r="AO14" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="AO14" s="1" t="s">
+      <c r="AP14" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="AP14" s="1" t="s">
+      <c r="AQ14" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="AQ14" s="1" t="s">
+      <c r="AR14" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="AR14" s="1" t="s">
+      <c r="AS14" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="AS14" s="1" t="s">
+      <c r="AT14" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="AT14" s="1" t="s">
+      <c r="AU14" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="AU14" s="1" t="s">
+      <c r="AV14" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="AV14" s="1" t="s">
+      <c r="AW14" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="AX14" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="AY14" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="AZ14" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="AW14" s="1" t="s">
-[...8 lines deleted...]
-      <c r="AZ14" s="1" t="s">
+      <c r="BA14" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="BA14" s="1" t="s">
+      <c r="BB14" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="BB14" s="1" t="s">
+      <c r="BC14" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="BC14" s="1" t="s">
+      <c r="BD14" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="BD14" s="1" t="s">
+      <c r="BE14" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="BE14" s="1" t="s">
+      <c r="BF14" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="BF14" s="1" t="s">
+      <c r="BG14" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="BG14" s="1" t="s">
+      <c r="BH14" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="BH14" s="1" t="s">
+      <c r="BI14" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="BI14" s="1" t="s">
+      <c r="BJ14" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="BJ14" s="1" t="s">
+      <c r="BK14" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="BK14" s="1" t="s">
+      <c r="BL14" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="BL14" s="1" t="s">
+      <c r="BM14" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="BM14" s="1" t="s">
+      <c r="BN14" s="1" t="s">
         <v>596</v>
       </c>
-      <c r="BN14" s="1" t="s">
+      <c r="BO14" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="BO14" s="1" t="s">
+      <c r="BP14" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="BQ14" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="BP14" s="1" t="s">
+      <c r="BR14" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="BS14" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="BT14" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="BU14" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="BV14" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="BW14" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="BX14" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="BY14" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="BZ14" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="CA14" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="CB14" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="CC14" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="BQ14" s="1" t="s">
-[...32 lines deleted...]
-      <c r="CB14" s="1" t="s">
+      <c r="CD14" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="CC14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="CD14" s="1" t="s">
+      <c r="CE14" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="CE14" s="1" t="s">
+      <c r="CF14" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="CF14" s="1" t="s">
+      <c r="CG14" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="CG14" s="1" t="s">
+      <c r="CH14" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="CH14" s="1" t="s">
+      <c r="CI14" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="CI14" s="1" t="s">
+      <c r="CJ14" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="CJ14" s="1" t="s">
+      <c r="CK14" s="1" t="s">
         <v>617</v>
       </c>
-      <c r="CK14" s="1" t="s">
+      <c r="CL14" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="CL14" s="1" t="s">
+      <c r="CM14" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="CM14" s="1" t="s">
+      <c r="CN14" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="CN14" s="1" t="s">
+      <c r="CO14" s="1" t="s">
         <v>621</v>
       </c>
-      <c r="CO14" s="1" t="s">
+      <c r="CP14" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="CP14" s="1" t="s">
+      <c r="CQ14" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="CQ14" s="1" t="s">
+      <c r="CR14" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="CR14" s="1" t="s">
+      <c r="CS14" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="CS14" s="1" t="s">
+      <c r="CT14" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="CT14" s="1" t="s">
+      <c r="CU14" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="CU14" s="1" t="s">
+      <c r="CV14" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="CV14" s="1" t="s">
+      <c r="CW14" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="CW14" s="1" t="s">
+      <c r="CX14" s="1" t="s">
         <v>630</v>
       </c>
-      <c r="CX14" s="1" t="s">
+      <c r="CY14" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="CY14" s="1" t="s">
+      <c r="CZ14" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="CZ14" s="1" t="s">
+      <c r="DA14" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="DA14" s="1" t="s">
+      <c r="DB14" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="DC14" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="DB14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="DC14" s="1" t="s">
+      <c r="DD14" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="DD14" s="1" t="s">
+      <c r="DE14" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="DE14" s="1" t="s">
+      <c r="DF14" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="DF14" s="1" t="s">
+      <c r="DG14" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="DG14" s="1" t="s">
+      <c r="DH14" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="DH14" s="1" t="s">
+      <c r="DI14" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="DI14" s="1" t="s">
+      <c r="DJ14" s="1" t="s">
         <v>641</v>
       </c>
-      <c r="DJ14" s="1" t="s">
+      <c r="DK14" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="DK14" s="1" t="s">
+      <c r="DL14" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="DL14" s="1" t="s">
+      <c r="DM14" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="DM14" s="1" t="s">
+      <c r="DN14" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="DN14" s="1" t="s">
+      <c r="DO14" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="DO14" s="1" t="s">
+      <c r="DP14" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="DP14" s="1" t="s">
+      <c r="DQ14" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="DQ14" s="1" t="s">
+      <c r="DR14" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="DR14" s="1" t="s">
+      <c r="DS14" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="DS14" s="1" t="s">
+      <c r="DT14" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="DT14" s="1" t="s">
+      <c r="DU14" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="DU14" s="1" t="s">
+      <c r="DV14" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="DV14" s="1" t="s">
+      <c r="DW14" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="DW14" s="1" t="s">
+      <c r="DX14" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="DX14" s="1" t="s">
+      <c r="DY14" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="DY14" s="1" t="s">
+      <c r="DZ14" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="DZ14" s="1" t="s">
+      <c r="EA14" s="1" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="15" spans="1:702">
       <c r="A15" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="J15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="K15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="L15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="M15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="N15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="O15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="P15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="Q15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="R15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="S15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="T15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="U15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="V15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="W15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="X15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="Y15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="Z15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AA15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AB15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AC15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AD15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AE15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AF15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AG15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AH15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AI15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AJ15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AK15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AL15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AM15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AN15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AO15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="AP15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AQ15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AR15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AS15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AT15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AU15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AV15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AW15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AX15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AY15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="AZ15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="BA15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="BB15" s="1" t="s">
         <v>660</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...116 lines deleted...]
-      <c r="AO15" s="1" t="s">
+      <c r="BC15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BD15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BE15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BF15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BG15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BH15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BI15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BJ15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BK15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BL15" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="AP15" s="1" t="s">
-[...35 lines deleted...]
-      <c r="BB15" s="1" t="s">
+      <c r="BM15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="BN15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="BO15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="BP15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="BQ15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="BR15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="BS15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="BT15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="BU15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="BV15" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="BW15" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="BX15" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="BY15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="BZ15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CA15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CB15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CC15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CD15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CE15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CF15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CG15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CH15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CI15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CJ15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CK15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CL15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CM15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CN15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CO15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CP15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CQ15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CR15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CS15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CT15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CU15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CV15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CW15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="CX15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CY15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="CZ15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DA15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DB15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DC15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DD15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DE15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DF15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DG15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DH15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DI15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DJ15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DK15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DL15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DM15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DN15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DO15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DP15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DQ15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="DR15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="DS15" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="BC15" s="1" t="s">
+      <c r="DT15" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="DU15" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="DV15" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="BD15" s="1" t="s">
+      <c r="DW15" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="BE15" s="1" t="s">
+      <c r="DX15" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="BF15" s="1" t="s">
+      <c r="DY15" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="BG15" s="1" t="s">
-[...211 lines deleted...]
-      </c>
       <c r="DZ15" s="1" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="EA15" s="1" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
     </row>
     <row r="16" spans="1:702">
       <c r="A16" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="J16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="K16" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="L16" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="M16" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="N16" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="O16" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="F16" s="1" t="s">
+      <c r="P16" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="G16" s="1" t="s">
+      <c r="Q16" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="H16" s="1" t="s">
+      <c r="R16" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="I16" s="1" t="s">
+      <c r="S16" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="J16" s="1" t="s">
+      <c r="T16" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="K16" s="1" t="s">
+      <c r="U16" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="L16" s="1" t="s">
+      <c r="V16" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="W16" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="X16" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="Y16" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="Z16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="M16" s="1" t="s">
+      <c r="AA16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="N16" s="1" t="s">
+      <c r="AB16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="O16" s="1" t="s">
+      <c r="AC16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="P16" s="1" t="s">
+      <c r="AD16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="Q16" s="1" t="s">
+      <c r="AE16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="R16" s="1" t="s">
+      <c r="AF16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="S16" s="1" t="s">
+      <c r="AG16" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="AH16" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="AI16" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="AJ16" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="AK16" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="AL16" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="AM16" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="AN16" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="AO16" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="AP16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="AQ16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="AR16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="AS16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="AT16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="AU16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="AV16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="AW16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="AX16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="AY16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="AZ16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="BA16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="BB16" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="BC16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="BD16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="BE16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="BF16" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="BG16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="T16" s="1" t="s">
+      <c r="BH16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="U16" s="1" t="s">
+      <c r="BI16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="V16" s="1" t="s">
+      <c r="BJ16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="W16" s="1" t="s">
+      <c r="BK16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="X16" s="1" t="s">
+      <c r="BL16" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="BM16" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="BN16" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="BO16" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="BP16" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="BQ16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="BR16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="BS16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="BT16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="BU16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="BV16" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="BW16" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="BX16" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="BY16" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="BZ16" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="CA16" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="CB16" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="CC16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="CD16" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="CE16" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="CF16" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="CG16" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="CH16" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="CI16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="CJ16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="CK16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="CL16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="CM16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="CN16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="CO16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="CP16" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="CQ16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="Y16" s="1" t="s">
+      <c r="CR16" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="Z16" s="1" t="s">
+      <c r="CS16" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="CT16" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="CU16" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="CV16" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="CW16" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="CX16" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="CY16" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="CZ16" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="DA16" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="DB16" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="DC16" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="DD16" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="DE16" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="DF16" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="DG16" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="DH16" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="DI16" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="DJ16" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="DK16" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="DL16" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="DM16" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="DN16" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="DO16" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="DP16" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="DQ16" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="DR16" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="AA16" s="1" t="s">
-[...164 lines deleted...]
-      <c r="CD16" s="1" t="s">
+      <c r="DS16" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="DT16" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="DU16" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="DV16" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="DW16" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="DX16" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="DY16" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="DZ16" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="EA16" s="1" t="s">
         <v>674</v>
-      </c>
-[...145 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="17" spans="1:702">
       <c r="A17" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="H17" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="I17" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="E17" s="1" t="s">
+      <c r="J17" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="F17" s="1" t="s">
+      <c r="K17" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="G17" s="1" t="s">
+      <c r="L17" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="H17" s="1" t="s">
+      <c r="M17" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="I17" s="1" t="s">
+      <c r="N17" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="J17" s="1" t="s">
+      <c r="O17" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="K17" s="1" t="s">
+      <c r="P17" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="L17" s="1" t="s">
+      <c r="Q17" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="R17" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="S17" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="T17" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="U17" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="V17" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="W17" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="X17" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="Y17" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="Z17" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="M17" s="1" t="s">
+      <c r="AA17" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="N17" s="1" t="s">
+      <c r="AB17" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="O17" s="1" t="s">
+      <c r="AC17" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="P17" s="1" t="s">
+      <c r="AD17" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="Q17" s="1" t="s">
+      <c r="AE17" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="R17" s="1" t="s">
+      <c r="AF17" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="S17" s="1" t="s">
-[...20 lines deleted...]
-      <c r="Z17" s="1" t="s">
+      <c r="AG17" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="AA17" s="1" t="s">
+      <c r="AH17" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="AB17" s="1" t="s">
+      <c r="AI17" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="AC17" s="1" t="s">
+      <c r="AJ17" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="AD17" s="1" t="s">
+      <c r="AK17" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="AE17" s="1" t="s">
+      <c r="AL17" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="AF17" s="1" t="s">
+      <c r="AM17" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="AG17" s="1" t="s">
+      <c r="AN17" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="AO17" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="AP17" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="AH17" s="1" t="s">
+      <c r="AQ17" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="AI17" s="1" t="s">
+      <c r="AR17" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="AJ17" s="1" t="s">
+      <c r="AS17" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="AK17" s="1" t="s">
+      <c r="AT17" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="AL17" s="1" t="s">
+      <c r="AU17" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="AM17" s="1" t="s">
+      <c r="AV17" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="AN17" s="1" t="s">
+      <c r="AW17" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="AO17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AP17" s="1" t="s">
+      <c r="AX17" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="AY17" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="AZ17" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="BA17" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="BB17" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="AQ17" s="1" t="s">
-[...32 lines deleted...]
-      <c r="BB17" s="1" t="s">
+      <c r="BC17" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="BC17" s="1" t="s">
+      <c r="BD17" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="BD17" s="1" t="s">
+      <c r="BE17" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="BF17" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="BG17" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="BE17" s="1" t="s">
+      <c r="BH17" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="BF17" s="1" t="s">
+      <c r="BI17" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="BG17" s="1" t="s">
+      <c r="BJ17" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="BK17" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="BL17" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="BM17" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="BN17" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="BO17" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="BP17" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="BQ17" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="BH17" s="1" t="s">
+      <c r="BR17" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="BI17" s="1" t="s">
+      <c r="BS17" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="BJ17" s="1" t="s">
+      <c r="BT17" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="BK17" s="1" t="s">
+      <c r="BU17" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="BL17" s="1" t="s">
+      <c r="BV17" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="BW17" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="BX17" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="BY17" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="BZ17" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="CA17" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="CB17" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="CC17" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="CD17" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="CE17" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="CF17" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="CG17" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="CH17" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="CI17" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="CJ17" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="CK17" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="CL17" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="CM17" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="CN17" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="CO17" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="CP17" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="CQ17" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="CR17" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="CS17" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="CT17" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="CU17" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="CV17" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="CW17" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="CX17" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="BM17" s="1" t="s">
+      <c r="CY17" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="BN17" s="1" t="s">
+      <c r="CZ17" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="BO17" s="1" t="s">
+      <c r="DA17" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="BP17" s="1" t="s">
+      <c r="DB17" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="BQ17" s="1" t="s">
-[...89 lines deleted...]
-      <c r="CU17" s="1" t="s">
+      <c r="DC17" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="CV17" s="1" t="s">
+      <c r="DD17" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="CW17" s="1" t="s">
+      <c r="DE17" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="CX17" s="1" t="s">
-[...14 lines deleted...]
-      <c r="DC17" s="1" t="s">
+      <c r="DF17" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="DG17" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="DH17" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="DI17" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="DJ17" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="DD17" s="1" t="s">
+      <c r="DK17" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="DE17" s="1" t="s">
+      <c r="DL17" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="DF17" s="1" t="s">
+      <c r="DM17" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="DG17" s="1" t="s">
+      <c r="DN17" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="DH17" s="1" t="s">
+      <c r="DO17" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="DI17" s="1" t="s">
+      <c r="DP17" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="DJ17" s="1" t="s">
+      <c r="DQ17" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="DR17" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="DK17" s="1" t="s">
-[...20 lines deleted...]
-      <c r="DR17" s="1" t="s">
+      <c r="DS17" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="DT17" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="DU17" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="DV17" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="DS17" s="1" t="s">
-[...8 lines deleted...]
-      <c r="DV17" s="1" t="s">
+      <c r="DW17" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="DX17" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="DY17" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="DZ17" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="DW17" s="1" t="s">
-[...8 lines deleted...]
-      <c r="DZ17" s="1" t="s">
+      <c r="EA17" s="1" t="s">
         <v>704</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="18" spans="1:702">
       <c r="A18" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="K18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="L18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="M18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="N18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="O18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="P18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="Q18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="R18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="S18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="T18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="U18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="V18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="W18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="X18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="Y18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="Z18" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="AA18" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="AB18" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="E18" s="1" t="s">
+      <c r="AC18" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="F18" s="1" t="s">
+      <c r="AD18" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="G18" s="1" t="s">
+      <c r="AE18" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="H18" s="1" t="s">
+      <c r="AF18" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="I18" s="1" t="s">
-[...50 lines deleted...]
-      <c r="Z18" s="1" t="s">
+      <c r="AG18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AH18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AI18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AJ18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AK18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AL18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AM18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AN18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AO18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AP18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AQ18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AR18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AS18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AT18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AU18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AV18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AW18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AX18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AY18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="AZ18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BA18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BB18" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="AA18" s="1" t="s">
-[...80 lines deleted...]
-      <c r="BB18" s="1" t="s">
+      <c r="BC18" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="BC18" s="1" t="s">
+      <c r="BD18" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="BE18" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="BF18" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="BG18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BH18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BI18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BJ18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BK18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BL18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BM18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BN18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BO18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BP18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BQ18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BR18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BS18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BT18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BU18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BV18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BW18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BX18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BY18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="BZ18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CA18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CB18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CC18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CD18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CE18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CF18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CG18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CH18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CI18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CJ18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CK18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CL18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CM18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CN18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CO18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CP18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CQ18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CR18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CS18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CT18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CU18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CV18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CW18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CX18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CY18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="CZ18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DA18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DB18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DC18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DD18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DE18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DF18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DG18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DH18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DI18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DJ18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DK18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DL18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DM18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DN18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DO18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DP18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DQ18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DR18" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="DS18" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="BD18" s="1" t="s">
+      <c r="DT18" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="BE18" s="1" t="s">
+      <c r="DU18" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="BF18" s="1" t="s">
-[...202 lines deleted...]
-      </c>
       <c r="DV18" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="DW18" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="DX18" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="DY18" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="DZ18" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="EA18" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
     </row>
     <row r="19" spans="1:702">
       <c r="A19" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="J19" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="K19" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="L19" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="M19" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="N19" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="E19" s="1" t="s">
+      <c r="O19" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="F19" s="1" t="s">
+      <c r="P19" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="G19" s="1" t="s">
+      <c r="Q19" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="H19" s="1" t="s">
+      <c r="R19" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="I19" s="1" t="s">
+      <c r="S19" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="J19" s="1" t="s">
+      <c r="T19" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="K19" s="1" t="s">
+      <c r="U19" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="L19" s="1" t="s">
+      <c r="V19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="W19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="X19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="Y19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="Z19" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="M19" s="1" t="s">
+      <c r="AA19" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="N19" s="1" t="s">
+      <c r="AB19" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="O19" s="1" t="s">
+      <c r="AC19" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="P19" s="1" t="s">
+      <c r="AD19" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="Q19" s="1" t="s">
+      <c r="AE19" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="R19" s="1" t="s">
+      <c r="AF19" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="S19" s="1" t="s">
-[...20 lines deleted...]
-      <c r="Z19" s="1" t="s">
+      <c r="AG19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="AH19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="AI19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="AJ19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="AK19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="AL19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="AM19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="AN19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="AO19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="AP19" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="AA19" s="1" t="s">
+      <c r="AQ19" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="AB19" s="1" t="s">
+      <c r="AR19" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="AC19" s="1" t="s">
+      <c r="AS19" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="AD19" s="1" t="s">
+      <c r="AT19" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="AE19" s="1" t="s">
+      <c r="AU19" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="AF19" s="1" t="s">
+      <c r="AV19" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="AG19" s="1" t="s">
-[...26 lines deleted...]
-      <c r="AP19" s="1" t="s">
+      <c r="AW19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="AX19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="AY19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="AZ19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="BA19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="BB19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="BC19" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="AQ19" s="1" t="s">
+      <c r="BD19" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="AR19" s="1" t="s">
+      <c r="BE19" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="AS19" s="1" t="s">
+      <c r="BF19" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="AT19" s="1" t="s">
-[...26 lines deleted...]
-      <c r="BC19" s="1" t="s">
+      <c r="BG19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="BH19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="BI19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="BJ19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="BK19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="BL19" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="BD19" s="1" t="s">
+      <c r="BM19" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="BE19" s="1" t="s">
+      <c r="BN19" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="BF19" s="1" t="s">
+      <c r="BO19" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="BG19" s="1" t="s">
-[...14 lines deleted...]
-      <c r="BL19" s="1" t="s">
+      <c r="BP19" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="BQ19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="BR19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="BS19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="BT19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="BU19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="BV19" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="BM19" s="1" t="s">
+      <c r="BW19" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="BN19" s="1" t="s">
+      <c r="BX19" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="BO19" s="1" t="s">
+      <c r="BY19" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="BP19" s="1" t="s">
+      <c r="BZ19" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="BQ19" s="1" t="s">
-[...14 lines deleted...]
-      <c r="BV19" s="1" t="s">
+      <c r="CA19" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="CB19" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="CC19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="CD19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="CE19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="CF19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="CG19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="CH19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="CI19" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="BW19" s="1" t="s">
+      <c r="CJ19" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="BX19" s="1" t="s">
+      <c r="CK19" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="BY19" s="1" t="s">
+      <c r="CL19" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="BZ19" s="1" t="s">
+      <c r="CM19" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="CA19" s="1" t="s">
-[...23 lines deleted...]
-      <c r="CI19" s="1" t="s">
+      <c r="CN19" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="CJ19" s="1" t="s">
+      <c r="CO19" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="CK19" s="1" t="s">
+      <c r="CP19" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="CL19" s="1" t="s">
-[...5 lines deleted...]
-      <c r="CN19" s="1" t="s">
+      <c r="CQ19" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="CR19" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="CS19" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="CT19" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="CU19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="CV19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="CW19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="CX19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="CY19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="CZ19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="DA19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="DB19" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="DC19" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="CO19" s="1" t="s">
+      <c r="DD19" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="CP19" s="1" t="s">
+      <c r="DE19" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="CQ19" s="1" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="DF19" s="1" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="DG19" s="1" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="DH19" s="1" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="DI19" s="1" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="DJ19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DK19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DL19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DM19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DN19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DO19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DP19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DQ19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DR19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DS19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DT19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DU19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DV19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DW19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DX19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DY19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="DZ19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="EA19" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
     </row>
     <row r="20" spans="1:702">
       <c r="A20" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="E20" s="1" t="s">
+      <c r="F20" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="F20" s="1" t="s">
+      <c r="G20" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="G20" s="1" t="s">
+      <c r="H20" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="H20" s="1" t="s">
+      <c r="I20" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="I20" s="1" t="s">
+      <c r="J20" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="J20" s="1" t="s">
+      <c r="K20" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="K20" s="1" t="s">
+      <c r="L20" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="L20" s="1" t="s">
+      <c r="M20" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="M20" s="1" t="s">
+      <c r="N20" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="N20" s="1" t="s">
+      <c r="O20" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="O20" s="1" t="s">
+      <c r="P20" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="P20" s="1" t="s">
+      <c r="Q20" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="Q20" s="1" t="s">
+      <c r="R20" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="R20" s="1" t="s">
+      <c r="S20" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="T20" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="U20" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="V20" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="W20" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="X20" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="Y20" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="Z20" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="S20" s="1" t="s">
-[...20 lines deleted...]
-      <c r="Z20" s="1" t="s">
+      <c r="AA20" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="AA20" s="1" t="s">
+      <c r="AB20" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="AB20" s="1" t="s">
+      <c r="AC20" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="AC20" s="1" t="s">
+      <c r="AD20" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="AD20" s="1" t="s">
+      <c r="AE20" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="AE20" s="1" t="s">
+      <c r="AF20" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="AF20" s="1" t="s">
+      <c r="AG20" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="AG20" s="1" t="s">
+      <c r="AH20" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="AH20" s="1" t="s">
+      <c r="AI20" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="AI20" s="1" t="s">
+      <c r="AJ20" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="AJ20" s="1" t="s">
+      <c r="AK20" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="AK20" s="1" t="s">
+      <c r="AL20" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="AL20" s="1" t="s">
+      <c r="AM20" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="AM20" s="1" t="s">
+      <c r="AN20" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="AN20" s="1" t="s">
+      <c r="AO20" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="AO20" s="1" t="s">
+      <c r="AP20" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="AP20" s="1" t="s">
+      <c r="AQ20" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="AQ20" s="1" t="s">
+      <c r="AR20" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="AR20" s="1" t="s">
+      <c r="AS20" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="AS20" s="1" t="s">
+      <c r="AT20" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="AT20" s="1" t="s">
+      <c r="AU20" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="AU20" s="1" t="s">
+      <c r="AV20" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="AV20" s="1" t="s">
+      <c r="AW20" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="AW20" s="1" t="s">
+      <c r="AX20" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="AX20" s="1" t="s">
+      <c r="AY20" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="AY20" s="1" t="s">
+      <c r="AZ20" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="AZ20" s="1" t="s">
+      <c r="BA20" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="BA20" s="1" t="s">
+      <c r="BB20" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="BB20" s="1" t="s">
+      <c r="BC20" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="BC20" s="1" t="s">
+      <c r="BD20" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="BD20" s="1" t="s">
+      <c r="BE20" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="BE20" s="1" t="s">
+      <c r="BF20" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="BF20" s="1" t="s">
+      <c r="BG20" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="BG20" s="1" t="s">
+      <c r="BH20" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="BH20" s="1" t="s">
+      <c r="BI20" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="BI20" s="1" t="s">
+      <c r="BJ20" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="BJ20" s="1" t="s">
+      <c r="BK20" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="BK20" s="1" t="s">
+      <c r="BL20" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="BL20" s="1" t="s">
+      <c r="BM20" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="BM20" s="1" t="s">
+      <c r="BN20" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="BN20" s="1" t="s">
+      <c r="BO20" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="BO20" s="1" t="s">
+      <c r="BP20" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="BP20" s="1" t="s">
+      <c r="BQ20" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="BQ20" s="1" t="s">
+      <c r="BR20" s="1" t="s">
         <v>784</v>
       </c>
-      <c r="BR20" s="1" t="s">
+      <c r="BS20" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="BS20" s="1" t="s">
+      <c r="BT20" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="BT20" s="1" t="s">
+      <c r="BU20" s="1" t="s">
         <v>787</v>
       </c>
-      <c r="BU20" s="1" t="s">
+      <c r="BV20" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="BV20" s="1" t="s">
+      <c r="BW20" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="BW20" s="1" t="s">
+      <c r="BX20" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="BX20" s="1" t="s">
+      <c r="BY20" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="BY20" s="1" t="s">
+      <c r="BZ20" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="BZ20" s="1" t="s">
+      <c r="CA20" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="CA20" s="1" t="s">
+      <c r="CB20" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="CB20" s="1" t="s">
+      <c r="CC20" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="CC20" s="1" t="s">
+      <c r="CD20" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="CD20" s="1" t="s">
+      <c r="CE20" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="CE20" s="1" t="s">
+      <c r="CF20" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="CF20" s="1" t="s">
+      <c r="CG20" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="CG20" s="1" t="s">
+      <c r="CH20" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="CH20" s="1" t="s">
+      <c r="CI20" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="CI20" s="1" t="s">
+      <c r="CJ20" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="CK20" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="CL20" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="CM20" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="CJ20" s="1" t="s">
-[...8 lines deleted...]
-      <c r="CM20" s="1" t="s">
+      <c r="CN20" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="CN20" s="1" t="s">
+      <c r="CO20" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="CO20" s="1" t="s">
+      <c r="CP20" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="CP20" s="1" t="s">
+      <c r="CQ20" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="CQ20" s="1" t="s">
+      <c r="CR20" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="CR20" s="1" t="s">
+      <c r="CS20" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="CS20" s="1" t="s">
+      <c r="CT20" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="CT20" s="1" t="s">
+      <c r="CU20" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="CU20" s="1" t="s">
+      <c r="CV20" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="CV20" s="1" t="s">
+      <c r="CW20" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="CX20" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="CW20" s="1" t="s">
+      <c r="CY20" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="CZ20" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="DA20" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="DB20" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="DC20" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="DD20" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="DE20" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="DF20" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="DG20" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="DH20" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="DI20" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="DJ20" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="DK20" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="DL20" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="DM20" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="DN20" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="DO20" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="DP20" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="DQ20" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="DR20" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="DS20" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="DT20" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="DU20" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="DV20" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="DW20" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="DX20" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="DY20" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="DZ20" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="CX20" s="1" t="s">
-[...85 lines deleted...]
-      </c>
       <c r="EA20" s="1" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
     </row>
     <row r="21" spans="1:702">
       <c r="A21" s="1" t="s">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="B21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="C21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="D21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="E21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="F21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/Sungrow-SBR-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="G21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/05/sungrow-sbh-datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
@@ -19258,51 +19256,51 @@
         <v>Yes</v>
       </c>
       <c r="DW21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DX21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DY21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Specifications.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DZ21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/03/250429_Datasheet_sonnenBatterie_Evo_AU.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="EA21" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/07/LAVO_Storage-S2_Data_Sheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="22" spans="1:702">
       <c r="A22" s="1" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="B22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="C22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="D22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="E22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="F22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="G22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/05/WD_202410_Term_Sungrow-HV-Battery-Limited-Warranty_V8.0.pdf","Yes")</f>
         <v>Yes</v>
       </c>
@@ -19783,446 +19781,446 @@
         <v>Yes</v>
       </c>
       <c r="DW22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DX22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DY22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/12/Whispr_Series_Warranty_Statement.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="DZ22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2022/03/sonnen-warranty-with-PDRS-addendum.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="EA22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/07/S2LifeUnit-Battery-Warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="23" spans="1:702">
       <c r="A23" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="E23" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="E23" s="1" t="s">
+      <c r="G23" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="H23" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G23" s="1" t="s">
+      <c r="I23" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="J23" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="K23" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="L23" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="H23" s="1" t="s">
-[...11 lines deleted...]
-      <c r="L23" s="1" t="s">
+      <c r="M23" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="M23" s="1" t="s">
+      <c r="N23" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="N23" s="1" t="s">
+      <c r="O23" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="P23" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="Q23" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="O23" s="1" t="s">
+      <c r="R23" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="S23" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="T23" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="U23" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="V23" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="W23" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="X23" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="Y23" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="Z23" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="AA23" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="AB23" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="AC23" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="AD23" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="AE23" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="AF23" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="AG23" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="AH23" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="AI23" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="AJ23" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="AK23" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="AL23" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="AM23" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="AN23" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="AO23" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="AP23" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="AQ23" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="AR23" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="AS23" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="AT23" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="AU23" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="AV23" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="AW23" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="AX23" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="AY23" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="AZ23" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="BA23" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="BB23" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="BC23" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="BD23" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="BE23" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="BF23" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="BG23" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="BH23" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="BI23" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="BJ23" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="BK23" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="BL23" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="BM23" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="BN23" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="BO23" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="BP23" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="BQ23" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="BR23" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="BS23" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="BT23" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="BU23" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="BV23" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="BW23" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="BX23" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="BY23" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="BZ23" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="CA23" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="CB23" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="CC23" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="CD23" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="CE23" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="CF23" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="CG23" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="CH23" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="CI23" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="P23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="Q23" s="1" t="s">
+      <c r="CJ23" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="CK23" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="CL23" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="CM23" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="CN23" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="CO23" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="CP23" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="CQ23" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="CR23" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="CS23" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="CT23" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="CU23" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="CV23" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="CW23" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="CX23" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="CY23" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="CZ23" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="DA23" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="DB23" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="DC23" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="DD23" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="DE23" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="DF23" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="DG23" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="DH23" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="DI23" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="DJ23" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="DK23" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="DL23" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="DM23" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="DN23" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="DO23" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="DP23" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="DQ23" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="DR23" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="DS23" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="DT23" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="DU23" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="DV23" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="DW23" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="DX23" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="DY23" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="DZ23" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="EA23" s="1" t="s">
         <v>848</v>
-      </c>
-[...340 lines deleted...]
-        <v>849</v>
       </c>
     </row>
     <row r="24" spans="1:702">
       <c r="A24" s="1" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="B24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="C24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="D24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="E24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="F24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="G24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/battery-storage/reviews/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
@@ -20787,515 +20785,516 @@
     <hyperlink ref="AE7" r:id="rId_hyperlink_59" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AF7" r:id="rId_hyperlink_60" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AG7" r:id="rId_hyperlink_61" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AH7" r:id="rId_hyperlink_62" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AI7" r:id="rId_hyperlink_63" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AJ7" r:id="rId_hyperlink_64" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AK7" r:id="rId_hyperlink_65" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AL7" r:id="rId_hyperlink_66" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AM7" r:id="rId_hyperlink_67" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AN7" r:id="rId_hyperlink_68" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AO7" r:id="rId_hyperlink_69" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AP7" r:id="rId_hyperlink_70" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AQ7" r:id="rId_hyperlink_71" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AR7" r:id="rId_hyperlink_72" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AS7" r:id="rId_hyperlink_73" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AT7" r:id="rId_hyperlink_74" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AU7" r:id="rId_hyperlink_75" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AV7" r:id="rId_hyperlink_76" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AW7" r:id="rId_hyperlink_77" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AX7" r:id="rId_hyperlink_78" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AY7" r:id="rId_hyperlink_79" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="AZ7" r:id="rId_hyperlink_80" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BA7" r:id="rId_hyperlink_81" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BB7" r:id="rId_hyperlink_82" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BC7" r:id="rId_hyperlink_83" tooltip="NMC" display="NMC"/>
-    <hyperlink ref="BD7" r:id="rId_hyperlink_84" tooltip="NMC" display="NMC"/>
-[...1 lines deleted...]
-    <hyperlink ref="BF7" r:id="rId_hyperlink_86" tooltip="NMC" display="NMC"/>
+    <hyperlink ref="BD7" r:id="rId_hyperlink_84" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BE7" r:id="rId_hyperlink_85" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="BF7" r:id="rId_hyperlink_86" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BG7" r:id="rId_hyperlink_87" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BH7" r:id="rId_hyperlink_88" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BI7" r:id="rId_hyperlink_89" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BJ7" r:id="rId_hyperlink_90" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BK7" r:id="rId_hyperlink_91" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BL7" r:id="rId_hyperlink_92" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BM7" r:id="rId_hyperlink_93" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BN7" r:id="rId_hyperlink_94" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BO7" r:id="rId_hyperlink_95" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BP7" r:id="rId_hyperlink_96" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BQ7" r:id="rId_hyperlink_97" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BR7" r:id="rId_hyperlink_98" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BS7" r:id="rId_hyperlink_99" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BT7" r:id="rId_hyperlink_100" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BU7" r:id="rId_hyperlink_101" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BV7" r:id="rId_hyperlink_102" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BW7" r:id="rId_hyperlink_103" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BX7" r:id="rId_hyperlink_104" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BY7" r:id="rId_hyperlink_105" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="BZ7" r:id="rId_hyperlink_106" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CA7" r:id="rId_hyperlink_107" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CB7" r:id="rId_hyperlink_108" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CC7" r:id="rId_hyperlink_109" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CD7" r:id="rId_hyperlink_110" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CE7" r:id="rId_hyperlink_111" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CF7" r:id="rId_hyperlink_112" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CG7" r:id="rId_hyperlink_113" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CH7" r:id="rId_hyperlink_114" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CI7" r:id="rId_hyperlink_115" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CJ7" r:id="rId_hyperlink_116" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CK7" r:id="rId_hyperlink_117" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CL7" r:id="rId_hyperlink_118" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CM7" r:id="rId_hyperlink_119" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CN7" r:id="rId_hyperlink_120" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CO7" r:id="rId_hyperlink_121" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CP7" r:id="rId_hyperlink_122" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CQ7" r:id="rId_hyperlink_123" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CR7" r:id="rId_hyperlink_124" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CS7" r:id="rId_hyperlink_125" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CT7" r:id="rId_hyperlink_126" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CU7" r:id="rId_hyperlink_127" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CV7" r:id="rId_hyperlink_128" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CW7" r:id="rId_hyperlink_129" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CX7" r:id="rId_hyperlink_130" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CY7" r:id="rId_hyperlink_131" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="CZ7" r:id="rId_hyperlink_132" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="DA7" r:id="rId_hyperlink_133" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
     <hyperlink ref="DB7" r:id="rId_hyperlink_134" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
-    <hyperlink ref="DC7" r:id="rId_hyperlink_135" tooltip="NMC" display="NMC"/>
-[...412 lines deleted...]
-    <hyperlink ref="EA24" r:id="rId_hyperlink_548" tooltip="Here" display="Here"/>
+    <hyperlink ref="DC7" r:id="rId_hyperlink_135" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DD7" r:id="rId_hyperlink_136" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DE7" r:id="rId_hyperlink_137" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DF7" r:id="rId_hyperlink_138" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DG7" r:id="rId_hyperlink_139" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DH7" r:id="rId_hyperlink_140" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DI7" r:id="rId_hyperlink_141" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DJ7" r:id="rId_hyperlink_142" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DK7" r:id="rId_hyperlink_143" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DL7" r:id="rId_hyperlink_144" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DM7" r:id="rId_hyperlink_145" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DN7" r:id="rId_hyperlink_146" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DO7" r:id="rId_hyperlink_147" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DP7" r:id="rId_hyperlink_148" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DQ7" r:id="rId_hyperlink_149" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DR7" r:id="rId_hyperlink_150" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DS7" r:id="rId_hyperlink_151" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DT7" r:id="rId_hyperlink_152" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DU7" r:id="rId_hyperlink_153" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DV7" r:id="rId_hyperlink_154" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DW7" r:id="rId_hyperlink_155" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DX7" r:id="rId_hyperlink_156" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DY7" r:id="rId_hyperlink_157" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="DZ7" r:id="rId_hyperlink_158" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="EA7" r:id="rId_hyperlink_159" tooltip="Lithium Iron Phosphate" display="Lithium Iron Phosphate"/>
+    <hyperlink ref="B21" r:id="rId_hyperlink_160" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="C21" r:id="rId_hyperlink_161" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="D21" r:id="rId_hyperlink_162" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="E21" r:id="rId_hyperlink_163" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="F21" r:id="rId_hyperlink_164" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="G21" r:id="rId_hyperlink_165" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="H21" r:id="rId_hyperlink_166" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="I21" r:id="rId_hyperlink_167" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="J21" r:id="rId_hyperlink_168" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="K21" r:id="rId_hyperlink_169" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="L21" r:id="rId_hyperlink_170" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="M21" r:id="rId_hyperlink_171" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="N21" r:id="rId_hyperlink_172" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="O21" r:id="rId_hyperlink_173" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="P21" r:id="rId_hyperlink_174" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Q21" r:id="rId_hyperlink_175" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R21" r:id="rId_hyperlink_176" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S21" r:id="rId_hyperlink_177" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T21" r:id="rId_hyperlink_178" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U21" r:id="rId_hyperlink_179" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="V21" r:id="rId_hyperlink_180" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="W21" r:id="rId_hyperlink_181" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="X21" r:id="rId_hyperlink_182" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Y21" r:id="rId_hyperlink_183" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Z21" r:id="rId_hyperlink_184" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AA21" r:id="rId_hyperlink_185" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AB21" r:id="rId_hyperlink_186" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AC21" r:id="rId_hyperlink_187" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AD21" r:id="rId_hyperlink_188" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AE21" r:id="rId_hyperlink_189" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AF21" r:id="rId_hyperlink_190" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AG21" r:id="rId_hyperlink_191" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AH21" r:id="rId_hyperlink_192" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AI21" r:id="rId_hyperlink_193" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AJ21" r:id="rId_hyperlink_194" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AK21" r:id="rId_hyperlink_195" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AL21" r:id="rId_hyperlink_196" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AM21" r:id="rId_hyperlink_197" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AN21" r:id="rId_hyperlink_198" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AO21" r:id="rId_hyperlink_199" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AP21" r:id="rId_hyperlink_200" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AQ21" r:id="rId_hyperlink_201" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AR21" r:id="rId_hyperlink_202" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AS21" r:id="rId_hyperlink_203" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AT21" r:id="rId_hyperlink_204" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AU21" r:id="rId_hyperlink_205" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AV21" r:id="rId_hyperlink_206" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AW21" r:id="rId_hyperlink_207" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AX21" r:id="rId_hyperlink_208" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AY21" r:id="rId_hyperlink_209" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AZ21" r:id="rId_hyperlink_210" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BA21" r:id="rId_hyperlink_211" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BB21" r:id="rId_hyperlink_212" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BC21" r:id="rId_hyperlink_213" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BD21" r:id="rId_hyperlink_214" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BE21" r:id="rId_hyperlink_215" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BF21" r:id="rId_hyperlink_216" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BG21" r:id="rId_hyperlink_217" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BH21" r:id="rId_hyperlink_218" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BI21" r:id="rId_hyperlink_219" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BJ21" r:id="rId_hyperlink_220" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BK21" r:id="rId_hyperlink_221" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BL21" r:id="rId_hyperlink_222" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BM21" r:id="rId_hyperlink_223" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BN21" r:id="rId_hyperlink_224" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BO21" r:id="rId_hyperlink_225" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BP21" r:id="rId_hyperlink_226" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BQ21" r:id="rId_hyperlink_227" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BR21" r:id="rId_hyperlink_228" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BS21" r:id="rId_hyperlink_229" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BT21" r:id="rId_hyperlink_230" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BU21" r:id="rId_hyperlink_231" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BV21" r:id="rId_hyperlink_232" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BW21" r:id="rId_hyperlink_233" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BX21" r:id="rId_hyperlink_234" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BY21" r:id="rId_hyperlink_235" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BZ21" r:id="rId_hyperlink_236" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CA21" r:id="rId_hyperlink_237" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CB21" r:id="rId_hyperlink_238" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CC21" r:id="rId_hyperlink_239" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CD21" r:id="rId_hyperlink_240" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CE21" r:id="rId_hyperlink_241" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CF21" r:id="rId_hyperlink_242" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CG21" r:id="rId_hyperlink_243" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CH21" r:id="rId_hyperlink_244" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CI21" r:id="rId_hyperlink_245" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CJ21" r:id="rId_hyperlink_246" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CK21" r:id="rId_hyperlink_247" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CL21" r:id="rId_hyperlink_248" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CM21" r:id="rId_hyperlink_249" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CN21" r:id="rId_hyperlink_250" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CO21" r:id="rId_hyperlink_251" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CP21" r:id="rId_hyperlink_252" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CQ21" r:id="rId_hyperlink_253" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
+    <hyperlink ref="CR21" r:id="rId_hyperlink_254" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
+    <hyperlink ref="CS21" r:id="rId_hyperlink_255" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
+    <hyperlink ref="CT21" r:id="rId_hyperlink_256" tooltip="Fronius Reserva datasheet" display="Fronius Reserva datasheet"/>
+    <hyperlink ref="CU21" r:id="rId_hyperlink_257" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CV21" r:id="rId_hyperlink_258" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CW21" r:id="rId_hyperlink_259" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CX21" r:id="rId_hyperlink_260" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CY21" r:id="rId_hyperlink_261" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CZ21" r:id="rId_hyperlink_262" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DA21" r:id="rId_hyperlink_263" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DB21" r:id="rId_hyperlink_264" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DC21" r:id="rId_hyperlink_265" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DD21" r:id="rId_hyperlink_266" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DE21" r:id="rId_hyperlink_267" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DF21" r:id="rId_hyperlink_268" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DG21" r:id="rId_hyperlink_269" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DH21" r:id="rId_hyperlink_270" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DI21" r:id="rId_hyperlink_271" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DJ21" r:id="rId_hyperlink_272" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DK21" r:id="rId_hyperlink_273" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DL21" r:id="rId_hyperlink_274" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DM21" r:id="rId_hyperlink_275" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DN21" r:id="rId_hyperlink_276" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DO21" r:id="rId_hyperlink_277" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DP21" r:id="rId_hyperlink_278" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DQ21" r:id="rId_hyperlink_279" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DR21" r:id="rId_hyperlink_280" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DS21" r:id="rId_hyperlink_281" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DT21" r:id="rId_hyperlink_282" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DU21" r:id="rId_hyperlink_283" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DV21" r:id="rId_hyperlink_284" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DW21" r:id="rId_hyperlink_285" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DX21" r:id="rId_hyperlink_286" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DY21" r:id="rId_hyperlink_287" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DZ21" r:id="rId_hyperlink_288" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="EA21" r:id="rId_hyperlink_289" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B22" r:id="rId_hyperlink_290" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="C22" r:id="rId_hyperlink_291" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="D22" r:id="rId_hyperlink_292" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="E22" r:id="rId_hyperlink_293" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="F22" r:id="rId_hyperlink_294" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="G22" r:id="rId_hyperlink_295" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="H22" r:id="rId_hyperlink_296" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="I22" r:id="rId_hyperlink_297" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="J22" r:id="rId_hyperlink_298" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="K22" r:id="rId_hyperlink_299" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="L22" r:id="rId_hyperlink_300" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="M22" r:id="rId_hyperlink_301" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="N22" r:id="rId_hyperlink_302" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="O22" r:id="rId_hyperlink_303" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="P22" r:id="rId_hyperlink_304" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Q22" r:id="rId_hyperlink_305" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R22" r:id="rId_hyperlink_306" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S22" r:id="rId_hyperlink_307" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T22" r:id="rId_hyperlink_308" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U22" r:id="rId_hyperlink_309" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="V22" r:id="rId_hyperlink_310" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="W22" r:id="rId_hyperlink_311" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="X22" r:id="rId_hyperlink_312" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Y22" r:id="rId_hyperlink_313" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Z22" r:id="rId_hyperlink_314" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AA22" r:id="rId_hyperlink_315" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AB22" r:id="rId_hyperlink_316" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AC22" r:id="rId_hyperlink_317" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AD22" r:id="rId_hyperlink_318" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AE22" r:id="rId_hyperlink_319" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AF22" r:id="rId_hyperlink_320" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AG22" r:id="rId_hyperlink_321" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AH22" r:id="rId_hyperlink_322" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AI22" r:id="rId_hyperlink_323" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AJ22" r:id="rId_hyperlink_324" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AK22" r:id="rId_hyperlink_325" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AL22" r:id="rId_hyperlink_326" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AM22" r:id="rId_hyperlink_327" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AN22" r:id="rId_hyperlink_328" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AO22" r:id="rId_hyperlink_329" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AP22" r:id="rId_hyperlink_330" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AQ22" r:id="rId_hyperlink_331" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AR22" r:id="rId_hyperlink_332" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AS22" r:id="rId_hyperlink_333" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AT22" r:id="rId_hyperlink_334" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AU22" r:id="rId_hyperlink_335" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AV22" r:id="rId_hyperlink_336" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AW22" r:id="rId_hyperlink_337" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AX22" r:id="rId_hyperlink_338" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AY22" r:id="rId_hyperlink_339" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AZ22" r:id="rId_hyperlink_340" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BA22" r:id="rId_hyperlink_341" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BB22" r:id="rId_hyperlink_342" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BC22" r:id="rId_hyperlink_343" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BD22" r:id="rId_hyperlink_344" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BE22" r:id="rId_hyperlink_345" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BF22" r:id="rId_hyperlink_346" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BG22" r:id="rId_hyperlink_347" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BH22" r:id="rId_hyperlink_348" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BI22" r:id="rId_hyperlink_349" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BJ22" r:id="rId_hyperlink_350" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BK22" r:id="rId_hyperlink_351" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BL22" r:id="rId_hyperlink_352" tooltip="No" display="No"/>
+    <hyperlink ref="BM22" r:id="rId_hyperlink_353" tooltip="No" display="No"/>
+    <hyperlink ref="BN22" r:id="rId_hyperlink_354" tooltip="No" display="No"/>
+    <hyperlink ref="BO22" r:id="rId_hyperlink_355" tooltip="No" display="No"/>
+    <hyperlink ref="BP22" r:id="rId_hyperlink_356" tooltip="No" display="No"/>
+    <hyperlink ref="BQ22" r:id="rId_hyperlink_357" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BR22" r:id="rId_hyperlink_358" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BS22" r:id="rId_hyperlink_359" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BT22" r:id="rId_hyperlink_360" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BU22" r:id="rId_hyperlink_361" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BV22" r:id="rId_hyperlink_362" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BW22" r:id="rId_hyperlink_363" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BX22" r:id="rId_hyperlink_364" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BY22" r:id="rId_hyperlink_365" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="BZ22" r:id="rId_hyperlink_366" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CA22" r:id="rId_hyperlink_367" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CB22" r:id="rId_hyperlink_368" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CC22" r:id="rId_hyperlink_369" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CD22" r:id="rId_hyperlink_370" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CE22" r:id="rId_hyperlink_371" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CF22" r:id="rId_hyperlink_372" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CG22" r:id="rId_hyperlink_373" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CH22" r:id="rId_hyperlink_374" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CI22" r:id="rId_hyperlink_375" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CJ22" r:id="rId_hyperlink_376" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CK22" r:id="rId_hyperlink_377" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CL22" r:id="rId_hyperlink_378" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CM22" r:id="rId_hyperlink_379" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CN22" r:id="rId_hyperlink_380" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CO22" r:id="rId_hyperlink_381" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CP22" r:id="rId_hyperlink_382" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CQ22" r:id="rId_hyperlink_383" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
+    <hyperlink ref="CR22" r:id="rId_hyperlink_384" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
+    <hyperlink ref="CS22" r:id="rId_hyperlink_385" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
+    <hyperlink ref="CT22" r:id="rId_hyperlink_386" tooltip="Fronius Reserva warranty" display="Fronius Reserva warranty"/>
+    <hyperlink ref="CU22" r:id="rId_hyperlink_387" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CV22" r:id="rId_hyperlink_388" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CW22" r:id="rId_hyperlink_389" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CX22" r:id="rId_hyperlink_390" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CY22" r:id="rId_hyperlink_391" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="CZ22" r:id="rId_hyperlink_392" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DA22" r:id="rId_hyperlink_393" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DB22" r:id="rId_hyperlink_394" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DC22" r:id="rId_hyperlink_395" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DD22" r:id="rId_hyperlink_396" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DE22" r:id="rId_hyperlink_397" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DF22" r:id="rId_hyperlink_398" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DG22" r:id="rId_hyperlink_399" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DH22" r:id="rId_hyperlink_400" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DI22" r:id="rId_hyperlink_401" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DJ22" r:id="rId_hyperlink_402" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DK22" r:id="rId_hyperlink_403" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DL22" r:id="rId_hyperlink_404" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DM22" r:id="rId_hyperlink_405" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DN22" r:id="rId_hyperlink_406" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DO22" r:id="rId_hyperlink_407" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DP22" r:id="rId_hyperlink_408" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DQ22" r:id="rId_hyperlink_409" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DR22" r:id="rId_hyperlink_410" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DS22" r:id="rId_hyperlink_411" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DT22" r:id="rId_hyperlink_412" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DU22" r:id="rId_hyperlink_413" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DV22" r:id="rId_hyperlink_414" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DW22" r:id="rId_hyperlink_415" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DX22" r:id="rId_hyperlink_416" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DY22" r:id="rId_hyperlink_417" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="DZ22" r:id="rId_hyperlink_418" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="EA22" r:id="rId_hyperlink_419" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B24" r:id="rId_hyperlink_420" tooltip="Here" display="Here"/>
+    <hyperlink ref="C24" r:id="rId_hyperlink_421" tooltip="Here" display="Here"/>
+    <hyperlink ref="D24" r:id="rId_hyperlink_422" tooltip="Here" display="Here"/>
+    <hyperlink ref="E24" r:id="rId_hyperlink_423" tooltip="Here" display="Here"/>
+    <hyperlink ref="F24" r:id="rId_hyperlink_424" tooltip="Here" display="Here"/>
+    <hyperlink ref="G24" r:id="rId_hyperlink_425" tooltip="Here" display="Here"/>
+    <hyperlink ref="H24" r:id="rId_hyperlink_426" tooltip="Here" display="Here"/>
+    <hyperlink ref="I24" r:id="rId_hyperlink_427" tooltip="Here" display="Here"/>
+    <hyperlink ref="J24" r:id="rId_hyperlink_428" tooltip="Here" display="Here"/>
+    <hyperlink ref="K24" r:id="rId_hyperlink_429" tooltip="Here" display="Here"/>
+    <hyperlink ref="L24" r:id="rId_hyperlink_430" tooltip="Here" display="Here"/>
+    <hyperlink ref="M24" r:id="rId_hyperlink_431" tooltip="Here" display="Here"/>
+    <hyperlink ref="N24" r:id="rId_hyperlink_432" tooltip="Here" display="Here"/>
+    <hyperlink ref="O24" r:id="rId_hyperlink_433" tooltip="Here" display="Here"/>
+    <hyperlink ref="P24" r:id="rId_hyperlink_434" tooltip="Here" display="Here"/>
+    <hyperlink ref="Q24" r:id="rId_hyperlink_435" tooltip="Here" display="Here"/>
+    <hyperlink ref="R24" r:id="rId_hyperlink_436" tooltip="Here" display="Here"/>
+    <hyperlink ref="S24" r:id="rId_hyperlink_437" tooltip="Here" display="Here"/>
+    <hyperlink ref="T24" r:id="rId_hyperlink_438" tooltip="Here" display="Here"/>
+    <hyperlink ref="U24" r:id="rId_hyperlink_439" tooltip="Here" display="Here"/>
+    <hyperlink ref="V24" r:id="rId_hyperlink_440" tooltip="Here" display="Here"/>
+    <hyperlink ref="W24" r:id="rId_hyperlink_441" tooltip="Here" display="Here"/>
+    <hyperlink ref="X24" r:id="rId_hyperlink_442" tooltip="Here" display="Here"/>
+    <hyperlink ref="Y24" r:id="rId_hyperlink_443" tooltip="Here" display="Here"/>
+    <hyperlink ref="Z24" r:id="rId_hyperlink_444" tooltip="Here" display="Here"/>
+    <hyperlink ref="AA24" r:id="rId_hyperlink_445" tooltip="Here" display="Here"/>
+    <hyperlink ref="AB24" r:id="rId_hyperlink_446" tooltip="Here" display="Here"/>
+    <hyperlink ref="AC24" r:id="rId_hyperlink_447" tooltip="Here" display="Here"/>
+    <hyperlink ref="AD24" r:id="rId_hyperlink_448" tooltip="Here" display="Here"/>
+    <hyperlink ref="AE24" r:id="rId_hyperlink_449" tooltip="Here" display="Here"/>
+    <hyperlink ref="AF24" r:id="rId_hyperlink_450" tooltip="Here" display="Here"/>
+    <hyperlink ref="AG24" r:id="rId_hyperlink_451" tooltip="Here" display="Here"/>
+    <hyperlink ref="AH24" r:id="rId_hyperlink_452" tooltip="Here" display="Here"/>
+    <hyperlink ref="AI24" r:id="rId_hyperlink_453" tooltip="Here" display="Here"/>
+    <hyperlink ref="AJ24" r:id="rId_hyperlink_454" tooltip="Here" display="Here"/>
+    <hyperlink ref="AK24" r:id="rId_hyperlink_455" tooltip="Here" display="Here"/>
+    <hyperlink ref="AL24" r:id="rId_hyperlink_456" tooltip="Here" display="Here"/>
+    <hyperlink ref="AM24" r:id="rId_hyperlink_457" tooltip="Here" display="Here"/>
+    <hyperlink ref="AN24" r:id="rId_hyperlink_458" tooltip="Here" display="Here"/>
+    <hyperlink ref="AO24" r:id="rId_hyperlink_459" tooltip="Here" display="Here"/>
+    <hyperlink ref="AP24" r:id="rId_hyperlink_460" tooltip="Here" display="Here"/>
+    <hyperlink ref="AQ24" r:id="rId_hyperlink_461" tooltip="Here" display="Here"/>
+    <hyperlink ref="AR24" r:id="rId_hyperlink_462" tooltip="Here" display="Here"/>
+    <hyperlink ref="AS24" r:id="rId_hyperlink_463" tooltip="Here" display="Here"/>
+    <hyperlink ref="AT24" r:id="rId_hyperlink_464" tooltip="Here" display="Here"/>
+    <hyperlink ref="AU24" r:id="rId_hyperlink_465" tooltip="Here" display="Here"/>
+    <hyperlink ref="AV24" r:id="rId_hyperlink_466" tooltip="Here" display="Here"/>
+    <hyperlink ref="AW24" r:id="rId_hyperlink_467" tooltip="Here" display="Here"/>
+    <hyperlink ref="AX24" r:id="rId_hyperlink_468" tooltip="Here" display="Here"/>
+    <hyperlink ref="AY24" r:id="rId_hyperlink_469" tooltip="Here" display="Here"/>
+    <hyperlink ref="AZ24" r:id="rId_hyperlink_470" tooltip="Here" display="Here"/>
+    <hyperlink ref="BA24" r:id="rId_hyperlink_471" tooltip="Here" display="Here"/>
+    <hyperlink ref="BB24" r:id="rId_hyperlink_472" tooltip="Here" display="Here"/>
+    <hyperlink ref="BC24" r:id="rId_hyperlink_473" tooltip="Here" display="Here"/>
+    <hyperlink ref="BD24" r:id="rId_hyperlink_474" tooltip="Here" display="Here"/>
+    <hyperlink ref="BE24" r:id="rId_hyperlink_475" tooltip="Here" display="Here"/>
+    <hyperlink ref="BF24" r:id="rId_hyperlink_476" tooltip="Here" display="Here"/>
+    <hyperlink ref="BG24" r:id="rId_hyperlink_477" tooltip="Here" display="Here"/>
+    <hyperlink ref="BH24" r:id="rId_hyperlink_478" tooltip="Here" display="Here"/>
+    <hyperlink ref="BI24" r:id="rId_hyperlink_479" tooltip="Here" display="Here"/>
+    <hyperlink ref="BJ24" r:id="rId_hyperlink_480" tooltip="Here" display="Here"/>
+    <hyperlink ref="BK24" r:id="rId_hyperlink_481" tooltip="Here" display="Here"/>
+    <hyperlink ref="BL24" r:id="rId_hyperlink_482" tooltip="Here" display="Here"/>
+    <hyperlink ref="BM24" r:id="rId_hyperlink_483" tooltip="Here" display="Here"/>
+    <hyperlink ref="BN24" r:id="rId_hyperlink_484" tooltip="Here" display="Here"/>
+    <hyperlink ref="BO24" r:id="rId_hyperlink_485" tooltip="Here" display="Here"/>
+    <hyperlink ref="BP24" r:id="rId_hyperlink_486" tooltip="Here" display="Here"/>
+    <hyperlink ref="BQ24" r:id="rId_hyperlink_487" tooltip="Here" display="Here"/>
+    <hyperlink ref="BR24" r:id="rId_hyperlink_488" tooltip="Here" display="Here"/>
+    <hyperlink ref="BS24" r:id="rId_hyperlink_489" tooltip="Here" display="Here"/>
+    <hyperlink ref="BT24" r:id="rId_hyperlink_490" tooltip="Here" display="Here"/>
+    <hyperlink ref="BU24" r:id="rId_hyperlink_491" tooltip="Here" display="Here"/>
+    <hyperlink ref="BV24" r:id="rId_hyperlink_492" tooltip="Here" display="Here"/>
+    <hyperlink ref="BW24" r:id="rId_hyperlink_493" tooltip="Here" display="Here"/>
+    <hyperlink ref="BX24" r:id="rId_hyperlink_494" tooltip="Here" display="Here"/>
+    <hyperlink ref="BY24" r:id="rId_hyperlink_495" tooltip="Here" display="Here"/>
+    <hyperlink ref="BZ24" r:id="rId_hyperlink_496" tooltip="Here" display="Here"/>
+    <hyperlink ref="CA24" r:id="rId_hyperlink_497" tooltip="Here" display="Here"/>
+    <hyperlink ref="CB24" r:id="rId_hyperlink_498" tooltip="Here" display="Here"/>
+    <hyperlink ref="CC24" r:id="rId_hyperlink_499" tooltip="Here" display="Here"/>
+    <hyperlink ref="CD24" r:id="rId_hyperlink_500" tooltip="Here" display="Here"/>
+    <hyperlink ref="CE24" r:id="rId_hyperlink_501" tooltip="Here" display="Here"/>
+    <hyperlink ref="CF24" r:id="rId_hyperlink_502" tooltip="Here" display="Here"/>
+    <hyperlink ref="CG24" r:id="rId_hyperlink_503" tooltip="Here" display="Here"/>
+    <hyperlink ref="CH24" r:id="rId_hyperlink_504" tooltip="Here" display="Here"/>
+    <hyperlink ref="CI24" r:id="rId_hyperlink_505" tooltip="Here" display="Here"/>
+    <hyperlink ref="CJ24" r:id="rId_hyperlink_506" tooltip="Here" display="Here"/>
+    <hyperlink ref="CK24" r:id="rId_hyperlink_507" tooltip="Here" display="Here"/>
+    <hyperlink ref="CL24" r:id="rId_hyperlink_508" tooltip="Here" display="Here"/>
+    <hyperlink ref="CM24" r:id="rId_hyperlink_509" tooltip="Here" display="Here"/>
+    <hyperlink ref="CN24" r:id="rId_hyperlink_510" tooltip="Here" display="Here"/>
+    <hyperlink ref="CO24" r:id="rId_hyperlink_511" tooltip="Here" display="Here"/>
+    <hyperlink ref="CP24" r:id="rId_hyperlink_512" tooltip="Here" display="Here"/>
+    <hyperlink ref="CQ24" r:id="rId_hyperlink_513" tooltip="Here" display="Here"/>
+    <hyperlink ref="CR24" r:id="rId_hyperlink_514" tooltip="Here" display="Here"/>
+    <hyperlink ref="CS24" r:id="rId_hyperlink_515" tooltip="Here" display="Here"/>
+    <hyperlink ref="CT24" r:id="rId_hyperlink_516" tooltip="Here" display="Here"/>
+    <hyperlink ref="CU24" r:id="rId_hyperlink_517" tooltip="Here" display="Here"/>
+    <hyperlink ref="CV24" r:id="rId_hyperlink_518" tooltip="Here" display="Here"/>
+    <hyperlink ref="CW24" r:id="rId_hyperlink_519" tooltip="Here" display="Here"/>
+    <hyperlink ref="CX24" r:id="rId_hyperlink_520" tooltip="Here" display="Here"/>
+    <hyperlink ref="CY24" r:id="rId_hyperlink_521" tooltip="Here" display="Here"/>
+    <hyperlink ref="CZ24" r:id="rId_hyperlink_522" tooltip="Here" display="Here"/>
+    <hyperlink ref="DA24" r:id="rId_hyperlink_523" tooltip="Here" display="Here"/>
+    <hyperlink ref="DB24" r:id="rId_hyperlink_524" tooltip="Here" display="Here"/>
+    <hyperlink ref="DC24" r:id="rId_hyperlink_525" tooltip="Here" display="Here"/>
+    <hyperlink ref="DD24" r:id="rId_hyperlink_526" tooltip="Here" display="Here"/>
+    <hyperlink ref="DE24" r:id="rId_hyperlink_527" tooltip="Here" display="Here"/>
+    <hyperlink ref="DF24" r:id="rId_hyperlink_528" tooltip="Here" display="Here"/>
+    <hyperlink ref="DG24" r:id="rId_hyperlink_529" tooltip="Here" display="Here"/>
+    <hyperlink ref="DH24" r:id="rId_hyperlink_530" tooltip="Here" display="Here"/>
+    <hyperlink ref="DI24" r:id="rId_hyperlink_531" tooltip="Here" display="Here"/>
+    <hyperlink ref="DJ24" r:id="rId_hyperlink_532" tooltip="Here" display="Here"/>
+    <hyperlink ref="DK24" r:id="rId_hyperlink_533" tooltip="Here" display="Here"/>
+    <hyperlink ref="DL24" r:id="rId_hyperlink_534" tooltip="Here" display="Here"/>
+    <hyperlink ref="DM24" r:id="rId_hyperlink_535" tooltip="Here" display="Here"/>
+    <hyperlink ref="DN24" r:id="rId_hyperlink_536" tooltip="Here" display="Here"/>
+    <hyperlink ref="DO24" r:id="rId_hyperlink_537" tooltip="Here" display="Here"/>
+    <hyperlink ref="DP24" r:id="rId_hyperlink_538" tooltip="Here" display="Here"/>
+    <hyperlink ref="DQ24" r:id="rId_hyperlink_539" tooltip="Here" display="Here"/>
+    <hyperlink ref="DR24" r:id="rId_hyperlink_540" tooltip="Here" display="Here"/>
+    <hyperlink ref="DS24" r:id="rId_hyperlink_541" tooltip="Here" display="Here"/>
+    <hyperlink ref="DT24" r:id="rId_hyperlink_542" tooltip="Here" display="Here"/>
+    <hyperlink ref="DU24" r:id="rId_hyperlink_543" tooltip="Here" display="Here"/>
+    <hyperlink ref="DV24" r:id="rId_hyperlink_544" tooltip="Here" display="Here"/>
+    <hyperlink ref="DW24" r:id="rId_hyperlink_545" tooltip="Here" display="Here"/>
+    <hyperlink ref="DX24" r:id="rId_hyperlink_546" tooltip="Here" display="Here"/>
+    <hyperlink ref="DY24" r:id="rId_hyperlink_547" tooltip="Here" display="Here"/>
+    <hyperlink ref="DZ24" r:id="rId_hyperlink_548" tooltip="Here" display="Here"/>
+    <hyperlink ref="EA24" r:id="rId_hyperlink_549" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>