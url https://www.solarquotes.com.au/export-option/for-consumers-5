--- v0 (2025-10-18)
+++ v1 (2026-02-01)
@@ -15,1390 +15,1250 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="311">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
-    <t>Delta Home Series (5kW)</t>
-[...2 lines deleted...]
-    <t>Delta M15A</t>
+    <t>Fronius GEN24 Primo</t>
+  </si>
+  <si>
+    <t>Fronius Primo</t>
+  </si>
+  <si>
+    <t>Fronius Symo</t>
+  </si>
+  <si>
+    <t>Sungrow SGRS Series</t>
+  </si>
+  <si>
+    <t>Sungrow SGRT Series</t>
+  </si>
+  <si>
+    <t>GoodWe DNS G3 Series</t>
+  </si>
+  <si>
+    <t>GoodWe SDT-G2 Series</t>
+  </si>
+  <si>
+    <t>GoodWe MS Series</t>
+  </si>
+  <si>
+    <t>Solis S5 Series (Single phase) 5-6kW</t>
+  </si>
+  <si>
+    <t>Solis S5 Series (Single phase) 7-10kW</t>
+  </si>
+  <si>
+    <t>Solis S6 Series</t>
+  </si>
+  <si>
+    <t>Sigenergy Energy Controller (single-phase)</t>
+  </si>
+  <si>
+    <t>Sigenergy Energy Controller (three-phase)</t>
+  </si>
+  <si>
+    <t>SMA Sunny Boy (5.0-6.0kW)</t>
+  </si>
+  <si>
+    <t>SMA Tripower (5-6 kW)</t>
+  </si>
+  <si>
+    <t>SMA Tripower (8.0-10.0kW)</t>
+  </si>
+  <si>
+    <t>SMA Tripower X (15kW)</t>
+  </si>
+  <si>
+    <t>SolarEdge HD Wave Genesis (5-6kW)</t>
+  </si>
+  <si>
+    <t>SolarEdge HD Wave Genesis (8.25-10kW)</t>
+  </si>
+  <si>
+    <t>SolarEdge Three Phase</t>
+  </si>
+  <si>
+    <t>iStore (Single phase, 5-6kW)</t>
+  </si>
+  <si>
+    <t>iStore (Three phase, 5-6 kW)</t>
+  </si>
+  <si>
+    <t>iStore (Three phase, 10-25 kW)</t>
+  </si>
+  <si>
+    <t>iStore (Single phase, 10kW)</t>
   </si>
   <si>
     <t>Enphase IQ8AC</t>
   </si>
   <si>
     <t>Enphase IQ8HC</t>
   </si>
   <si>
-    <t>Enphase IQ7A</t>
-[...13 lines deleted...]
-  <si>
     <t>GEP 5-10kW (Single phase)</t>
   </si>
   <si>
     <t>GEP 5-15kW (Three phase)</t>
   </si>
   <si>
-    <t>GoodWe DNS G3 Series</t>
-[...64 lines deleted...]
-  <si>
     <t>Manufacturer Logo</t>
   </si>
   <si>
     <t>Product Image</t>
   </si>
   <si>
     <t>Choose model:</t>
-  </si>
-[...22 lines deleted...]
-</t>
   </si>
   <si>
     <t xml:space="preserve">Primo GEN24 5.0
 Primo GEN24 6.0
 Primo GEN24 8.0
 Primo GEN24 10.0
 </t>
   </si>
   <si>
     <t xml:space="preserve">Primo 4.6-1
 Primo 5.0-1 AUS
 Primo 5.0-1
 Primo 6.0-1
 Primo 8.2-1
 </t>
   </si>
   <si>
     <t xml:space="preserve">SYMO 5.0-3-M
 SYMO 6.0-3-M
 SYMO 7.0-3-M
 SYMO 8.2-3-M
 SYMO 10.0-3-M
 SYMO 12.5-3-M
 SYMO 15.0-3-M
 </t>
   </si>
   <si>
-    <t xml:space="preserve">GEP5.0-1C-10
-[...125 lines deleted...]
-  <si>
     <t xml:space="preserve">SG5.0RS-ADA
 SG8.0RS-ADA
 SG10.0RS-ADA
 </t>
   </si>
   <si>
     <t xml:space="preserve">SG5.0RT
 SG6.0RT
 SG7.0RT
 SG8.0RT
 SG10RT
 SG12RT
 SG15RT
 </t>
   </si>
   <si>
+    <t xml:space="preserve">GW3000-DNS-30
+GW5000-DNS-30
+GW6000-DNS-30
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GW5K-DT
+GW6K-DT
+GW8K-DT
+GW10KT-DT
+GW12KT-DT
+GW15KT-DT
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GW5000-MS
+GW6000-MS
+GW8500-MS
+GW10K-MS
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S5-GR1P5K
+S5-GR1P6K
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S5-GR1P7K
+S5-GR1P8K
+S5-GR1P9K
+S5-GR1P10K
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S6-GR1P7K2
+S6-GR1P8K2
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SigenStor EC 5.0 SP
+SigenStor EC 6.0 SP
+SigenStor EC 8.0 SP
+SigenStor EC 10.0 SP
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SigenStor EC 5.0 TP
+SigenStor EC 10.0 TP
+SigenStor EC 15.0 TP
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SB5.0-1AV-41
+SB6.0-1AV-41
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STP5.0-3AV-40
+STP6.0-3AV-40
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STP8.0-3AV-40
+STP10.0-3AV-40
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tripower X15
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE5000H
+SE6000H
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE8250H
+SE10000H
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE5K-AUB
+SE8.25K-AUB
+SE10K-AUB
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IS-HYB-5000-1PH
+IS-HYB-6000-1PH
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IS-HYB-5000-3PH
+IS-HYB-6000-3PH
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IS-HYB-10000-3PH
+IS-HYB-15000-3PH
+IS-HYB-25000-3PH
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IS-HYB-10000-1PH
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IQ8AC-72-M-INT
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IQ8HC-72-M-INT
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GEP5.0-1C-10
+GEP8.5-1-10
+GEP10-1-10
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GEP5.0-3-10
+GEP8-3-AU10
+GEP10-3-AU10
+GEP15-3-10
+</t>
+  </si>
+  <si>
     <t>Price (Approx. AUD price RRP inc. GST)</t>
-  </si>
-[...16 lines deleted...]
-    <t>$205</t>
   </si>
   <si>
     <t>$2300
 $2700
 $3,000
 $3600</t>
   </si>
   <si>
     <t>$2200
 $2356
 $2356
 $2967
 $3034</t>
   </si>
   <si>
     <t>$2500
 $2570
 $3160
 $3560
 $3600
 $4000
 $4100</t>
   </si>
   <si>
-    <t>$1,000
-[...103 lines deleted...]
-  <si>
     <t>$1700
 $2200
 $2300</t>
   </si>
   <si>
     <t>$1780
 $1850
 $1950
 $2100
 $2250
 $2500
 $2600</t>
   </si>
   <si>
+    <t>$880
+$890
+$990</t>
+  </si>
+  <si>
+    <t>$1300
+$1400
+$1500
+$1800
+$1900
+$2100</t>
+  </si>
+  <si>
+    <t>$1100
+$1200
+$1300
+$1430</t>
+  </si>
+  <si>
+    <t>$900
+$1000</t>
+  </si>
+  <si>
+    <t>$1550
+$1650
+$1750
+$1850</t>
+  </si>
+  <si>
+    <t>$1650
+$1850</t>
+  </si>
+  <si>
+    <t>$1770
+$1920
+$3270
+$3500</t>
+  </si>
+  <si>
+    <t>$3000
+$3500
+$4600</t>
+  </si>
+  <si>
+    <t>$1600
+$2000</t>
+  </si>
+  <si>
+    <t>$2500
+$2731</t>
+  </si>
+  <si>
+    <t>$3391
+$3681</t>
+  </si>
+  <si>
+    <t>$5200</t>
+  </si>
+  <si>
+    <t>$1,300
+$1,500</t>
+  </si>
+  <si>
+    <t>$1,500
+$1,600</t>
+  </si>
+  <si>
+    <t>$2,500
+$2,800
+$3,100</t>
+  </si>
+  <si>
+    <t>$1,700
+$1,900</t>
+  </si>
+  <si>
+    <t>$2,000
+$2,200</t>
+  </si>
+  <si>
+    <t>$2,600
+$3,000
+$3,600</t>
+  </si>
+  <si>
+    <t>$2,300</t>
+  </si>
+  <si>
+    <t>$210</t>
+  </si>
+  <si>
+    <t>$230</t>
+  </si>
+  <si>
+    <t>$1,000
+$1,500
+$1,700</t>
+  </si>
+  <si>
+    <t>$1,500
+$1,800
+$2,000
+$2,200</t>
+  </si>
+  <si>
     <t>Nominal AC Power (Inverter size)</t>
-  </si>
-[...16 lines deleted...]
-    <t>315W</t>
   </si>
   <si>
     <t>5000W
 6000W
 8000 W
 10000 W</t>
   </si>
   <si>
     <t>4600W
 4600W
 5000W
 6000W
 8200W</t>
   </si>
   <si>
     <t>5000W
 6000W
 7000W
 8200W
 10000W
 12500W
 15000W</t>
   </si>
   <si>
-    <t>5000 W
-[...91 lines deleted...]
-  <si>
     <t>4999 W
 8000 W
 10000 W</t>
   </si>
   <si>
     <t>5000 W
 6000 W
 7000 W
 8000 W
 10000 W
 12000 W
 15000 W</t>
   </si>
   <si>
+    <t>3000 W
+5000 W
+6000 W</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W
+8000 W
+10000 W
+12000 W
+15000 W</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W
+8500 W
+10000 W</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W</t>
+  </si>
+  <si>
+    <t>7000 W
+8000 W
+9000 W
+10000 W</t>
+  </si>
+  <si>
+    <t>7000 W
+8000 W</t>
+  </si>
+  <si>
+    <t>5000 W
+6000 W
+8000 W
+10000 W</t>
+  </si>
+  <si>
+    <t>5000 W
+10000 W
+15000 W</t>
+  </si>
+  <si>
+    <t>5000 W
+6000W</t>
+  </si>
+  <si>
+    <t>8000 W
+10000 W</t>
+  </si>
+  <si>
+    <t>15000W</t>
+  </si>
+  <si>
+    <t>8250 W
+10000 W</t>
+  </si>
+  <si>
+    <t>5000 W
+8250 W
+10000 W</t>
+  </si>
+  <si>
+    <t>5000W
+6000W</t>
+  </si>
+  <si>
+    <t>9,999 W
+15,000 W
+25,000 W</t>
+  </si>
+  <si>
+    <t>10000W</t>
+  </si>
+  <si>
+    <t>360W</t>
+  </si>
+  <si>
+    <t>380W</t>
+  </si>
+  <si>
+    <t>5000 W
+8500 W
+10000 W</t>
+  </si>
+  <si>
+    <t>5000 W
+8000 W
+10000 W
+15000W</t>
+  </si>
+  <si>
     <t>Max efficiency (PV to grid)</t>
-  </si>
-[...13 lines deleted...]
-    <t>96.5 %</t>
   </si>
   <si>
     <t>97.2%
 97.2%
 97.3%
 97.3%</t>
   </si>
   <si>
     <t>98.1%
 98.1%
 98.1%
 98.1%
 98.1%</t>
   </si>
   <si>
     <t>98%
 98%
 98%
 98%
 98%
 98%
 98%</t>
   </si>
   <si>
-    <t>97.3%
-[...73 lines deleted...]
-  <si>
     <t>97.8%
 97.8%
 97.8%</t>
-  </si>
-[...6 lines deleted...]
-97.7%</t>
   </si>
   <si>
     <t>98.40%
 98.40%
 98.40%
 98.50%
 98.50%
 98.50%
 98.50%</t>
   </si>
   <si>
+    <t>97.9%
+97.8%
+97.8%</t>
+  </si>
+  <si>
+    <t>98.2%
+98.2%
+98.2%
+98.3%
+98.3%
+98.3%</t>
+  </si>
+  <si>
+    <t>97.7%
+97.7%
+97.7%
+97.7%</t>
+  </si>
+  <si>
+    <t>97.6%
+97.6%</t>
+  </si>
+  <si>
+    <t>98.0%
+98.0%
+98.0%
+98.0%</t>
+  </si>
+  <si>
+    <t>97.7%
+97.7%</t>
+  </si>
+  <si>
+    <t>98.0%
+98.0%
+98.0%</t>
+  </si>
+  <si>
+    <t>97.00%
+97.00%</t>
+  </si>
+  <si>
+    <t>98.20%
+98.20%</t>
+  </si>
+  <si>
+    <t>98.30%
+98.30%</t>
+  </si>
+  <si>
+    <t>98.20%</t>
+  </si>
+  <si>
+    <t>99.2%
+99.2%</t>
+  </si>
+  <si>
+    <t>97.5%
+97.5%</t>
+  </si>
+  <si>
+    <t>98.4%
+98.4%
+98.4%</t>
+  </si>
+  <si>
+    <t>97.5%</t>
+  </si>
+  <si>
+    <t>97.3 %</t>
+  </si>
+  <si>
+    <t>97.4 %</t>
+  </si>
+  <si>
+    <t>97.3%
+97.5%
+97.5%</t>
+  </si>
+  <si>
+    <t>97.6%
+97.6%
+97.6%
+97.6%</t>
+  </si>
+  <si>
     <t># of MPPT’s</t>
-  </si>
-[...1 lines deleted...]
-    <t>N/A</t>
   </si>
   <si>
     <t>2
 2
 2
 2</t>
   </si>
   <si>
     <t>2
 2
 2
 2
 2</t>
   </si>
   <si>
     <t>2
 2
 2
 2
 2
 2
 2</t>
   </si>
   <si>
     <t>3
 3
 3</t>
   </si>
   <si>
     <t>2
 2
-3
-[...4 lines deleted...]
-2
 2</t>
   </si>
   <si>
     <t>2
 2
 2
 2
 2
 2</t>
   </si>
   <si>
     <t>3
 3
 3
 3</t>
   </si>
   <si>
-    <t>1
-[...4 lines deleted...]
-  <si>
     <t>2
 2</t>
   </si>
   <si>
     <t>2
 2
 3
 4</t>
   </si>
   <si>
     <t>2
 4
 3</t>
   </si>
   <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>2
+2
+3
+2</t>
+  </si>
+  <si>
     <t>Dimensions</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">212 mm x 175 mm x 30.2 mm </t>
   </si>
   <si>
     <t>530 x 474 x 165 mm
 530 x 474 x 165 mm
 595 x 529 x 180 mm
 595 x 529 x 180 mm</t>
   </si>
   <si>
     <t>645 x 431 x 204 mm
 645 x 431 x 204 mm
 645 x 431 x 204 mm
 645 x 431 x 204 mm
 645 x 431 x 204 mm</t>
   </si>
   <si>
     <t>645 x 431 x 204 mm
 645 x 431 x 204 mm
 645 x 431 x 204 mm
 645 x 431 x 204 mm
 725 x 510 x 225 mm
 725 x 510 x 225 mm
 725 x 510 x 225 mm</t>
   </si>
   <si>
-    <t>511 × 415 × 175 mm
-[...95 lines deleted...]
-  <si>
     <t>490 * 340 * 170 mm
 490 * 340 * 170 mm
 490 * 340 * 170 mm</t>
   </si>
   <si>
     <t>370 * 480 * 195 mm
 370 * 480 * 195 mm
 370 * 480 * 195 mm
 370 * 480 * 195 mm
 370 * 480 * 195 mm
 370 * 480 * 195 mm
 370 * 480 * 195 mm</t>
   </si>
   <si>
+    <t>350 * 410 * 143 mm
+354 * 433 * 147 mm
+354 * 433 * 147 mm</t>
+  </si>
+  <si>
+    <t>354 * 433 * 147 mm
+354 * 433 * 147 mm
+354 * 433 * 155 mm
+354 * 433 * 155 mm
+354 * 433 * 155 mm
+354 * 433 * 155 mm</t>
+  </si>
+  <si>
+    <t>511 * 415 * 175 mm
+511 * 415 * 175 mm
+511 * 415 * 175 mm
+511 * 415 * 175 mm</t>
+  </si>
+  <si>
+    <t>310 * 543 * 160 mm
+310 * 543 * 160 mm</t>
+  </si>
+  <si>
+    <t>333 * 579 * 253 mm
+333 * 579 * 253 mm
+333 * 579 * 253 mm
+333 * 579 * 253 mm</t>
+  </si>
+  <si>
+    <t>310 * 543 * 180 mm
+310 * 543 * 180 mm</t>
+  </si>
+  <si>
+    <t>700 x 300 x 260 mm
+700 x 300 x 260 mm
+700 x 300 x 260 mm
+700 x 300 x 260 mm</t>
+  </si>
+  <si>
+    <t>700 x 300 x 260 mm
+700 x 300 x 260 mm
+700 x 300 x 260 mm</t>
+  </si>
+  <si>
+    <t>435 mm x 470 mm x 176 mm
+435 mm x 470 mm x 176 mm</t>
+  </si>
+  <si>
+    <t>460 mm x 497 mm x 176 mm
+460 mm x 497 mm x 176 mm</t>
+  </si>
+  <si>
+    <t>728 x 762 x 266 mm</t>
+  </si>
+  <si>
+    <t>450 x 370 x 174 mm
+450 x 370 x 174 mm</t>
+  </si>
+  <si>
+    <t>540 x 370 x 185 mm
+540 x 370 x 185 mm</t>
+  </si>
+  <si>
+    <t>775 x 315 x 260 mm
+775 x 315 x 260 mm
+775 x 315 x 260 mm</t>
+  </si>
+  <si>
+    <t>365 x 365 x 156 mm
+365 x 365 x 156 mm</t>
+  </si>
+  <si>
+    <t>546 x 460 x 228 mm
+546 x 460 x 228 mm
+546 x 460 x 228 mm</t>
+  </si>
+  <si>
+    <t>425 x 376.5 x 150 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">212 mm x 175 mm x 30.2 mm </t>
+  </si>
+  <si>
+    <t>511 × 415 × 175 mm
+511 × 415 × 175 mm
+511 × 415 × 175 mm</t>
+  </si>
+  <si>
+    <t>415 × 511 × 175 mm
+415 × 511 × 175 mm
+511 × 415 × 175 mm
+511 × 415 × 175 mm</t>
+  </si>
+  <si>
     <t>Weight</t>
-  </si>
-[...10 lines deleted...]
-    <t>1.08 kg</t>
   </si>
   <si>
     <t>16.6 kg
 16.6 kg
 21 kg
 21 kg</t>
   </si>
   <si>
     <t>21.5 kg
 21.5 kg
 21.5 kg
 21.5 kg
 21.5 kg</t>
   </si>
   <si>
     <t>19.9 kg
 19.9 kg
 21.9 kg
 21.9 kg
 34.8 kg
 34.8 kg
 43.4 kg</t>
   </si>
   <si>
-    <t>22.5 kg
-[...95 lines deleted...]
-  <si>
     <t>19 kg
 19 kg
 19 kg</t>
   </si>
   <si>
     <t>18 kg
 18 kg
 18 kg
 18 kg
 18 kg
 18 kg
 21 kg</t>
   </si>
   <si>
+    <t>12.8 kg
+13 kg
+13.4 kg</t>
+  </si>
+  <si>
+    <t>15 kg
+15 kg
+16 kg
+16 kg
+18 kg
+18 kg</t>
+  </si>
+  <si>
+    <t>22.5 kg
+22.5 kg
+22.5 kg
+22.5 kg</t>
+  </si>
+  <si>
+    <t>12 kg
+12 kg</t>
+  </si>
+  <si>
+    <t>18.5 kg
+18.5 kg
+18.5 kg
+18.5 kg</t>
+  </si>
+  <si>
+    <t>13 kg
+13 kg</t>
+  </si>
+  <si>
+    <t>18 kg
+18 kg
+36 kg
+36 kg</t>
+  </si>
+  <si>
+    <t>18 kg
+18 kg
+36 kg</t>
+  </si>
+  <si>
+    <t>16 kg
+16 kg</t>
+  </si>
+  <si>
+    <t>17 kg
+17 kg</t>
+  </si>
+  <si>
+    <t>20.5 kg
+20.5 kg</t>
+  </si>
+  <si>
+    <t>35 kg</t>
+  </si>
+  <si>
+    <t>11.4 kg
+11.9 kg</t>
+  </si>
+  <si>
+    <t>17.6 kg
+17.6 kg</t>
+  </si>
+  <si>
+    <t>30 kg
+30 kg
+30 kg</t>
+  </si>
+  <si>
+    <t>21 kg
+21 kg
+21 kg</t>
+  </si>
+  <si>
+    <t>15 kg</t>
+  </si>
+  <si>
+    <t>1.1 kg</t>
+  </si>
+  <si>
+    <t>22.5 kg
+22.5 kg
+22.5 kg</t>
+  </si>
+  <si>
+    <t>20.5 kg
+24 kg
+24 kg
+26 kg</t>
+  </si>
+  <si>
     <t>Single phase or three phase?</t>
   </si>
   <si>
     <t>Single phase</t>
   </si>
   <si>
     <t>Three phase</t>
   </si>
   <si>
     <t>IP Rating</t>
   </si>
   <si>
     <t>IP 65</t>
   </si>
   <si>
+    <t>IP65</t>
+  </si>
+  <si>
+    <t>IP 66</t>
+  </si>
+  <si>
     <t>IP 67</t>
   </si>
   <si>
-    <t>IP65</t>
-[...4 lines deleted...]
-  <si>
     <t>Ambient temperature range</t>
   </si>
   <si>
-    <t>-25°C ~ 60°C</t>
+    <t>'-40°C - +55°C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-25 - +60 °C </t>
+  </si>
+  <si>
+    <t xml:space="preserve">-25 ℃ to 60 ℃ </t>
+  </si>
+  <si>
+    <t>-25 ~ +60 deg C</t>
+  </si>
+  <si>
+    <t>-30 ~ +60 deg C</t>
+  </si>
+  <si>
+    <t>-25 ~ +60°C</t>
+  </si>
+  <si>
+    <t>-30 - +60°C</t>
+  </si>
+  <si>
+    <t>−40 °C to +60 °C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-25 °C to +60 °C </t>
   </si>
   <si>
     <t>-40ºC to +65ºC</t>
   </si>
   <si>
-    <t>'-40°C - +55°C</t>
-[...13 lines deleted...]
-  <si>
     <t>-25°C to 60°C</t>
   </si>
   <si>
-    <t>-30 - +60°C</t>
-[...10 lines deleted...]
-  <si>
     <t>Standby consumption</t>
   </si>
   <si>
     <t>&lt; 10 W</t>
   </si>
   <si>
     <t>&lt; 1 W</t>
   </si>
   <si>
     <t>&lt; 5 W</t>
   </si>
   <si>
+    <t>&lt; 3 W</t>
+  </si>
+  <si>
     <t>&lt; 2.5W</t>
   </si>
   <si>
-    <t>&lt; 3 W</t>
-[...1 lines deleted...]
-  <si>
     <t>Network connection</t>
   </si>
   <si>
-    <t>Wi-Fi</t>
-[...2 lines deleted...]
-    <t>RS485 / WiFi</t>
+    <t>Fronius Solar.web, Modbus TCP SunSpec, Fronius Solar API (JSON)</t>
+  </si>
+  <si>
+    <t>WLAN, Ethernet, RS485, DI, DO</t>
+  </si>
+  <si>
+    <t>RS485, WiFi, LAN</t>
+  </si>
+  <si>
+    <t>RS485, Optional: Wi-Fi, GPRS</t>
+  </si>
+  <si>
+    <t>WLAN / Fast Ethernet / RS485 / Sigen CommMod (4G/3G/2G)</t>
+  </si>
+  <si>
+    <t>WLAN, Speedwire / Webconnect</t>
+  </si>
+  <si>
+    <t>WLAN / Ethernet / RS485</t>
+  </si>
+  <si>
+    <t>Modbus (SMA, Sunspec), Webconnect, SMA Data, TS4-R</t>
+  </si>
+  <si>
+    <t>Speedwire / webconnect</t>
+  </si>
+  <si>
+    <t>RS485, Ethernet, Wi-Fi</t>
+  </si>
+  <si>
+    <t>2 x RS485, Ethernet, Wi-Fi(2), ZigBee for Smart Energy (optional)</t>
+  </si>
+  <si>
+    <t>RS485; WLAN/Ethernet via Smart Dongle-WLAN-FE; 4G / 3G / 2G via Smart Dongle-4G (Optional)</t>
   </si>
   <si>
     <t>Power Line Communication (PLC)</t>
   </si>
   <si>
-    <t>Fronius Solar.web, Modbus TCP SunSpec, Fronius Solar API (JSON)</t>
-[...1 lines deleted...]
-  <si>
     <t>Wi-Fi / RS485 / LAN</t>
   </si>
   <si>
-    <t>RS485, WiFi, LAN</t>
-[...34 lines deleted...]
-  <si>
     <t>Warranty</t>
   </si>
   <si>
-    <t>10 years (for units sold after Sep 2 2024), otherwise 5 years</t>
+    <t>5 + 5 years</t>
+  </si>
+  <si>
+    <t>10 years</t>
   </si>
   <si>
     <t>5 years</t>
   </si>
   <si>
+    <t>12 years</t>
+  </si>
+  <si>
+    <t>10 years (+2 years parts warranty for units installed up to July 2025)</t>
+  </si>
+  <si>
     <t>25 years</t>
   </si>
   <si>
-    <t>10 years</t>
-[...10 lines deleted...]
-  <si>
     <t>Screen?</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Built in DC isolator?</t>
   </si>
   <si>
     <t>TBD</t>
   </si>
   <si>
     <t>Cooling (passive/fan)</t>
   </si>
   <si>
+    <t>Fan</t>
+  </si>
+  <si>
     <t>Passive</t>
   </si>
   <si>
-    <t>Fan</t>
+    <t>Passive (Fan on 15kW model)</t>
   </si>
   <si>
     <t>Passive up to 6kW, fan from 6-15kW</t>
   </si>
   <si>
-    <t>Passive (Fan on 15kW model)</t>
-[...1 lines deleted...]
-  <si>
     <t>Noise (db)</t>
   </si>
   <si>
-    <t>20 db(a)</t>
-[...5 lines deleted...]
-    <t>&lt; 25 db</t>
+    <t>&lt; 30 dB</t>
+  </si>
+  <si>
+    <t>&lt; 35 dB</t>
   </si>
   <si>
     <t>25 dB</t>
   </si>
   <si>
     <t>30 dB(A)</t>
   </si>
   <si>
     <t>59 dB(A)</t>
-  </si>
-[...1 lines deleted...]
-    <t>35dB(A)</t>
   </si>
   <si>
     <t>Datasheet Supplied?</t>
   </si>
   <si>
     <t>Warranty Supplied?</t>
   </si>
   <si>
     <t>More information on brand</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1444,51 +1304,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/delta-logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/delta-logo2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-logo3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-logo4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-logo5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-logo6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ge-logo10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ge-logo11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sma-logo22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sma-logo23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sma-logo24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sma-logo25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-logo29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-logo30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-logo31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-132.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-133.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/delta-home34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/delta-m15a35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-iq8ac36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-iq8hc37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-iq7a38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iq7x39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Fronius-gen24-primo40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-primo41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Fronius-Symo42.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/gep-inverter43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/gep-3p-inverter44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-dns-g345.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-sdt-g246.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-ms47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-ns48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-1p49.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-1p50.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-3ph-lrg51.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-1052.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-EC53.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-EC54.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sunnyboy55.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tripower56.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tripower57.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tripower-x58.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-hd-wave59.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-hd-wave60.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SE3phase61.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-s562.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-s563.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-s6-singlephase64.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-SGRS65.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-rt66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-logo3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-logo-15.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-logo8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-logo9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-logo10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-logo11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-logo13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sma-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sma-logo15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sma-logo16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sma-logo17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-logo20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-logo24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-logo25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-logo26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ge-logo27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ge-logo28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Fronius-gen24-primo29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fronius-primo30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/Fronius-Symo31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-SGRS32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sungrow-rt33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-dns-g334.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-sdt-g235.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goodwe-ms36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-s537.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-s538.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solis-s6-singlephase39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-EC40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sigenergy-EC41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sunnyboy42.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tripower43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tripower44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tripower-x45.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-hd-wave46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solaredge-hd-wave47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/SE3phase48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-1p49.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-1p50.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-3ph-lrg51.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/istore-1052.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-iq8ac53.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/enphase-iq8hc54.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/gep-inverter55.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/gep-3p-inverter56.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2291,1175 +2151,875 @@
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>29</xdr:col>
+      <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
-      <xdr:row>2</xdr:row>
-      <xdr:rowOff>1047750</xdr:rowOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPr id="29" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>30</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
-      <xdr:row>2</xdr:row>
-      <xdr:rowOff>1047750</xdr:rowOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPr id="30" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>31</xdr:col>
+      <xdr:col>3</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
-      <xdr:row>2</xdr:row>
-      <xdr:rowOff>1047750</xdr:rowOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPr id="31" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>32</xdr:col>
+      <xdr:col>4</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
-      <xdr:row>2</xdr:row>
-      <xdr:rowOff>1047750</xdr:rowOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPr id="32" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>33</xdr:col>
+      <xdr:col>5</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
-      <xdr:row>2</xdr:row>
-      <xdr:rowOff>1047750</xdr:rowOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="695325"/>
+    <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Manufacturer Logo" descr="Manufacturer Logo"/>
+        <xdr:cNvPr id="33" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>1</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>7</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>3</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>4</xdr:col>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>5</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>6</xdr:col>
+      <xdr:col>11</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>12</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>8</xdr:col>
+      <xdr:col>13</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
+      <xdr:col>14</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>10</xdr:col>
+      <xdr:col>15</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>11</xdr:col>
+      <xdr:col>16</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>12</xdr:col>
+      <xdr:col>17</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>13</xdr:col>
+      <xdr:col>18</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>14</xdr:col>
+      <xdr:col>19</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>20</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>16</xdr:col>
+      <xdr:col>21</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>17</xdr:col>
+      <xdr:col>22</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>18</xdr:col>
+      <xdr:col>23</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>19</xdr:col>
+      <xdr:col>24</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>20</xdr:col>
+      <xdr:col>25</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>21</xdr:col>
+      <xdr:col>26</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
+      <xdr:col>27</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>23</xdr:col>
+      <xdr:col>28</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>481013</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1200150" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="Product Image" descr="Product Image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
-        <a:stretch>
-[...298 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3718,51 +3278,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/delta-home-222.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/Datasheet-M15A_220-20220505.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/enphase-iq8-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/enphase-iq8-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/enphase-IQ7A.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/10/enphase-iq7x.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/fronius-gen24-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/Fronius-Primo-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/Fronius-Symo-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/GEP-5-10kW_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/GEP-5-20kW_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/GW_DNS-G3_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-sdt-g2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/GW_MS_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/GW_NS_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-sunnyboy-3.0-6.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sunny-tripower-3.0-6.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sunny-tripower-8.0-10.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/tripower-x.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/solaredge-hdwave-genesis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/solaredge-hdwave-genesis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/solaredge-threephase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/S5-GR1P3-6K.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Datasheet_S5-GR1P7-10K-AUS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-GR1P7-8K2_AUS_V2.1_2023_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-sgrs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-sgRT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/Warranty-TCS-RPI-V9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/delta-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Enphase-IQ8-Microinverter-Limited-Warranty-AUS-Effective-1-October-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Enphase-IQ8-Microinverter-Limited-Warranty-AUS-Effective-1-October-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/enphase-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/enphase-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/Fronius-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/Fronius-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/delta-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/delta-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/enphase-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/enphase-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/enphase-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/enphase-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/ge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/ge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sma-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sma-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sma-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sma-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-(ningbo-ginlong)-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-(ningbo-ginlong)-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-(ningbo-ginlong)-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/fronius-gen24-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/Fronius-Primo-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/Fronius-Symo-Datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-sgrs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-sgRT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/GW_DNS-G3_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-sdt-g2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/GW_MS_Datasheet-AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/S5-GR1P3-6K.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/Datasheet_S5-GR1P7-10K-AUS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-GR1P7-8K2_AUS_V2.1_2023_04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-sunnyboy-3.0-6.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sunny-tripower-3.0-6.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sunny-tripower-8.0-10.0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/02/tripower-x.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/solaredge-hdwave-genesis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/solaredge-hdwave-genesis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/solaredge-threephase.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/enphase-iq8-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/enphase-iq8-datasheet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/GEP-5-10kW_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/GEP-5-20kW_AU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/Fronius-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/Fronius-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty-aus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty-au.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2020/11/solaredge-warranty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Enphase-IQ8-Microinverter-Limited-Warranty-AUS-Effective-1-October-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Enphase-IQ8-Microinverter-Limited-Warranty-AUS-Effective-1-October-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/wp-content/uploads/2023/06/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/fronius-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sungrow-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/goodwe-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-(ningbo-ginlong)-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-(ningbo-ginlong)-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solis-(ningbo-ginlong)-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sigenergy-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sma-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sma-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sma-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/sma-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/solaredge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/istore-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/enphase-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/enphase-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/ge-review.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/inverters/ge-review.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:ZZ24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="10" max="10" width="39" customWidth="true" style="1"/>
@@ -4535,2331 +4095,1964 @@
       </c>
       <c r="V2" s="1" t="s">
         <v>22</v>
       </c>
       <c r="W2" s="1" t="s">
         <v>23</v>
       </c>
       <c r="X2" s="1" t="s">
         <v>24</v>
       </c>
       <c r="Y2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="Z2" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AA2" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AB2" s="1" t="s">
         <v>28</v>
       </c>
       <c r="AC2" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="AD2" s="1" t="s">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:702" customHeight="1" ht="220">
       <c r="A3" s="1" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1"/>
       <c r="AC3" s="1"/>
-      <c r="AD3" s="1"/>
-[...3 lines deleted...]
-      <c r="AH3" s="1"/>
     </row>
     <row r="4" spans="1:702" customHeight="1" ht="230">
       <c r="A4" s="1" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
       <c r="Z4" s="1"/>
       <c r="AA4" s="1"/>
       <c r="AB4" s="1"/>
       <c r="AC4" s="1"/>
-      <c r="AD4" s="1"/>
-[...3 lines deleted...]
-      <c r="AH4" s="1"/>
     </row>
     <row r="5" spans="1:702">
       <c r="A5" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="H5" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="I5" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="J5" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="K5" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="L5" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H5" s="1" t="s">
+      <c r="M5" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="I5" s="1" t="s">
+      <c r="N5" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="J5" s="1" t="s">
+      <c r="O5" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="K5" s="1" t="s">
+      <c r="P5" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="L5" s="1" t="s">
+      <c r="Q5" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="M5" s="1" t="s">
+      <c r="R5" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="N5" s="1" t="s">
+      <c r="S5" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="O5" s="1" t="s">
+      <c r="T5" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="P5" s="1" t="s">
+      <c r="U5" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="Q5" s="1" t="s">
+      <c r="V5" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="R5" s="1" t="s">
+      <c r="W5" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="S5" s="1" t="s">
+      <c r="X5" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="T5" s="1" t="s">
+      <c r="Y5" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="U5" s="1" t="s">
+      <c r="Z5" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="V5" s="1" t="s">
+      <c r="AA5" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="W5" s="1" t="s">
+      <c r="AB5" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="X5" s="1" t="s">
+      <c r="AC5" s="1" t="s">
         <v>60</v>
-      </c>
-[...28 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:702">
       <c r="A6" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="K6" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="L6" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="M6" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="N6" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="O6" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="F6" s="1" t="s">
+      <c r="P6" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="Q6" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="H6" s="1" t="s">
+      <c r="R6" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="I6" s="1" t="s">
+      <c r="S6" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="J6" s="1" t="s">
+      <c r="T6" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="K6" s="1" t="s">
+      <c r="U6" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="L6" s="1" t="s">
+      <c r="V6" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="M6" s="1" t="s">
+      <c r="W6" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="N6" s="1" t="s">
+      <c r="X6" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="O6" s="1" t="s">
+      <c r="Y6" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="P6" s="1" t="s">
+      <c r="Z6" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="Q6" s="1" t="s">
+      <c r="AA6" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="R6" s="1" t="s">
+      <c r="AB6" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="S6" s="1" t="s">
+      <c r="AC6" s="1" t="s">
         <v>89</v>
-      </c>
-[...43 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="7" spans="1:702">
       <c r="A7" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="K7" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="L7" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="M7" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="N7" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="O7" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="P7" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q7" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="R7" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="S7" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="T7" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="U7" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="V7" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="F7" s="1" t="s">
+      <c r="W7" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="X7" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="Y7" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="H7" s="1" t="s">
+      <c r="Z7" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="I7" s="1" t="s">
+      <c r="AA7" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="J7" s="1" t="s">
+      <c r="AB7" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="K7" s="1" t="s">
+      <c r="AC7" s="1" t="s">
         <v>115</v>
-      </c>
-[...67 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="8" spans="1:702">
       <c r="A8" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="L8" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="M8" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N8" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="O8" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="P8" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q8" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="R8" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="S8" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="T8" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="U8" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="V8" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="W8" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="X8" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="Y8" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="Z8" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="AA8" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="AB8" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="AC8" s="1" t="s">
         <v>140</v>
-      </c>
-[...85 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="9" spans="1:702">
       <c r="A9" s="1" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="B9" s="1">
+        <v>141</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="L9" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="M9" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="N9" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="O9" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="P9" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q9" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="R9" s="1">
         <v>2</v>
       </c>
-      <c r="C9" s="1">
-[...46 lines deleted...]
-      </c>
       <c r="S9" s="1" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="T9" s="1">
+        <v>149</v>
+      </c>
+      <c r="T9" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="U9" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="V9" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="W9" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="X9" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="Y9" s="1">
         <v>3</v>
       </c>
-      <c r="U9" s="1" t="s">
-[...15 lines deleted...]
-        <v>2</v>
+      <c r="Z9" s="1" t="s">
+        <v>152</v>
       </c>
       <c r="AA9" s="1" t="s">
-        <v>175</v>
+        <v>152</v>
       </c>
       <c r="AB9" s="1" t="s">
-        <v>175</v>
+        <v>145</v>
       </c>
       <c r="AC9" s="1" t="s">
-        <v>171</v>
-[...14 lines deleted...]
-        <v>168</v>
+        <v>153</v>
       </c>
     </row>
     <row r="10" spans="1:702">
       <c r="A10" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="L10" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="M10" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="N10" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="O10" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="P10" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q10" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="R10" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="S10" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="T10" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="U10" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="V10" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="W10" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="X10" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="Y10" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="Z10" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="AA10" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="AB10" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="AC10" s="1" t="s">
         <v>179</v>
-      </c>
-[...94 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="11" spans="1:702">
       <c r="A11" s="1" t="s">
-        <v>207</v>
+        <v>180</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>208</v>
+        <v>181</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>209</v>
+        <v>182</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>210</v>
+        <v>183</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>210</v>
+        <v>184</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>211</v>
+        <v>185</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>211</v>
+        <v>186</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>212</v>
+        <v>187</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>213</v>
+        <v>188</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>214</v>
+        <v>189</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>215</v>
+        <v>190</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>216</v>
+        <v>191</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>217</v>
+        <v>192</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>218</v>
+        <v>193</v>
       </c>
       <c r="O11" s="1" t="s">
-        <v>219</v>
+        <v>194</v>
       </c>
       <c r="P11" s="1" t="s">
-        <v>220</v>
+        <v>195</v>
       </c>
       <c r="Q11" s="1" t="s">
-        <v>221</v>
+        <v>196</v>
       </c>
       <c r="R11" s="1" t="s">
-        <v>221</v>
+        <v>197</v>
       </c>
       <c r="S11" s="1" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="T11" s="1" t="s">
-        <v>223</v>
+        <v>199</v>
       </c>
       <c r="U11" s="1" t="s">
-        <v>224</v>
+        <v>200</v>
       </c>
       <c r="V11" s="1" t="s">
-        <v>225</v>
+        <v>189</v>
       </c>
       <c r="W11" s="1" t="s">
-        <v>226</v>
+        <v>189</v>
       </c>
       <c r="X11" s="1" t="s">
-        <v>227</v>
+        <v>201</v>
       </c>
       <c r="Y11" s="1" t="s">
-        <v>228</v>
+        <v>202</v>
       </c>
       <c r="Z11" s="1" t="s">
-        <v>229</v>
+        <v>203</v>
       </c>
       <c r="AA11" s="1" t="s">
-        <v>230</v>
+        <v>203</v>
       </c>
       <c r="AB11" s="1" t="s">
-        <v>231</v>
+        <v>204</v>
       </c>
       <c r="AC11" s="1" t="s">
-        <v>232</v>
-[...14 lines deleted...]
-        <v>236</v>
+        <v>205</v>
       </c>
     </row>
     <row r="12" spans="1:702">
       <c r="A12" s="1" t="s">
-        <v>237</v>
+        <v>206</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>238</v>
+        <v>207</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>239</v>
+        <v>207</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>165</v>
+        <v>208</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>165</v>
+        <v>207</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>165</v>
+        <v>208</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>165</v>
+        <v>207</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>238</v>
+        <v>208</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>238</v>
+        <v>207</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>239</v>
+        <v>207</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>238</v>
+        <v>207</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>239</v>
+        <v>207</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>238</v>
+        <v>207</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>239</v>
+        <v>208</v>
       </c>
       <c r="O12" s="1" t="s">
-        <v>238</v>
+        <v>207</v>
       </c>
       <c r="P12" s="1" t="s">
-        <v>238</v>
+        <v>208</v>
       </c>
       <c r="Q12" s="1" t="s">
-        <v>238</v>
+        <v>208</v>
       </c>
       <c r="R12" s="1" t="s">
-        <v>239</v>
+        <v>208</v>
       </c>
       <c r="S12" s="1" t="s">
-        <v>239</v>
+        <v>207</v>
       </c>
       <c r="T12" s="1" t="s">
-        <v>238</v>
+        <v>207</v>
       </c>
       <c r="U12" s="1" t="s">
-        <v>238</v>
+        <v>208</v>
       </c>
       <c r="V12" s="1" t="s">
-        <v>239</v>
+        <v>207</v>
       </c>
       <c r="W12" s="1" t="s">
-        <v>238</v>
+        <v>208</v>
       </c>
       <c r="X12" s="1" t="s">
-        <v>239</v>
+        <v>208</v>
       </c>
       <c r="Y12" s="1" t="s">
-        <v>239</v>
+        <v>207</v>
       </c>
       <c r="Z12" s="1" t="s">
-        <v>239</v>
+        <v>152</v>
       </c>
       <c r="AA12" s="1" t="s">
-        <v>238</v>
+        <v>152</v>
       </c>
       <c r="AB12" s="1" t="s">
-        <v>238</v>
+        <v>207</v>
       </c>
       <c r="AC12" s="1" t="s">
-        <v>239</v>
-[...14 lines deleted...]
-        <v>239</v>
+        <v>208</v>
       </c>
     </row>
     <row r="13" spans="1:702">
       <c r="A13" s="1" t="s">
-        <v>240</v>
+        <v>209</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>241</v>
+        <v>210</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>241</v>
+        <v>210</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>242</v>
+        <v>210</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>242</v>
+        <v>210</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>242</v>
+        <v>210</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>242</v>
+        <v>211</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>241</v>
+        <v>211</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>241</v>
+        <v>211</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>241</v>
+        <v>210</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>241</v>
+        <v>212</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>241</v>
+        <v>212</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>243</v>
+        <v>212</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>243</v>
+        <v>212</v>
       </c>
       <c r="O13" s="1" t="s">
-        <v>243</v>
+        <v>211</v>
       </c>
       <c r="P13" s="1" t="s">
-        <v>243</v>
+        <v>211</v>
       </c>
       <c r="Q13" s="1" t="s">
-        <v>241</v>
+        <v>211</v>
       </c>
       <c r="R13" s="1" t="s">
-        <v>241</v>
+        <v>211</v>
       </c>
       <c r="S13" s="1" t="s">
-        <v>244</v>
+        <v>210</v>
       </c>
       <c r="T13" s="1" t="s">
-        <v>244</v>
+        <v>210</v>
       </c>
       <c r="U13" s="1" t="s">
-        <v>244</v>
+        <v>210</v>
       </c>
       <c r="V13" s="1" t="s">
-        <v>244</v>
+        <v>210</v>
       </c>
       <c r="W13" s="1" t="s">
-        <v>243</v>
+        <v>210</v>
       </c>
       <c r="X13" s="1" t="s">
-        <v>243</v>
+        <v>212</v>
       </c>
       <c r="Y13" s="1" t="s">
-        <v>243</v>
+        <v>212</v>
       </c>
       <c r="Z13" s="1" t="s">
-        <v>243</v>
+        <v>213</v>
       </c>
       <c r="AA13" s="1" t="s">
-        <v>241</v>
+        <v>213</v>
       </c>
       <c r="AB13" s="1" t="s">
-        <v>241</v>
+        <v>210</v>
       </c>
       <c r="AC13" s="1" t="s">
-        <v>241</v>
-[...14 lines deleted...]
-        <v>241</v>
+        <v>210</v>
       </c>
     </row>
     <row r="14" spans="1:702">
       <c r="A14" s="1" t="s">
-        <v>245</v>
+        <v>214</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>246</v>
+        <v>215</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>246</v>
+        <v>215</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>247</v>
+        <v>216</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>247</v>
+        <v>217</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>247</v>
+        <v>217</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>247</v>
+        <v>218</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>248</v>
+        <v>219</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>248</v>
+        <v>218</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>249</v>
+        <v>220</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>250</v>
+        <v>220</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>250</v>
+        <v>220</v>
       </c>
       <c r="M14" s="1" t="s">
-        <v>251</v>
+        <v>221</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>252</v>
+        <v>221</v>
       </c>
       <c r="O14" s="1" t="s">
-        <v>251</v>
+        <v>222</v>
       </c>
       <c r="P14" s="1" t="s">
-        <v>251</v>
+        <v>223</v>
       </c>
       <c r="Q14" s="1" t="s">
-        <v>253</v>
+        <v>223</v>
       </c>
       <c r="R14" s="1" t="s">
-        <v>253</v>
+        <v>223</v>
       </c>
       <c r="S14" s="1" t="s">
-        <v>253</v>
+        <v>224</v>
       </c>
       <c r="T14" s="1" t="s">
-        <v>253</v>
+        <v>224</v>
       </c>
       <c r="U14" s="1" t="s">
-        <v>254</v>
+        <v>224</v>
       </c>
       <c r="V14" s="1" t="s">
-        <v>254</v>
+        <v>225</v>
       </c>
       <c r="W14" s="1" t="s">
-        <v>255</v>
+        <v>225</v>
       </c>
       <c r="X14" s="1" t="s">
-        <v>256</v>
+        <v>225</v>
       </c>
       <c r="Y14" s="1" t="s">
-        <v>256</v>
+        <v>225</v>
       </c>
       <c r="Z14" s="1" t="s">
-        <v>256</v>
+        <v>224</v>
       </c>
       <c r="AA14" s="1" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="AB14" s="1" t="s">
-        <v>247</v>
+        <v>220</v>
       </c>
       <c r="AC14" s="1" t="s">
-        <v>247</v>
-[...14 lines deleted...]
-        <v>257</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:702">
       <c r="A15" s="1" t="s">
-        <v>258</v>
-[...26 lines deleted...]
-        <v>263</v>
+        <v>226</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="V15" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="W15" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="X15" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="Y15" s="1" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="16" spans="1:702">
       <c r="A16" s="1" t="s">
-        <v>264</v>
+        <v>232</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>265</v>
+        <v>233</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>266</v>
+        <v>233</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>267</v>
+        <v>234</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>267</v>
+        <v>234</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>268</v>
+        <v>235</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>268</v>
+        <v>235</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>268</v>
+        <v>236</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>269</v>
+        <v>236</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>269</v>
+        <v>236</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>270</v>
+        <v>237</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>270</v>
+        <v>237</v>
       </c>
       <c r="O16" s="1" t="s">
-        <v>270</v>
+        <v>238</v>
       </c>
       <c r="P16" s="1" t="s">
-        <v>271</v>
+        <v>239</v>
       </c>
       <c r="Q16" s="1" t="s">
-        <v>272</v>
+        <v>240</v>
       </c>
       <c r="R16" s="1" t="s">
-        <v>272</v>
+        <v>241</v>
       </c>
       <c r="S16" s="1" t="s">
-        <v>272</v>
+        <v>242</v>
       </c>
       <c r="T16" s="1" t="s">
-        <v>272</v>
+        <v>242</v>
       </c>
       <c r="U16" s="1" t="s">
-        <v>273</v>
+        <v>243</v>
       </c>
       <c r="V16" s="1" t="s">
-        <v>273</v>
+        <v>244</v>
       </c>
       <c r="W16" s="1" t="s">
-        <v>274</v>
+        <v>244</v>
       </c>
       <c r="X16" s="1" t="s">
-        <v>275</v>
+        <v>244</v>
       </c>
       <c r="Y16" s="1" t="s">
-        <v>276</v>
+        <v>244</v>
       </c>
       <c r="Z16" s="1" t="s">
-        <v>277</v>
+        <v>245</v>
       </c>
       <c r="AA16" s="1" t="s">
-        <v>278</v>
+        <v>245</v>
       </c>
       <c r="AB16" s="1" t="s">
-        <v>278</v>
+        <v>246</v>
       </c>
       <c r="AC16" s="1" t="s">
-        <v>279</v>
-[...14 lines deleted...]
-        <v>281</v>
+        <v>246</v>
       </c>
     </row>
     <row r="17" spans="1:702">
       <c r="A17" s="1" t="s">
-        <v>282</v>
+        <v>247</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>283</v>
+        <v>248</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>284</v>
+        <v>248</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>285</v>
+        <v>248</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>285</v>
+        <v>249</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>286</v>
+        <v>249</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>286</v>
+        <v>249</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>287</v>
+        <v>249</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>287</v>
+        <v>249</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>287</v>
+        <v>249</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>284</v>
+        <v>249</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>284</v>
+        <v>249</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>286</v>
+        <v>249</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>286</v>
+        <v>249</v>
       </c>
       <c r="O17" s="1" t="s">
-        <v>286</v>
+        <v>248</v>
       </c>
       <c r="P17" s="1" t="s">
-        <v>286</v>
+        <v>248</v>
       </c>
       <c r="Q17" s="1" t="s">
-        <v>288</v>
+        <v>248</v>
       </c>
       <c r="R17" s="1" t="s">
-        <v>288</v>
+        <v>250</v>
       </c>
       <c r="S17" s="1" t="s">
-        <v>288</v>
+        <v>251</v>
       </c>
       <c r="T17" s="1" t="s">
-        <v>288</v>
+        <v>251</v>
       </c>
       <c r="U17" s="1" t="s">
-        <v>286</v>
+        <v>251</v>
       </c>
       <c r="V17" s="1" t="s">
-        <v>286</v>
+        <v>252</v>
       </c>
       <c r="W17" s="1" t="s">
-        <v>287</v>
+        <v>252</v>
       </c>
       <c r="X17" s="1" t="s">
-        <v>287</v>
+        <v>252</v>
       </c>
       <c r="Y17" s="1" t="s">
-        <v>287</v>
+        <v>252</v>
       </c>
       <c r="Z17" s="1" t="s">
-        <v>284</v>
+        <v>253</v>
       </c>
       <c r="AA17" s="1" t="s">
-        <v>289</v>
+        <v>253</v>
       </c>
       <c r="AB17" s="1" t="s">
-        <v>289</v>
+        <v>250</v>
       </c>
       <c r="AC17" s="1" t="s">
-        <v>289</v>
-[...14 lines deleted...]
-        <v>286</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:702">
       <c r="A18" s="1" t="s">
-        <v>290</v>
+        <v>254</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>291</v>
+        <v>256</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>291</v>
+        <v>256</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>291</v>
+        <v>256</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>291</v>
+        <v>256</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>292</v>
+        <v>255</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>292</v>
+        <v>255</v>
       </c>
       <c r="O18" s="1" t="s">
-        <v>292</v>
+        <v>255</v>
       </c>
       <c r="P18" s="1" t="s">
-        <v>292</v>
+        <v>255</v>
       </c>
       <c r="Q18" s="1" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="R18" s="1" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="S18" s="1" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="T18" s="1" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="U18" s="1" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="V18" s="1" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="W18" s="1" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="X18" s="1" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="Y18" s="1" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="Z18" s="1" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="AA18" s="1" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="AB18" s="1" t="s">
-        <v>291</v>
+        <v>256</v>
       </c>
       <c r="AC18" s="1" t="s">
-        <v>291</v>
-[...14 lines deleted...]
-        <v>291</v>
+        <v>256</v>
       </c>
     </row>
     <row r="19" spans="1:702">
       <c r="A19" s="1" t="s">
-        <v>293</v>
+        <v>257</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>165</v>
+        <v>256</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>165</v>
+        <v>256</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>165</v>
+        <v>256</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>165</v>
+        <v>256</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>292</v>
+        <v>258</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>294</v>
+        <v>256</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>294</v>
+        <v>256</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>294</v>
+        <v>256</v>
       </c>
       <c r="O19" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="P19" s="1" t="s">
-        <v>291</v>
+        <v>258</v>
       </c>
       <c r="Q19" s="1" t="s">
-        <v>292</v>
+        <v>258</v>
       </c>
       <c r="R19" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="S19" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="T19" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="U19" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="V19" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="W19" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="X19" s="1" t="s">
-        <v>294</v>
+        <v>256</v>
       </c>
       <c r="Y19" s="1" t="s">
-        <v>294</v>
+        <v>256</v>
       </c>
       <c r="Z19" s="1" t="s">
-        <v>292</v>
+        <v>152</v>
       </c>
       <c r="AA19" s="1" t="s">
-        <v>292</v>
+        <v>152</v>
       </c>
       <c r="AB19" s="1" t="s">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="AC19" s="1" t="s">
-        <v>292</v>
-[...14 lines deleted...]
-        <v>292</v>
+        <v>258</v>
       </c>
     </row>
     <row r="20" spans="1:702">
       <c r="A20" s="1" t="s">
-        <v>295</v>
+        <v>259</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>296</v>
+        <v>260</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>296</v>
+        <v>260</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>296</v>
+        <v>260</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>296</v>
+        <v>262</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>297</v>
+        <v>263</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>297</v>
+        <v>261</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>297</v>
+        <v>261</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="L20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="M20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>298</v>
+        <v>261</v>
       </c>
       <c r="O20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="P20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="Q20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="R20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="S20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="T20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="U20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="V20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="W20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="X20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="Y20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="Z20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="AA20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="AB20" s="1" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="AC20" s="1" t="s">
-        <v>296</v>
-[...14 lines deleted...]
-        <v>299</v>
+        <v>261</v>
       </c>
     </row>
     <row r="21" spans="1:702">
       <c r="A21" s="1" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>264</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>302</v>
+        <v>258</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>294</v>
+        <v>258</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>294</v>
+        <v>265</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>294</v>
-[...8 lines deleted...]
-        <v>294</v>
+        <v>266</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>294</v>
+        <v>265</v>
       </c>
       <c r="K21" s="1" t="s">
-        <v>294</v>
+        <v>265</v>
       </c>
       <c r="L21" s="1" t="s">
-        <v>294</v>
+        <v>265</v>
+      </c>
+      <c r="O21" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="P21" s="1" t="s">
+        <v>268</v>
       </c>
       <c r="Q21" s="1" t="s">
-        <v>303</v>
+        <v>268</v>
       </c>
       <c r="R21" s="1" t="s">
-        <v>303</v>
-[...38 lines deleted...]
-        <v>307</v>
+        <v>269</v>
+      </c>
+      <c r="AC21" s="1" t="s">
+        <v>258</v>
       </c>
     </row>
     <row r="22" spans="1:702">
       <c r="A22" s="1" t="s">
-        <v>308</v>
+        <v>270</v>
       </c>
       <c r="B22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/delta-home-222.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/fronius-gen24-datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="C22" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/Datasheet-M15A_220-20220505.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/Fronius-Primo-Datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="D22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/Fronius-Symo-Datasheet.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="E22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-sgrs.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="F22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-sgRT.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="G22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/GW_DNS-G3_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="H22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-sdt-g2.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="I22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/GW_MS_Datasheet-AU.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="J22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/S5-GR1P3-6K.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="K22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/Datasheet_S5-GR1P7-10K-AUS.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="L22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/Solis_datasheet_S6-GR1P7-8K2_AUS_V2.1_2023_04.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="M22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-SP.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="N22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/Datasheet-SigenStor-EC-TP.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="O22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-sunnyboy-3.0-6.0.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="P22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sunny-tripower-3.0-6.0.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Q22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sunny-tripower-8.0-10.0.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="R22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/02/tripower-x.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/solaredge-hdwave-genesis.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/solaredge-hdwave-genesis.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/solaredge-threephase.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="V22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/11/inverter-istore-1ph_2024-FEB24.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="W22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/inverter-istore-3ph-feb24-v2.1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="X22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10-15-25-3p-Sept24.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Y22" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/11/inverter-istore-10k-tech-specs.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Z22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/enphase-iq8-datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="E22" s="2" t="str">
+      <c r="AA22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/enphase-iq8-datasheet.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="F22" s="2" t="str">
-[...19 lines deleted...]
-      <c r="K22" s="2" t="str">
+      <c r="AB22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/GEP-5-10kW_AU.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="L22" s="2" t="str">
+      <c r="AC22" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/GEP-5-20kW_AU.pdf","Yes")</f>
-        <v>Yes</v>
-[...86 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-sgRT.pdf","Yes")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="23" spans="1:702">
       <c r="A23" s="1" t="s">
-        <v>309</v>
+        <v>271</v>
       </c>
       <c r="B23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/Warranty-TCS-RPI-V9.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/fronius-warranty-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="C23" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/delta-warranty.pdf","Yes")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/Fronius-warranty.pdf","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="D23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/Fronius-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="E23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/sungrow-warranty-v3.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="F23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty-aus.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="G23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/GOODWE-Limited-Warranty-for-Inverter-System-AUNZ.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="H23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="I23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/goodwe-warranty-au.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="J23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="K23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="L23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/01/WARRANTY-TERMS-AND-CONDITIONS-FOR-AUSNZ-ONLY_20240802.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="M23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="N23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2025/03/sigenergy-inverter-warranty-25.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="O23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="P23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Q23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="R23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sma-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="S23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solaredge-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="T23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solaredge-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="U23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2020/11/solaredge-warranty.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="V23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="W23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="X23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Y23" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2024/08/istore-pv-products-warranty-oct24-1.pdf","Yes")</f>
+        <v>Yes</v>
+      </c>
+      <c r="Z23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/Enphase-IQ8-Microinverter-Limited-Warranty-AUS-Effective-1-October-2024.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="E23" s="2" t="str">
+      <c r="AA23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/Enphase-IQ8-Microinverter-Limited-Warranty-AUS-Effective-1-October-2024.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="F23" s="2" t="str">
-[...19 lines deleted...]
-      <c r="K23" s="2" t="str">
+      <c r="AB23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.8.pdf","Yes")</f>
         <v>Yes</v>
       </c>
-      <c r="L23" s="2" t="str">
+      <c r="AC23" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2023/06/Limited-Warranty-for-GE-Solar-Inverter-in-Australia-Rev-2.8.pdf","Yes")</f>
-        <v>Yes</v>
-[...86 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/wp-content/uploads/2021/01/sungrow-warranty-aus.pdf","Yes")</f>
         <v>Yes</v>
       </c>
     </row>
     <row r="24" spans="1:702">
       <c r="A24" s="1" t="s">
-        <v>310</v>
+        <v>272</v>
       </c>
       <c r="B24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/delta-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="C24" s="2" t="str">
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/delta-review.html","Here")</f>
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fronius-review.html","Here")</f>
         <v>Here</v>
       </c>
       <c r="D24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/fronius-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="E24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="F24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="G24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="H24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="I24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/goodwe-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="J24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solis-(ningbo-ginlong)-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="K24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solis-(ningbo-ginlong)-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="L24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solis-(ningbo-ginlong)-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="M24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sigenergy-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="N24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sigenergy-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="O24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sma-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="P24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sma-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="Q24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sma-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="R24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sma-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="S24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solaredge-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="T24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solaredge-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="U24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/solaredge-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="V24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="W24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="X24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="Y24" s="2" t="str">
+        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/istore-review.html","Here")</f>
+        <v>Here</v>
+      </c>
+      <c r="Z24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/enphase-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="E24" s="2" t="str">
+      <c r="AA24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/enphase-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="F24" s="2" t="str">
-[...19 lines deleted...]
-      <c r="K24" s="2" t="str">
+      <c r="AB24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/ge-review.html","Here")</f>
         <v>Here</v>
       </c>
-      <c r="L24" s="2" t="str">
+      <c r="AC24" s="2" t="str">
         <f>HYPERLINK("https://www.solarquotes.com.au/inverters/ge-review.html","Here")</f>
-        <v>Here</v>
-[...86 lines deleted...]
-        <f>HYPERLINK("https://www.solarquotes.com.au/inverters/sungrow-review.html","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_2" tooltip="Yes" display="Yes"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_3" tooltip="Yes" display="Yes"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_4" tooltip="Yes" display="Yes"/>
     <hyperlink ref="E22" r:id="rId_hyperlink_5" tooltip="Yes" display="Yes"/>
     <hyperlink ref="F22" r:id="rId_hyperlink_6" tooltip="Yes" display="Yes"/>
     <hyperlink ref="G22" r:id="rId_hyperlink_7" tooltip="Yes" display="Yes"/>
     <hyperlink ref="H22" r:id="rId_hyperlink_8" tooltip="Yes" display="Yes"/>
     <hyperlink ref="I22" r:id="rId_hyperlink_9" tooltip="Yes" display="Yes"/>
     <hyperlink ref="J22" r:id="rId_hyperlink_10" tooltip="Yes" display="Yes"/>
     <hyperlink ref="K22" r:id="rId_hyperlink_11" tooltip="Yes" display="Yes"/>
     <hyperlink ref="L22" r:id="rId_hyperlink_12" tooltip="Yes" display="Yes"/>
     <hyperlink ref="M22" r:id="rId_hyperlink_13" tooltip="Yes" display="Yes"/>
     <hyperlink ref="N22" r:id="rId_hyperlink_14" tooltip="Yes" display="Yes"/>
     <hyperlink ref="O22" r:id="rId_hyperlink_15" tooltip="Yes" display="Yes"/>
     <hyperlink ref="P22" r:id="rId_hyperlink_16" tooltip="Yes" display="Yes"/>
     <hyperlink ref="Q22" r:id="rId_hyperlink_17" tooltip="Yes" display="Yes"/>
     <hyperlink ref="R22" r:id="rId_hyperlink_18" tooltip="Yes" display="Yes"/>
     <hyperlink ref="S22" r:id="rId_hyperlink_19" tooltip="Yes" display="Yes"/>
     <hyperlink ref="T22" r:id="rId_hyperlink_20" tooltip="Yes" display="Yes"/>
     <hyperlink ref="U22" r:id="rId_hyperlink_21" tooltip="Yes" display="Yes"/>
     <hyperlink ref="V22" r:id="rId_hyperlink_22" tooltip="Yes" display="Yes"/>
     <hyperlink ref="W22" r:id="rId_hyperlink_23" tooltip="Yes" display="Yes"/>
     <hyperlink ref="X22" r:id="rId_hyperlink_24" tooltip="Yes" display="Yes"/>
     <hyperlink ref="Y22" r:id="rId_hyperlink_25" tooltip="Yes" display="Yes"/>
     <hyperlink ref="Z22" r:id="rId_hyperlink_26" tooltip="Yes" display="Yes"/>
     <hyperlink ref="AA22" r:id="rId_hyperlink_27" tooltip="Yes" display="Yes"/>
     <hyperlink ref="AB22" r:id="rId_hyperlink_28" tooltip="Yes" display="Yes"/>
     <hyperlink ref="AC22" r:id="rId_hyperlink_29" tooltip="Yes" display="Yes"/>
-    <hyperlink ref="AD22" r:id="rId_hyperlink_30" tooltip="Yes" display="Yes"/>
-[...69 lines deleted...]
-    <hyperlink ref="AH24" r:id="rId_hyperlink_100" tooltip="Here" display="Here"/>
+    <hyperlink ref="B23" r:id="rId_hyperlink_30" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="C23" r:id="rId_hyperlink_31" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="D23" r:id="rId_hyperlink_32" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="E23" r:id="rId_hyperlink_33" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="F23" r:id="rId_hyperlink_34" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="G23" r:id="rId_hyperlink_35" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="H23" r:id="rId_hyperlink_36" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="I23" r:id="rId_hyperlink_37" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="J23" r:id="rId_hyperlink_38" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="K23" r:id="rId_hyperlink_39" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="L23" r:id="rId_hyperlink_40" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="M23" r:id="rId_hyperlink_41" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="N23" r:id="rId_hyperlink_42" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="O23" r:id="rId_hyperlink_43" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="P23" r:id="rId_hyperlink_44" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Q23" r:id="rId_hyperlink_45" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="R23" r:id="rId_hyperlink_46" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="S23" r:id="rId_hyperlink_47" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="T23" r:id="rId_hyperlink_48" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="U23" r:id="rId_hyperlink_49" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="V23" r:id="rId_hyperlink_50" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="W23" r:id="rId_hyperlink_51" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="X23" r:id="rId_hyperlink_52" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Y23" r:id="rId_hyperlink_53" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="Z23" r:id="rId_hyperlink_54" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AA23" r:id="rId_hyperlink_55" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AB23" r:id="rId_hyperlink_56" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="AC23" r:id="rId_hyperlink_57" tooltip="Yes" display="Yes"/>
+    <hyperlink ref="B24" r:id="rId_hyperlink_58" tooltip="Here" display="Here"/>
+    <hyperlink ref="C24" r:id="rId_hyperlink_59" tooltip="Here" display="Here"/>
+    <hyperlink ref="D24" r:id="rId_hyperlink_60" tooltip="Here" display="Here"/>
+    <hyperlink ref="E24" r:id="rId_hyperlink_61" tooltip="Here" display="Here"/>
+    <hyperlink ref="F24" r:id="rId_hyperlink_62" tooltip="Here" display="Here"/>
+    <hyperlink ref="G24" r:id="rId_hyperlink_63" tooltip="Here" display="Here"/>
+    <hyperlink ref="H24" r:id="rId_hyperlink_64" tooltip="Here" display="Here"/>
+    <hyperlink ref="I24" r:id="rId_hyperlink_65" tooltip="Here" display="Here"/>
+    <hyperlink ref="J24" r:id="rId_hyperlink_66" tooltip="Here" display="Here"/>
+    <hyperlink ref="K24" r:id="rId_hyperlink_67" tooltip="Here" display="Here"/>
+    <hyperlink ref="L24" r:id="rId_hyperlink_68" tooltip="Here" display="Here"/>
+    <hyperlink ref="M24" r:id="rId_hyperlink_69" tooltip="Here" display="Here"/>
+    <hyperlink ref="N24" r:id="rId_hyperlink_70" tooltip="Here" display="Here"/>
+    <hyperlink ref="O24" r:id="rId_hyperlink_71" tooltip="Here" display="Here"/>
+    <hyperlink ref="P24" r:id="rId_hyperlink_72" tooltip="Here" display="Here"/>
+    <hyperlink ref="Q24" r:id="rId_hyperlink_73" tooltip="Here" display="Here"/>
+    <hyperlink ref="R24" r:id="rId_hyperlink_74" tooltip="Here" display="Here"/>
+    <hyperlink ref="S24" r:id="rId_hyperlink_75" tooltip="Here" display="Here"/>
+    <hyperlink ref="T24" r:id="rId_hyperlink_76" tooltip="Here" display="Here"/>
+    <hyperlink ref="U24" r:id="rId_hyperlink_77" tooltip="Here" display="Here"/>
+    <hyperlink ref="V24" r:id="rId_hyperlink_78" tooltip="Here" display="Here"/>
+    <hyperlink ref="W24" r:id="rId_hyperlink_79" tooltip="Here" display="Here"/>
+    <hyperlink ref="X24" r:id="rId_hyperlink_80" tooltip="Here" display="Here"/>
+    <hyperlink ref="Y24" r:id="rId_hyperlink_81" tooltip="Here" display="Here"/>
+    <hyperlink ref="Z24" r:id="rId_hyperlink_82" tooltip="Here" display="Here"/>
+    <hyperlink ref="AA24" r:id="rId_hyperlink_83" tooltip="Here" display="Here"/>
+    <hyperlink ref="AB24" r:id="rId_hyperlink_84" tooltip="Here" display="Here"/>
+    <hyperlink ref="AC24" r:id="rId_hyperlink_85" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>