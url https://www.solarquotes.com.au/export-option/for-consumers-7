--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -14,177 +14,168 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>VPP Provider</t>
   </si>
   <si>
     <t>Amber for batteries</t>
   </si>
   <si>
     <t>Origin Loop Virtual Power Plant</t>
   </si>
   <si>
     <t>AGL Bring Your Own Battery</t>
   </si>
   <si>
     <t>ENGIE VPP Advantage</t>
   </si>
   <si>
     <t>Tesla Energy Plan/Energy Locals</t>
   </si>
   <si>
-    <t>Powershop Virtual Power Plant</t>
-[...1 lines deleted...]
-  <si>
     <t>Synergy Battery Rewards</t>
   </si>
   <si>
     <t>ShineHub</t>
   </si>
   <si>
     <t>Diamond Energy WATTBANK VPP</t>
   </si>
   <si>
     <t>SolarHub VPP</t>
   </si>
   <si>
     <t>Globird ZEROHERO</t>
   </si>
   <si>
     <t>Reposit No bill</t>
   </si>
   <si>
     <t>South Australias Virtual Power Plant</t>
   </si>
   <si>
     <t>Plico Energy VPP</t>
   </si>
   <si>
     <t>LAVO EAAS by Diamond Energy</t>
   </si>
   <si>
     <t>NRN VPP by Diamond Energy</t>
   </si>
   <si>
     <t>Battery Ease by EnergyAustralia</t>
   </si>
   <si>
     <t>Provider Logo</t>
   </si>
   <si>
     <t>Batteries approved for use</t>
   </si>
   <si>
     <t>Sungrow, Tesla, AlphaESS, Sigenergy, GoodWe, SolaX, Eveready, HIVE, Goanna, LG Chem, GivEnergy</t>
   </si>
   <si>
     <t>Tesla, LG, SolarEdge</t>
   </si>
   <si>
     <t>Alpha, Sungrow, Sigenergy, Empower, Tesla Powerwall 2 and Powerwall 3</t>
   </si>
   <si>
     <t>Tesla Powerwall only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Alpha-ESS, Energizer, Eveready, Hive, Huawei, LG, Redback, SolarEdge, SolaX, Sungrow, Tesla</t>
   </si>
   <si>
     <t>TBD</t>
   </si>
   <si>
     <t>Hinen</t>
   </si>
   <si>
     <t>Goodwe, Sungrow, LG, Alpha-ESS, Growatt</t>
   </si>
   <si>
     <t xml:space="preserve">LG Chem RESU "HV", Tesla Powerwall, SolarEdge, SolaX </t>
   </si>
   <si>
     <t>AlphaESS, Redback, SunGrow, SolaX, Sigenergy, SAJ, Solis_Dyeness, Ecactus</t>
   </si>
   <si>
     <t>SolaX Triple Power</t>
   </si>
   <si>
     <t>Tesla</t>
   </si>
   <si>
     <t>Alpha ESS, Redback Technologies, more to come</t>
   </si>
   <si>
     <t>LAVO</t>
   </si>
   <si>
     <t>Sungrow</t>
   </si>
   <si>
     <t>Alpha ESS, Ambrion, Eveready, GivEnergy, Goodwe, Growatt, Hive, LG Energy Solution, Redback, Sigenergy, Solaredge, Sungrow, Sunpower, Tesla</t>
   </si>
   <si>
     <t>VPP subsidy</t>
   </si>
   <si>
     <t>$100 bill credit sign-on bonus. $180 bill credit per year for NSW, QLD and VIC. $280 bill credit per year for SA.</t>
   </si>
   <si>
     <t>$200 upfront + $20 monthly credit (SA/NSW/QLD)
 $100 upfront + $15 monthly credit (VIC)</t>
   </si>
   <si>
     <t>$220 "grid support credits" earned annually</t>
-  </si>
-[...1 lines deleted...]
-    <t>Up to $40 per month credit on bill</t>
   </si>
   <si>
     <t>$130/kWh of storage, up to $1,300 (as part of WA's state battery rebate scheme)</t>
   </si>
   <si>
     <t>$2,000 off a battery</t>
   </si>
   <si>
     <t>Up to $450 per year.
 Automatic credit added to
 monthly Diamond Energy bill.</t>
   </si>
   <si>
     <t>$4,950</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
     <t>Guaranteed 'no bill' for 7 years.</t>
   </si>
   <si>
     <t>Completely free Tesla Powerwall, below-market-rate electricity rates</t>
   </si>
   <si>
@@ -208,53 +199,50 @@
   <si>
     <t>Located in the NEM in:
 SA
 NSW
 VIC
 ACT
 QLD (Energex region)</t>
   </si>
   <si>
     <t xml:space="preserve">VIC, SA, NSW, ACT, QLD via installer partner network or BYO with existing compatible batteries. 5kWh eligible battery, 5kW solar, reliable internet connection
 </t>
   </si>
   <si>
     <t>AGL customers in NSW, QLD, SA and VIC only</t>
   </si>
   <si>
     <t>Retailer must be ENGIE
 · SA, VIC, NSW and QLD residents
 · Customer must have min. 3kWp PV system, max 10kWp
 · Customer must have had their battery installed within 30 days of signing up, through a ENGIE partner installer</t>
   </si>
   <si>
     <t>Residents of South Australia, Victoria, New South Wales, South East Queensland (Energex Network) and the Australian Capital Territory. PV system less than 15kW and no zero export restrictions in place.</t>
   </si>
   <si>
-    <t>Must be Powershop customer</t>
-[...1 lines deleted...]
-  <si>
     <t>Homes in Synergy's network (south-west WA)</t>
   </si>
   <si>
     <t>Residents of SA, VIC, NSW, and QLD.</t>
   </si>
   <si>
     <t xml:space="preserve">Residential households in NSW,
 SA, VIC and QLD (Energex only).
 </t>
   </si>
   <si>
     <t>Specific NSW council areas</t>
   </si>
   <si>
     <t>Located in NSW, SA, QLD (Energex) or VIC. Solar PV capacity 3-15kW</t>
   </si>
   <si>
     <t>Currently spend &lt; $3500/a on electricity; Have no existing solar panels or batteries installed; If in VIC, be eligible for the Solar Victoria battery subsidy; Must purchase a solar + battery system from Reposit.</t>
   </si>
   <si>
     <t>Public and eligible community housing homes</t>
   </si>
   <si>
     <t xml:space="preserve">Residential households in NSW, SA, VIC and QLD (Energex only). </t>
   </si>
@@ -278,53 +266,50 @@
   </si>
   <si>
     <t>Feed-in/usage tariffs offered</t>
   </si>
   <si>
     <t>Wholesale electricity rates - can be anywhere from negative electricity prices to up to $21/kWh</t>
   </si>
   <si>
     <t>Variable - any Origin Energy Plan. Origin offers exclusive offers to SolarQuotes customers - ask your installer for more details.</t>
   </si>
   <si>
     <t>No VPP-specific tariffs offered - you simply use your existing plan with AGL.</t>
   </si>
   <si>
     <t>Standard feed-in tariffs</t>
   </si>
   <si>
     <t>Feed in rates vary by state:
 NSW: 4.9c/kWh 
 VIC: 4.9c/kWh 
 QLD: 5c/kWh
 SA: 5c/kWh
 ACT: 3c/kWh</t>
   </si>
   <si>
-    <t>No VPP-specific tariffs offered - you simply use an existing plan offered by Powershop</t>
-[...1 lines deleted...]
-  <si>
     <t>70c per kWh exported during peak periods.</t>
   </si>
   <si>
     <t>$0.55c/kWh paid for electricity fed from battery into grid during VPP events (on top of retailer feed in tariff)</t>
   </si>
   <si>
     <t>30c/kWh Battery usage credit
 between 6pm to 8am.
 Diamond Energy’s best
 available market plan.</t>
   </si>
   <si>
     <t>17c/kWh for first 10kWh daily</t>
   </si>
   <si>
     <t>Free battery charging from grid between 11 AM – 2 PM
 $1 daily credit by avoiding grid usage between 6 PM – 8 PM
 15c/kWh for first 10 kWh/day exported between 6 PM – 8 PM
 If you also have an approved battery: $1/kWh on exports or 5c/kWh on imports during wholesale price spikes.</t>
   </si>
   <si>
     <t>Similar to a PPA - customer buys system outright and Reposit guarantees no bills.</t>
   </si>
   <si>
     <t>N/A</t>
@@ -339,53 +324,50 @@
     <t xml:space="preserve">Feed-in credit equal to retail plan usage rate.
 Diamond Energy’s best Single Rate plan. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">12c/kWh exported for the first 15kWh daily. Standard rate applies for the remaining export. </t>
   </si>
   <si>
     <t>Minimum energy storage capacity reserved for homeowner</t>
   </si>
   <si>
     <t>Set by homeowner</t>
   </si>
   <si>
     <t xml:space="preserve">200kWh maximum usage by Origin for the year. For Tesla Powerwalls, Origin leaves a minimum 20% of your battery for you to use.  For other batteries, whilst it is theoretically possible to fully discharge your battery, this would only happen very rarely.
 </t>
   </si>
   <si>
     <t>Powerwall: 20% capacity. LG Chem: Varies based on inverter settings. Others TBD</t>
   </si>
   <si>
     <t>20% capacity</t>
   </si>
   <si>
     <t>20% battery energy reserved for use by homeowner; max 50 discharge cycles per year</t>
-  </si>
-[...1 lines deleted...]
-    <t>20% battery energy reserved for use by homeowner.</t>
   </si>
   <si>
     <t>10% battery capacity reserved for the homeowner</t>
   </si>
   <si>
     <t>No specified reserve.</t>
   </si>
   <si>
     <t>No minimum reserved for the household.</t>
   </si>
   <si>
     <t>On a per customer basis</t>
   </si>
   <si>
     <t>Contract term length</t>
   </si>
   <si>
     <t>No lock-in contract</t>
   </si>
   <si>
     <t>Ongoing</t>
   </si>
   <si>
     <t>5 years</t>
   </si>
@@ -495,51 +477,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/amber-logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/origin-energy-vpp2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/agl-vpp3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/engie-logo4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tesla-vpp5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/powershop-vpp6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/synergy-logo7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shinehub-vpp8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/diamond-energy-logo9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solarhub-vpp10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/globird-logo11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reposit-vpp12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa-agl13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/plico-vpp14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lavo-logo15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/diamond-nrn-logo16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/energy-australia-vpp17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/amber-logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/origin-energy-vpp2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/agl-vpp3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/engie-logo4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tesla-vpp5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/synergy-logo6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shinehub-vpp7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/diamond-energy-logo8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solarhub-vpp9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/globird-logo10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reposit-vpp11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa-agl12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/plico-vpp13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lavo-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/diamond-nrn-logo15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/energy-australia-vpp16.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -980,80 +962,50 @@
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1299,51 +1251,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://originenergy.com.au/solar/panels-batteries/virtual-power-plant/byo/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.powershop.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solarhub.net.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/panels-batteries/virtual-power-plant/byo/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solarhub.net.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:ZZ12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="10" max="10" width="39" customWidth="true" style="1"/>
@@ -2080,624 +2032,591 @@
       </c>
       <c r="J2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="N2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="Q2" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:702" customHeight="1" ht="220">
       <c r="A3" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
-      <c r="R3" s="1"/>
     </row>
     <row r="4" spans="1:702">
       <c r="A4" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B4" s="2" t="str">
         <f>HYPERLINK("https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1","Full list here")</f>
         <v>Full list here</v>
       </c>
       <c r="C4" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="H4" s="1" t="s">
+      <c r="I4" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I4" s="1" t="s">
+      <c r="J4" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="J4" s="1" t="s">
+      <c r="K4" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="K4" s="1" t="s">
+      <c r="L4" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="L4" s="1" t="s">
+      <c r="M4" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="M4" s="1" t="s">
+      <c r="N4" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="N4" s="1" t="s">
+      <c r="O4" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="O4" s="1" t="s">
+      <c r="P4" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="P4" s="1" t="s">
+      <c r="Q4" s="1" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:702">
       <c r="A5" s="1" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B5" s="2" t="str">
         <f>HYPERLINK("https://www.escosa.sa.gov.au/industry/reps/overview/reps","SA")</f>
         <v>SA</v>
       </c>
       <c r="C5" s="2" t="str">
         <f>HYPERLINK("https://mactradeservices.com.au/south-australia/virtual-power-plant","SA")</f>
         <v>SA</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="H5" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="I5" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="H5" s="1" t="s">
+      <c r="J5" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="I5" s="1" t="s">
+      <c r="K5" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="J5" s="1" t="s">
+      <c r="L5" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="K5" s="1" t="s">
+      <c r="M5" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="L5" s="1" t="s">
+      <c r="N5" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="M5" s="1" t="s">
+      <c r="O5" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="N5" s="1" t="s">
+      <c r="P5" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="O5" s="1" t="s">
+      <c r="Q5" s="1" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:702">
       <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="H6" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="F6" s="1" t="s">
+      <c r="I6" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="J6" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="H6" s="1" t="s">
+      <c r="K6" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="I6" s="1" t="s">
+      <c r="L6" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="J6" s="1" t="s">
+      <c r="M6" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="K6" s="1" t="s">
+      <c r="N6" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="O6" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="L6" s="1" t="s">
+      <c r="P6" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q6" s="1" t="s">
         <v>64</v>
-      </c>
-[...16 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:702">
       <c r="A7" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="J7" s="1">
+        <v>650</v>
+      </c>
+      <c r="K7" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="L7" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="M7" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="O7" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q7" s="1" t="s">
         <v>69</v>
-      </c>
-[...49 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:702">
       <c r="A8" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="G8" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="H8" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="I8" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="F8" s="1" t="s">
+      <c r="J8" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="G8" s="1" t="s">
+      <c r="K8" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="H8" s="1" t="s">
+      <c r="L8" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="I8" s="1" t="s">
+      <c r="M8" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="J8" s="1" t="s">
+      <c r="N8" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="K8" s="1" t="s">
+      <c r="O8" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="L8" s="1" t="s">
+      <c r="P8" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="M8" s="1" t="s">
+      <c r="Q8" s="1" t="s">
         <v>86</v>
-      </c>
-[...13 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="9" spans="1:702">
       <c r="A9" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="G9" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="I9" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="J9" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="K9" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="L9" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="M9" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="F9" s="1" t="s">
-[...17 lines deleted...]
-      <c r="L9" s="1" t="s">
+      <c r="O9" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="P9" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q9" s="1" t="s">
         <v>93</v>
-      </c>
-[...16 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="10" spans="1:702">
       <c r="A10" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L10" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="M10" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="O10" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="1" t="s">
+      <c r="P10" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q10" s="1" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>101</v>
       </c>
     </row>
     <row r="11" spans="1:702">
       <c r="A11" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="K11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L11" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="M11" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="N11" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="1" t="s">
+      <c r="O11" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="P11" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="F11" s="1" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="Q11" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:702">
       <c r="A12" s="1" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="B12" s="2" t="str">
         <f>HYPERLINK("https://www.amber.com.au/solar-and-battery","Here")</f>
         <v>Here</v>
       </c>
       <c r="C12" s="2" t="str">
-        <f>HYPERLINK("http://originenergy.com.au/solar/panels-batteries/virtual-power-plant/byo/","Here")</f>
+        <f>HYPERLINK("https://www.originenergy.com.au/solar/panels-batteries/virtual-power-plant/byo/","Here")</f>
         <v>Here</v>
       </c>
       <c r="D12" s="2" t="str">
         <f>HYPERLINK("https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery","Here")</f>
         <v>Here</v>
       </c>
       <c r="E12" s="2" t="str">
         <f>HYPERLINK("https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery","Here")</f>
         <v>Here</v>
       </c>
       <c r="F12" s="2" t="str">
         <f>HYPERLINK("https://save.energylocals.com.au/TeslaEnergyPlan-TOU/","Here")</f>
         <v>Here</v>
       </c>
       <c r="G12" s="2" t="str">
-        <f>HYPERLINK("https://www.powershop.com.au/virtual-power-plant/","Here")</f>
-[...2 lines deleted...]
-      <c r="H12" s="2" t="str">
         <f>HYPERLINK("https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards","Here")</f>
         <v>Here</v>
       </c>
-      <c r="I12" s="2" t="str">
+      <c r="H12" s="2" t="str">
         <f>HYPERLINK("https://shinehub.com.au/virtual-power-plant/","Here")</f>
         <v>Here</v>
       </c>
-      <c r="J12" s="2" t="str">
+      <c r="I12" s="2" t="str">
         <f>HYPERLINK("https://diamondenergy.com.au/diamond-energy-vpp/","Here")</f>
         <v>Here</v>
       </c>
-      <c r="K12" s="2" t="str">
+      <c r="J12" s="2" t="str">
         <f>HYPERLINK("https://solarhub.net.au/virtual-power-plant/","Here")</f>
         <v>Here</v>
       </c>
-      <c r="L12" s="2" t="str">
+      <c r="K12" s="2" t="str">
         <f>HYPERLINK("https://www.globirdenergy.com.au/help-support/faq-vpp/","Here")</f>
         <v>Here</v>
       </c>
-      <c r="M12" s="2" t="str">
+      <c r="L12" s="2" t="str">
         <f>HYPERLINK("https://repositpower.com/no-bill/","Here")</f>
         <v>Here</v>
       </c>
-      <c r="N12" s="2" t="str">
+      <c r="M12" s="2" t="str">
         <f>HYPERLINK("https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant","Here")</f>
         <v>Here</v>
       </c>
-      <c r="O12" s="2" t="str">
+      <c r="N12" s="2" t="str">
         <f>HYPERLINK("https://www.plicoenergy.com.au/plicovpp","Here")</f>
         <v>Here</v>
       </c>
-      <c r="P12" s="2" t="str">
+      <c r="O12" s="2" t="str">
         <f>HYPERLINK("https://www.lavo.com.au/lavo-life/","Here")</f>
         <v>Here</v>
       </c>
-      <c r="Q12" s="2" t="str">
+      <c r="P12" s="2" t="str">
         <f>HYPERLINK("https://nrn.com.au/","Here")</f>
         <v>Here</v>
       </c>
-      <c r="R12" s="2" t="str">
+      <c r="Q12" s="2" t="str">
         <f>HYPERLINK("https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_2" tooltip="Full list here" display="Full list here"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_3" tooltip="SA" display="SA"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4" tooltip="SA" display="SA"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_5" tooltip="Here" display="Here"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_6" tooltip="Here" display="Here"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_7" tooltip="Here" display="Here"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_8" tooltip="Here" display="Here"/>
     <hyperlink ref="F12" r:id="rId_hyperlink_9" tooltip="Here" display="Here"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_10" tooltip="Here" display="Here"/>
     <hyperlink ref="H12" r:id="rId_hyperlink_11" tooltip="Here" display="Here"/>
     <hyperlink ref="I12" r:id="rId_hyperlink_12" tooltip="Here" display="Here"/>
     <hyperlink ref="J12" r:id="rId_hyperlink_13" tooltip="Here" display="Here"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_14" tooltip="Here" display="Here"/>
     <hyperlink ref="L12" r:id="rId_hyperlink_15" tooltip="Here" display="Here"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_16" tooltip="Here" display="Here"/>
     <hyperlink ref="N12" r:id="rId_hyperlink_17" tooltip="Here" display="Here"/>
     <hyperlink ref="O12" r:id="rId_hyperlink_18" tooltip="Here" display="Here"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_19" tooltip="Here" display="Here"/>
     <hyperlink ref="Q12" r:id="rId_hyperlink_20" tooltip="Here" display="Here"/>
-    <hyperlink ref="R12" r:id="rId_hyperlink_21" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>