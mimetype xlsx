--- v1 (2025-11-01)
+++ v2 (2026-01-01)
@@ -25,102 +25,102 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>VPP Provider</t>
   </si>
   <si>
     <t>Amber for batteries</t>
   </si>
   <si>
-    <t>Origin Loop Virtual Power Plant</t>
+    <t>Origin Battery Lite</t>
   </si>
   <si>
     <t>AGL Bring Your Own Battery</t>
   </si>
   <si>
     <t>ENGIE VPP Advantage</t>
   </si>
   <si>
     <t>Tesla Energy Plan/Energy Locals</t>
   </si>
   <si>
     <t>Synergy Battery Rewards</t>
   </si>
   <si>
     <t>ShineHub</t>
   </si>
   <si>
     <t>Diamond Energy WATTBANK VPP</t>
   </si>
   <si>
     <t>SolarHub VPP</t>
   </si>
   <si>
     <t>Globird ZEROHERO</t>
   </si>
   <si>
     <t>Reposit No bill</t>
   </si>
   <si>
     <t>South Australias Virtual Power Plant</t>
   </si>
   <si>
     <t>Plico Energy VPP</t>
   </si>
   <si>
     <t>LAVO EAAS by Diamond Energy</t>
   </si>
   <si>
     <t>NRN VPP by Diamond Energy</t>
   </si>
   <si>
     <t>Battery Ease by EnergyAustralia</t>
   </si>
   <si>
     <t>Provider Logo</t>
   </si>
   <si>
     <t>Batteries approved for use</t>
   </si>
   <si>
-    <t>Sungrow, Tesla, AlphaESS, Sigenergy, GoodWe, SolaX, Eveready, HIVE, Goanna, LG Chem, GivEnergy</t>
+    <t>Sungrow, Tesla, AlphaESS, Sigenergy, GoodWe, SolaX, Eveready, HIVE, Goanna, LG Chem, GivEnergy, ESY Sunhome</t>
   </si>
   <si>
     <t>Tesla, LG, SolarEdge</t>
   </si>
   <si>
     <t>Alpha, Sungrow, Sigenergy, Empower, Tesla Powerwall 2 and Powerwall 3</t>
   </si>
   <si>
     <t>Tesla Powerwall only</t>
   </si>
   <si>
     <t>TBD</t>
   </si>
   <si>
     <t>Hinen</t>
   </si>
   <si>
     <t>Goodwe, Sungrow, LG, Alpha-ESS, Growatt</t>
   </si>
   <si>
     <t xml:space="preserve">LG Chem RESU "HV", Tesla Powerwall, SolarEdge, SolaX </t>
   </si>
   <si>
     <t>AlphaESS, Redback, SunGrow, SolaX, Sigenergy, SAJ, Solis_Dyeness, Ecactus</t>
   </si>
@@ -1251,51 +1251,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/panels-batteries/virtual-power-plant/byo/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solarhub.net.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/battery-plans/lite/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solarhub.net.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:ZZ12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="10" max="10" width="39" customWidth="true" style="1"/>
@@ -2490,51 +2490,51 @@
       <c r="M11" s="1" t="s">
         <v>82</v>
       </c>
       <c r="N11" s="1" t="s">
         <v>111</v>
       </c>
       <c r="O11" s="1" t="s">
         <v>112</v>
       </c>
       <c r="P11" s="1" t="s">
         <v>113</v>
       </c>
       <c r="Q11" s="1" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:702">
       <c r="A12" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B12" s="2" t="str">
         <f>HYPERLINK("https://www.amber.com.au/solar-and-battery","Here")</f>
         <v>Here</v>
       </c>
       <c r="C12" s="2" t="str">
-        <f>HYPERLINK("https://www.originenergy.com.au/solar/panels-batteries/virtual-power-plant/byo/","Here")</f>
+        <f>HYPERLINK("https://www.originenergy.com.au/solar/battery-plans/lite/","Here")</f>
         <v>Here</v>
       </c>
       <c r="D12" s="2" t="str">
         <f>HYPERLINK("https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery","Here")</f>
         <v>Here</v>
       </c>
       <c r="E12" s="2" t="str">
         <f>HYPERLINK("https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery","Here")</f>
         <v>Here</v>
       </c>
       <c r="F12" s="2" t="str">
         <f>HYPERLINK("https://save.energylocals.com.au/TeslaEnergyPlan-TOU/","Here")</f>
         <v>Here</v>
       </c>
       <c r="G12" s="2" t="str">
         <f>HYPERLINK("https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards","Here")</f>
         <v>Here</v>
       </c>
       <c r="H12" s="2" t="str">
         <f>HYPERLINK("https://shinehub.com.au/virtual-power-plant/","Here")</f>
         <v>Here</v>
       </c>
       <c r="I12" s="2" t="str">
         <f>HYPERLINK("https://diamondenergy.com.au/diamond-energy-vpp/","Here")</f>
         <v>Here</v>