--- v2 (2026-01-01)
+++ v3 (2026-02-13)
@@ -14,247 +14,235 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>VPP Provider</t>
   </si>
   <si>
     <t>Amber for batteries</t>
   </si>
   <si>
     <t>Origin Battery Lite</t>
   </si>
   <si>
     <t>AGL Bring Your Own Battery</t>
   </si>
   <si>
     <t>ENGIE VPP Advantage</t>
   </si>
   <si>
     <t>Tesla Energy Plan/Energy Locals</t>
   </si>
   <si>
     <t>Synergy Battery Rewards</t>
   </si>
   <si>
     <t>ShineHub</t>
   </si>
   <si>
     <t>Diamond Energy WATTBANK VPP</t>
   </si>
   <si>
-    <t>SolarHub VPP</t>
-[...1 lines deleted...]
-  <si>
     <t>Globird ZEROHERO</t>
   </si>
   <si>
     <t>Reposit No bill</t>
   </si>
   <si>
     <t>South Australias Virtual Power Plant</t>
   </si>
   <si>
     <t>Plico Energy VPP</t>
   </si>
   <si>
     <t>LAVO EAAS by Diamond Energy</t>
   </si>
   <si>
     <t>NRN VPP by Diamond Energy</t>
   </si>
   <si>
     <t>Battery Ease by EnergyAustralia</t>
   </si>
   <si>
     <t>Provider Logo</t>
   </si>
   <si>
     <t>Batteries approved for use</t>
   </si>
   <si>
-    <t>Sungrow, Tesla, AlphaESS, Sigenergy, GoodWe, SolaX, Eveready, HIVE, Goanna, LG Chem, GivEnergy, ESY Sunhome</t>
+    <t>Sungrow, Tesla, AlphaESS, Sigenergy, GoodWe, FoxESS, FranklinWH, SolaX, Eveready, HIVE, Goanna, LG Chem, GivEnergy, ESY Sunhome</t>
   </si>
   <si>
     <t>Tesla, LG, SolarEdge</t>
   </si>
   <si>
-    <t>Alpha, Sungrow, Sigenergy, Empower, Tesla Powerwall 2 and Powerwall 3</t>
+    <t>AlphaESS, Sungrow, Sigenergy, Empower, Tesla Powerwall 2 and Powerwall 3</t>
   </si>
   <si>
     <t>Tesla Powerwall only</t>
   </si>
   <si>
     <t>TBD</t>
   </si>
   <si>
     <t>Hinen</t>
   </si>
   <si>
     <t>Goodwe, Sungrow, LG, Alpha-ESS, Growatt</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">LG Chem RESU "HV", Tesla Powerwall, SolarEdge, SolaX </t>
   </si>
   <si>
     <t>AlphaESS, Redback, SunGrow, SolaX, Sigenergy, SAJ, Solis_Dyeness, Ecactus</t>
   </si>
   <si>
     <t>SolaX Triple Power</t>
   </si>
   <si>
     <t>Tesla</t>
   </si>
   <si>
     <t>Alpha ESS, Redback Technologies, more to come</t>
   </si>
   <si>
     <t>LAVO</t>
   </si>
   <si>
     <t>Sungrow</t>
   </si>
   <si>
     <t>Alpha ESS, Ambrion, Eveready, GivEnergy, Goodwe, Growatt, Hive, LG Energy Solution, Redback, Sigenergy, Solaredge, Sungrow, Sunpower, Tesla</t>
   </si>
   <si>
     <t>VPP subsidy</t>
   </si>
   <si>
     <t>$100 bill credit sign-on bonus. $180 bill credit per year for NSW, QLD and VIC. $280 bill credit per year for SA.</t>
   </si>
   <si>
     <t>$200 upfront + $20 monthly credit (SA/NSW/QLD)
 $100 upfront + $15 monthly credit (VIC)</t>
   </si>
   <si>
     <t>$220 "grid support credits" earned annually</t>
   </si>
   <si>
     <t>$130/kWh of storage, up to $1,300 (as part of WA's state battery rebate scheme)</t>
   </si>
   <si>
     <t>$2,000 off a battery</t>
   </si>
   <si>
     <t>Up to $450 per year.
 Automatic credit added to
 monthly Diamond Energy bill.</t>
-  </si>
-[...1 lines deleted...]
-    <t>$4,950</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
     <t>Guaranteed 'no bill' for 7 years.</t>
   </si>
   <si>
     <t>Completely free Tesla Powerwall, below-market-rate electricity rates</t>
   </si>
   <si>
     <t>$130/kWh of storage, up to $1,300 (as part of WA's state battery rebate scheme) PLUS $1500 discount on battery purchases</t>
   </si>
   <si>
     <t>Up to 800kWh per month free. Any additional usage at fixed low rate.  
 Usage and daily charge included on Diamond Energy bill.</t>
   </si>
   <si>
     <t xml:space="preserve">10% discount on any grid electricity usage.
 Low rate for usage from system. Usage and daily charge included on Diamond Energy bill.
 </t>
   </si>
   <si>
     <t>$15 in bill credits every month and battery optimisation.</t>
   </si>
   <si>
     <t>Eligibility requirements</t>
   </si>
   <si>
     <t>Located in the NEM in:
 SA
 NSW
 VIC
 ACT
 QLD (Energex region)</t>
   </si>
   <si>
     <t xml:space="preserve">VIC, SA, NSW, ACT, QLD via installer partner network or BYO with existing compatible batteries. 5kWh eligible battery, 5kW solar, reliable internet connection
 </t>
   </si>
   <si>
     <t>AGL customers in NSW, QLD, SA and VIC only</t>
   </si>
   <si>
-    <t>Retailer must be ENGIE
+    <t xml:space="preserve">Retailer must be ENGIE
 · SA, VIC, NSW and QLD residents
-· Customer must have min. 3kWp PV system, max 10kWp
-· Customer must have had their battery installed within 30 days of signing up, through a ENGIE partner installer</t>
+Customer must have min. 5kW PV system, max 10kW
+</t>
   </si>
   <si>
     <t>Residents of South Australia, Victoria, New South Wales, South East Queensland (Energex Network) and the Australian Capital Territory. PV system less than 15kW and no zero export restrictions in place.</t>
   </si>
   <si>
     <t>Homes in Synergy's network (south-west WA)</t>
   </si>
   <si>
     <t>Residents of SA, VIC, NSW, and QLD.</t>
   </si>
   <si>
     <t xml:space="preserve">Residential households in NSW,
 SA, VIC and QLD (Energex only).
 </t>
-  </si>
-[...1 lines deleted...]
-    <t>Specific NSW council areas</t>
   </si>
   <si>
     <t>Located in NSW, SA, QLD (Energex) or VIC. Solar PV capacity 3-15kW</t>
   </si>
   <si>
     <t>Currently spend &lt; $3500/a on electricity; Have no existing solar panels or batteries installed; If in VIC, be eligible for the Solar Victoria battery subsidy; Must purchase a solar + battery system from Reposit.</t>
   </si>
   <si>
     <t>Public and eligible community housing homes</t>
   </si>
   <si>
     <t xml:space="preserve">Residential households in NSW, SA, VIC and QLD (Energex only). </t>
   </si>
   <si>
     <t>Residential households in NSW.</t>
   </si>
   <si>
     <t>Number of places in program</t>
   </si>
   <si>
     <t>Uncapped</t>
   </si>
   <si>
     <t>Up to 50,000 planned</t>
   </si>
@@ -278,145 +266,137 @@
   </si>
   <si>
     <t>Standard feed-in tariffs</t>
   </si>
   <si>
     <t>Feed in rates vary by state:
 NSW: 4.9c/kWh 
 VIC: 4.9c/kWh 
 QLD: 5c/kWh
 SA: 5c/kWh
 ACT: 3c/kWh</t>
   </si>
   <si>
     <t>70c per kWh exported during peak periods.</t>
   </si>
   <si>
     <t>$0.55c/kWh paid for electricity fed from battery into grid during VPP events (on top of retailer feed in tariff)</t>
   </si>
   <si>
     <t>30c/kWh Battery usage credit
 between 6pm to 8am.
 Diamond Energy’s best
 available market plan.</t>
   </si>
   <si>
-    <t>17c/kWh for first 10kWh daily</t>
-[...1 lines deleted...]
-  <si>
     <t>Free battery charging from grid between 11 AM – 2 PM
 $1 daily credit by avoiding grid usage between 6 PM – 8 PM
 15c/kWh for first 10 kWh/day exported between 6 PM – 8 PM
 If you also have an approved battery: $1/kWh on exports or 5c/kWh on imports during wholesale price spikes.</t>
   </si>
   <si>
     <t>Similar to a PPA - customer buys system outright and Reposit guarantees no bills.</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>From 97c per kWh exported during peak periods</t>
   </si>
   <si>
     <t xml:space="preserve">Diamond Energy’s best available market plan. </t>
   </si>
   <si>
     <t xml:space="preserve">Feed-in credit equal to retail plan usage rate.
 Diamond Energy’s best Single Rate plan. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">12c/kWh exported for the first 15kWh daily. Standard rate applies for the remaining export. </t>
   </si>
   <si>
     <t>Minimum energy storage capacity reserved for homeowner</t>
   </si>
   <si>
     <t>Set by homeowner</t>
   </si>
   <si>
     <t xml:space="preserve">200kWh maximum usage by Origin for the year. For Tesla Powerwalls, Origin leaves a minimum 20% of your battery for you to use.  For other batteries, whilst it is theoretically possible to fully discharge your battery, this would only happen very rarely.
 </t>
   </si>
   <si>
     <t>Powerwall: 20% capacity. LG Chem: Varies based on inverter settings. Others TBD</t>
   </si>
   <si>
-    <t>20% capacity</t>
+    <t>For Tesla Powerwalls, ENGIE keeps at least 20% of your battery in reserve.
+For other battery brands and models, their VPP can technically use the full battery. However, in practice, your battery would only ever reach zero in very rare circumstances.</t>
   </si>
   <si>
     <t>20% battery energy reserved for use by homeowner; max 50 discharge cycles per year</t>
   </si>
   <si>
     <t>10% battery capacity reserved for the homeowner</t>
   </si>
   <si>
     <t>No specified reserve.</t>
-  </si>
-[...1 lines deleted...]
-    <t>No minimum reserved for the household.</t>
   </si>
   <si>
     <t>On a per customer basis</t>
   </si>
   <si>
     <t>Contract term length</t>
   </si>
   <si>
     <t>No lock-in contract</t>
   </si>
   <si>
     <t>Ongoing</t>
   </si>
   <si>
     <t>5 years</t>
   </si>
   <si>
     <t>No lock-in contract.
 Opt-in and out at any time.</t>
   </si>
   <si>
     <t>If financed, contract matches finance term. For VPP only, ranges from no-lock-in, up to 5 years.</t>
   </si>
   <si>
     <t>No lock-in contract.
 Opt-in and out at any time. Note, LAVO Energy as a Service Lease Agreement is for a fixed term.</t>
   </si>
   <si>
     <t>No lock-in contract.
 Opt-in and out at any time.
 Note, NRN System Services Agreement is for fixed term.</t>
   </si>
   <si>
     <t>Contract cancellation fee</t>
   </si>
   <si>
     <t>$0</t>
-  </si>
-[...1 lines deleted...]
-    <t>$0 (clawback applicable on the credit, pro rata over 5 years)</t>
   </si>
   <si>
     <t>Calculated according to the following formula:
 Early Termination Fees = $2,000.00 - $2,000.00 * Days
 between the VPP Services Commencement Date and the
 Termination Date / Term Length / 365</t>
   </si>
   <si>
     <t>None.</t>
   </si>
   <si>
     <t>No cancellation fee.</t>
   </si>
   <si>
     <t>Varies on terms of contract</t>
   </si>
   <si>
     <t>None. Note, LAVO Energy as a Service Lease Agreement is for a fixed term.</t>
   </si>
   <si>
     <t>None. Note, NRN System Services Agreement is for fixed term.</t>
   </si>
   <si>
     <t>More information on brand</t>
   </si>
@@ -477,51 +457,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/amber-logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/origin-energy-vpp2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/agl-vpp3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/engie-logo4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tesla-vpp5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/synergy-logo6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shinehub-vpp7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/diamond-energy-logo8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/solarhub-vpp9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/globird-logo10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reposit-vpp11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa-agl12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/plico-vpp13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lavo-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/diamond-nrn-logo15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/energy-australia-vpp16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/amber-logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/origin-energy-vpp2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/agl-vpp3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/engie-logo4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tesla-vpp5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/synergy-logo6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/shinehub-vpp7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/diamond-energy-logo8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/globird-logo9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reposit-vpp10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sa-agl11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/plico-vpp12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lavo-logo13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/diamond-nrn-logo14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/energy-australia-vpp15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -932,80 +912,50 @@
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="695325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Manufacturer Logo" descr="Manufacturer Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1251,51 +1201,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/battery-plans/lite/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solarhub.net.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/battery-plans/lite/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:ZZ12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="10" max="10" width="39" customWidth="true" style="1"/>
@@ -2029,594 +1979,561 @@
       </c>
       <c r="I2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="N2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:702" customHeight="1" ht="220">
       <c r="A3" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
-      <c r="Q3" s="1"/>
     </row>
     <row r="4" spans="1:702">
       <c r="A4" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B4" s="2" t="str">
         <f>HYPERLINK("https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1","Full list here")</f>
         <v>Full list here</v>
       </c>
       <c r="C4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="H4" s="1" t="s">
+      <c r="I4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="I4" s="1" t="s">
+      <c r="J4" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="J4" s="1" t="s">
+      <c r="K4" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="K4" s="1" t="s">
+      <c r="L4" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="L4" s="1" t="s">
+      <c r="M4" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="M4" s="1" t="s">
+      <c r="N4" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="N4" s="1" t="s">
+      <c r="O4" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="O4" s="1" t="s">
+      <c r="P4" s="1" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:702">
       <c r="A5" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B5" s="2" t="str">
         <f>HYPERLINK("https://www.escosa.sa.gov.au/industry/reps/overview/reps","SA")</f>
         <v>SA</v>
       </c>
       <c r="C5" s="2" t="str">
         <f>HYPERLINK("https://mactradeservices.com.au/south-australia/virtual-power-plant","SA")</f>
         <v>SA</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="H5" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="I5" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="H5" s="1" t="s">
+      <c r="J5" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="I5" s="1" t="s">
+      <c r="K5" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="J5" s="1" t="s">
+      <c r="L5" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="K5" s="1" t="s">
+      <c r="M5" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="L5" s="1" t="s">
+      <c r="N5" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="M5" s="1" t="s">
+      <c r="O5" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="N5" s="1" t="s">
+      <c r="P5" s="1" t="s">
         <v>46</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:702">
       <c r="A6" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="H6" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="F6" s="1" t="s">
+      <c r="I6" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="J6" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="H6" s="1" t="s">
+      <c r="K6" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="I6" s="1" t="s">
+      <c r="L6" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="J6" s="1" t="s">
+      <c r="M6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="K6" s="1" t="s">
+      <c r="O6" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" s="1" t="s">
         <v>60</v>
-      </c>
-[...16 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:702">
       <c r="A7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="L7" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="O7" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" s="1" t="s">
         <v>65</v>
-      </c>
-[...46 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="8" spans="1:702">
       <c r="A8" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="G8" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="H8" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="I8" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="F8" s="1" t="s">
+      <c r="J8" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="G8" s="1" t="s">
+      <c r="K8" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="H8" s="1" t="s">
+      <c r="L8" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="I8" s="1" t="s">
+      <c r="M8" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="J8" s="1" t="s">
+      <c r="N8" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="K8" s="1" t="s">
+      <c r="O8" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="L8" s="1" t="s">
+      <c r="P8" s="1" t="s">
         <v>81</v>
-      </c>
-[...13 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:702">
       <c r="A9" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="G9" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="I9" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="J9" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="L9" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="E9" s="1" t="s">
-[...17 lines deleted...]
-      <c r="K9" s="1" t="s">
+      <c r="N9" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="O9" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" s="1" t="s">
         <v>88</v>
-      </c>
-[...16 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="10" spans="1:702">
       <c r="A10" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="L10" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="N10" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="1" t="s">
+      <c r="O10" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="P10" s="1" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:702">
       <c r="A11" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K11" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="L11" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="M11" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="N11" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="1" t="s">
+      <c r="O11" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="E11" s="1" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="P11" s="1" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:702">
       <c r="A12" s="1" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="B12" s="2" t="str">
         <f>HYPERLINK("https://www.amber.com.au/solar-and-battery","Here")</f>
         <v>Here</v>
       </c>
       <c r="C12" s="2" t="str">
         <f>HYPERLINK("https://www.originenergy.com.au/solar/battery-plans/lite/","Here")</f>
         <v>Here</v>
       </c>
       <c r="D12" s="2" t="str">
         <f>HYPERLINK("https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery","Here")</f>
         <v>Here</v>
       </c>
       <c r="E12" s="2" t="str">
         <f>HYPERLINK("https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery","Here")</f>
         <v>Here</v>
       </c>
       <c r="F12" s="2" t="str">
         <f>HYPERLINK("https://save.energylocals.com.au/TeslaEnergyPlan-TOU/","Here")</f>
         <v>Here</v>
       </c>
       <c r="G12" s="2" t="str">
         <f>HYPERLINK("https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards","Here")</f>
         <v>Here</v>
       </c>
       <c r="H12" s="2" t="str">
         <f>HYPERLINK("https://shinehub.com.au/virtual-power-plant/","Here")</f>
         <v>Here</v>
       </c>
       <c r="I12" s="2" t="str">
         <f>HYPERLINK("https://diamondenergy.com.au/diamond-energy-vpp/","Here")</f>
         <v>Here</v>
       </c>
       <c r="J12" s="2" t="str">
-        <f>HYPERLINK("https://solarhub.net.au/virtual-power-plant/","Here")</f>
-[...2 lines deleted...]
-      <c r="K12" s="2" t="str">
         <f>HYPERLINK("https://www.globirdenergy.com.au/help-support/faq-vpp/","Here")</f>
         <v>Here</v>
       </c>
-      <c r="L12" s="2" t="str">
+      <c r="K12" s="2" t="str">
         <f>HYPERLINK("https://repositpower.com/no-bill/","Here")</f>
         <v>Here</v>
       </c>
-      <c r="M12" s="2" t="str">
+      <c r="L12" s="2" t="str">
         <f>HYPERLINK("https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant","Here")</f>
         <v>Here</v>
       </c>
-      <c r="N12" s="2" t="str">
+      <c r="M12" s="2" t="str">
         <f>HYPERLINK("https://www.plicoenergy.com.au/plicovpp","Here")</f>
         <v>Here</v>
       </c>
-      <c r="O12" s="2" t="str">
+      <c r="N12" s="2" t="str">
         <f>HYPERLINK("https://www.lavo.com.au/lavo-life/","Here")</f>
         <v>Here</v>
       </c>
-      <c r="P12" s="2" t="str">
+      <c r="O12" s="2" t="str">
         <f>HYPERLINK("https://nrn.com.au/","Here")</f>
         <v>Here</v>
       </c>
-      <c r="Q12" s="2" t="str">
+      <c r="P12" s="2" t="str">
         <f>HYPERLINK("https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_2" tooltip="Full list here" display="Full list here"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_3" tooltip="SA" display="SA"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4" tooltip="SA" display="SA"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_5" tooltip="Here" display="Here"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_6" tooltip="Here" display="Here"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_7" tooltip="Here" display="Here"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_8" tooltip="Here" display="Here"/>
     <hyperlink ref="F12" r:id="rId_hyperlink_9" tooltip="Here" display="Here"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_10" tooltip="Here" display="Here"/>
     <hyperlink ref="H12" r:id="rId_hyperlink_11" tooltip="Here" display="Here"/>
     <hyperlink ref="I12" r:id="rId_hyperlink_12" tooltip="Here" display="Here"/>
     <hyperlink ref="J12" r:id="rId_hyperlink_13" tooltip="Here" display="Here"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_14" tooltip="Here" display="Here"/>
     <hyperlink ref="L12" r:id="rId_hyperlink_15" tooltip="Here" display="Here"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_16" tooltip="Here" display="Here"/>
     <hyperlink ref="N12" r:id="rId_hyperlink_17" tooltip="Here" display="Here"/>
     <hyperlink ref="O12" r:id="rId_hyperlink_18" tooltip="Here" display="Here"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_19" tooltip="Here" display="Here"/>
-    <hyperlink ref="Q12" r:id="rId_hyperlink_20" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>