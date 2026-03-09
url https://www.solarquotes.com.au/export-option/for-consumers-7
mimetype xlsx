--- v3 (2026-02-13)
+++ v4 (2026-03-09)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Generated by SolarQuotes.com.au:</t>
   </si>
   <si>
     <t>VPP Provider</t>
   </si>
   <si>
     <t>Amber for batteries</t>
   </si>
   <si>
     <t>Origin Battery Lite</t>
   </si>
   <si>
     <t>AGL Bring Your Own Battery</t>
   </si>
   <si>
     <t>ENGIE VPP Advantage</t>
   </si>
   <si>
     <t>Tesla Energy Plan/Energy Locals</t>
   </si>
   <si>
     <t>Synergy Battery Rewards</t>
   </si>
   <si>
@@ -71,53 +71,50 @@
     <t>Globird ZEROHERO</t>
   </si>
   <si>
     <t>Reposit No bill</t>
   </si>
   <si>
     <t>South Australias Virtual Power Plant</t>
   </si>
   <si>
     <t>Plico Energy VPP</t>
   </si>
   <si>
     <t>LAVO EAAS by Diamond Energy</t>
   </si>
   <si>
     <t>NRN VPP by Diamond Energy</t>
   </si>
   <si>
     <t>Battery Ease by EnergyAustralia</t>
   </si>
   <si>
     <t>Provider Logo</t>
   </si>
   <si>
     <t>Batteries approved for use</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sungrow, Tesla, AlphaESS, Sigenergy, GoodWe, FoxESS, FranklinWH, SolaX, Eveready, HIVE, Goanna, LG Chem, GivEnergy, ESY Sunhome</t>
   </si>
   <si>
     <t>Tesla, LG, SolarEdge</t>
   </si>
   <si>
     <t>AlphaESS, Sungrow, Sigenergy, Empower, Tesla Powerwall 2 and Powerwall 3</t>
   </si>
   <si>
     <t>Tesla Powerwall only</t>
   </si>
   <si>
     <t>TBD</t>
   </si>
   <si>
     <t>Hinen</t>
   </si>
   <si>
     <t>Goodwe, Sungrow, LG, Alpha-ESS, Growatt</t>
   </si>
   <si>
     <t>AlphaESS, Redback, SunGrow, SolaX, Sigenergy, SAJ, Solis_Dyeness, Ecactus</t>
   </si>
   <si>
     <t>SolaX Triple Power</t>
   </si>
@@ -1201,51 +1198,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/battery-plans/lite/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solarquotes.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/help-support/energy-products-and-services/batteries-and-loop-vpp/compatible-solar-batteries-and-inverter-models" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.escosa.sa.gov.au/industry/reps/overview/reps" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mactradeservices.com.au/south-australia/virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amber.com.au/solar-and-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.originenergy.com.au/solar/battery-plans/lite/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://save.energylocals.com.au/TeslaEnergyPlan-TOU/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shinehub.com.au/virtual-power-plant/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamondenergy.com.au/diamond-energy-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globirdenergy.com.au/help-support/faq-vpp/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositpower.com/no-bill/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plicoenergy.com.au/plicovpp" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavo.com.au/lavo-life/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nrn.com.au/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:ZZ12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34" customWidth="true" style="1"/>
     <col min="2" max="2" width="39" customWidth="true" style="1"/>
     <col min="3" max="3" width="39" customWidth="true" style="1"/>
     <col min="4" max="4" width="39" customWidth="true" style="1"/>
     <col min="5" max="5" width="39" customWidth="true" style="1"/>
     <col min="6" max="6" width="39" customWidth="true" style="1"/>
     <col min="7" max="7" width="39" customWidth="true" style="1"/>
     <col min="8" max="8" width="39" customWidth="true" style="1"/>
     <col min="9" max="9" width="39" customWidth="true" style="1"/>
     <col min="10" max="10" width="39" customWidth="true" style="1"/>
@@ -2008,448 +2005,449 @@
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
     </row>
     <row r="4" spans="1:702">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="2" t="str">
         <f>HYPERLINK("https://help.amber.com.au/hc/en-us/articles/10015835768845-Which-batteries-are-compatible-with-SmartShift?gad_source=1","Full list here")</f>
         <v>Full list here</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="C4" s="2" t="str">
+        <f>HYPERLINK("https://www.originenergy.com.au/help-support/energy-products-and-services/batteries-and-loop-vpp/compatible-solar-batteries-and-inverter-models","Full list here")</f>
+        <v>Full list here</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="H4" s="1" t="s">
+      <c r="I4" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="I4" s="1" t="s">
+      <c r="J4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="J4" s="1" t="s">
+      <c r="K4" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="K4" s="1" t="s">
+      <c r="L4" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="L4" s="1" t="s">
+      <c r="M4" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="M4" s="1" t="s">
+      <c r="N4" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="N4" s="1" t="s">
+      <c r="O4" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="O4" s="1" t="s">
+      <c r="P4" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:702">
       <c r="A5" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B5" s="2" t="str">
         <f>HYPERLINK("https://www.escosa.sa.gov.au/industry/reps/overview/reps","SA")</f>
         <v>SA</v>
       </c>
       <c r="C5" s="2" t="str">
         <f>HYPERLINK("https://mactradeservices.com.au/south-australia/virtual-power-plant","SA")</f>
         <v>SA</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="H5" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="H5" s="1" t="s">
+      <c r="I5" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="I5" s="1" t="s">
+      <c r="J5" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="J5" s="1" t="s">
+      <c r="K5" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="K5" s="1" t="s">
+      <c r="L5" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="L5" s="1" t="s">
+      <c r="M5" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="M5" s="1" t="s">
+      <c r="N5" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="N5" s="1" t="s">
+      <c r="O5" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="O5" s="1" t="s">
+      <c r="P5" s="1" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:702">
       <c r="A6" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="F6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="H6" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="H6" s="1" t="s">
+      <c r="I6" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="I6" s="1" t="s">
+      <c r="J6" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="J6" s="1" t="s">
+      <c r="K6" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="K6" s="1" t="s">
+      <c r="L6" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="L6" s="1" t="s">
+      <c r="M6" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="M6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="N6" s="1" t="s">
+      <c r="O6" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" s="1" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:702">
       <c r="A7" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F7" s="1" t="s">
+      <c r="G7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L7" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="G7" s="1" t="s">
-[...14 lines deleted...]
-      <c r="L7" s="1" t="s">
+      <c r="M7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="O7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" s="1" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:702">
       <c r="A8" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="E8" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="F8" s="1" t="s">
+      <c r="G8" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G8" s="1" t="s">
+      <c r="H8" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="H8" s="1" t="s">
+      <c r="I8" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="I8" s="1" t="s">
+      <c r="J8" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="J8" s="1" t="s">
+      <c r="K8" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="K8" s="1" t="s">
+      <c r="L8" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="L8" s="1" t="s">
+      <c r="M8" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="M8" s="1" t="s">
+      <c r="N8" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="N8" s="1" t="s">
+      <c r="O8" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="O8" s="1" t="s">
+      <c r="P8" s="1" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:702">
       <c r="A9" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="E9" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="F9" s="1" t="s">
+      <c r="G9" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="G9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="1" t="s">
+      <c r="I9" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="I9" s="1" t="s">
+      <c r="J9" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L9" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="J9" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N9" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="O9" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="P9" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:702">
       <c r="A10" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E10" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="1" t="s">
+      <c r="F10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="F10" s="1" t="s">
-[...5 lines deleted...]
-      <c r="H10" s="1" t="s">
+      <c r="I10" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="I10" s="1" t="s">
+      <c r="J10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="L10" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="J10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="K10" s="1" t="s">
+      <c r="N10" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="O10" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="P10" s="1" t="s">
         <v>94</v>
-      </c>
-[...13 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:702">
       <c r="A11" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="1" t="s">
+      <c r="E11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="E11" s="1" t="s">
-[...8 lines deleted...]
-      <c r="H11" s="1" t="s">
+      <c r="I11" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="I11" s="1" t="s">
+      <c r="J11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K11" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="J11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="K11" s="1" t="s">
+      <c r="L11" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="M11" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="L11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="M11" s="1" t="s">
+      <c r="N11" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="N11" s="1" t="s">
+      <c r="O11" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="O11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P11" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:702">
       <c r="A12" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B12" s="2" t="str">
         <f>HYPERLINK("https://www.amber.com.au/solar-and-battery","Here")</f>
         <v>Here</v>
       </c>
       <c r="C12" s="2" t="str">
         <f>HYPERLINK("https://www.originenergy.com.au/solar/battery-plans/lite/","Here")</f>
         <v>Here</v>
       </c>
       <c r="D12" s="2" t="str">
         <f>HYPERLINK("https://www.agl.com.au/residential/energy/solar-and-batteries/solar-batteries/bring-your-own-solar-battery","Here")</f>
         <v>Here</v>
       </c>
       <c r="E12" s="2" t="str">
         <f>HYPERLINK("https://engie.com.au/residential/energy-efficiency/engie-vpp/new-solar-battery","Here")</f>
         <v>Here</v>
       </c>
       <c r="F12" s="2" t="str">
         <f>HYPERLINK("https://save.energylocals.com.au/TeslaEnergyPlan-TOU/","Here")</f>
         <v>Here</v>
       </c>
       <c r="G12" s="2" t="str">
         <f>HYPERLINK("https://www.synergy.net.au/Your-home/Solar-and-battery/battery-rewards","Here")</f>
         <v>Here</v>
       </c>
@@ -2473,67 +2471,68 @@
         <f>HYPERLINK("https://www.energymining.sa.gov.au/consumers/solar-and-batteries/south-australias-virtual-power-plant","Here")</f>
         <v>Here</v>
       </c>
       <c r="M12" s="2" t="str">
         <f>HYPERLINK("https://www.plicoenergy.com.au/plicovpp","Here")</f>
         <v>Here</v>
       </c>
       <c r="N12" s="2" t="str">
         <f>HYPERLINK("https://www.lavo.com.au/lavo-life/","Here")</f>
         <v>Here</v>
       </c>
       <c r="O12" s="2" t="str">
         <f>HYPERLINK("https://nrn.com.au/","Here")</f>
         <v>Here</v>
       </c>
       <c r="P12" s="2" t="str">
         <f>HYPERLINK("https://home.energyaustralia.com.au/battery-ease?utm_source=solarquotes&amp;utm_medium=referral&amp;utm_campaign=battery+ease","Here")</f>
         <v>Here</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId_hyperlink_1" tooltip="Latest version here" display="Latest version here"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_2" tooltip="Full list here" display="Full list here"/>
-    <hyperlink ref="B5" r:id="rId_hyperlink_3" tooltip="SA" display="SA"/>
-[...15 lines deleted...]
-    <hyperlink ref="P12" r:id="rId_hyperlink_19" tooltip="Here" display="Here"/>
+    <hyperlink ref="C4" r:id="rId_hyperlink_3" tooltip="Full list here" display="Full list here"/>
+    <hyperlink ref="B5" r:id="rId_hyperlink_4" tooltip="SA" display="SA"/>
+    <hyperlink ref="C5" r:id="rId_hyperlink_5" tooltip="SA" display="SA"/>
+    <hyperlink ref="B12" r:id="rId_hyperlink_6" tooltip="Here" display="Here"/>
+    <hyperlink ref="C12" r:id="rId_hyperlink_7" tooltip="Here" display="Here"/>
+    <hyperlink ref="D12" r:id="rId_hyperlink_8" tooltip="Here" display="Here"/>
+    <hyperlink ref="E12" r:id="rId_hyperlink_9" tooltip="Here" display="Here"/>
+    <hyperlink ref="F12" r:id="rId_hyperlink_10" tooltip="Here" display="Here"/>
+    <hyperlink ref="G12" r:id="rId_hyperlink_11" tooltip="Here" display="Here"/>
+    <hyperlink ref="H12" r:id="rId_hyperlink_12" tooltip="Here" display="Here"/>
+    <hyperlink ref="I12" r:id="rId_hyperlink_13" tooltip="Here" display="Here"/>
+    <hyperlink ref="J12" r:id="rId_hyperlink_14" tooltip="Here" display="Here"/>
+    <hyperlink ref="K12" r:id="rId_hyperlink_15" tooltip="Here" display="Here"/>
+    <hyperlink ref="L12" r:id="rId_hyperlink_16" tooltip="Here" display="Here"/>
+    <hyperlink ref="M12" r:id="rId_hyperlink_17" tooltip="Here" display="Here"/>
+    <hyperlink ref="N12" r:id="rId_hyperlink_18" tooltip="Here" display="Here"/>
+    <hyperlink ref="O12" r:id="rId_hyperlink_19" tooltip="Here" display="Here"/>
+    <hyperlink ref="P12" r:id="rId_hyperlink_20" tooltip="Here" display="Here"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>